--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79741ab" w14:textId="79741ab">
+    <w:p w14:paraId="c45244a" w14:textId="c45244a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1224,54 +1224,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Ұлттық Банкінің құрылымын және жалпы штат санын Қазақстан Республикасының Президенті бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Қазақстан Ұлттық Банкінің орталық аппаратының орналасқан жері: Қазақстан Республикасы, Z05T8F6, Астана қаласы, "Есіл" ауданы, Мәңгілік Ел даңғылы, 57А ғимараты.</w:t>
+      8. Қазақстан Ұлттық Банкінің орталық аппаратының орналасқан жері: Қазақстан Республикасы, Z00A9G3, Астана қаласы, "Есіл" ауданы, Мәңгілік Ел даңғылы, 64-ғимарат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Президентінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1066</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ереже Қазақстан Ұлттық Банкінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2796,51 +2858,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) қызметін Қазақстан Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының, бухгалтерлік есеп жүргізуді автоматтандыру қағидаларының талаптарын, сондай-ақ Қазақстан Республикасының валюталық реттеу және валюталық бақылау туралы заңнамасының талаптарын сақтауын бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z113" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35) қызметін Қазақстан Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың және төлем ұйымдарының Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын қаржы мониторингіне жататын ақшамен және (немесе) өзге мүлікпен операциялар туралы ақпаратты тіркеу, сақтау және беру, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру, қаржы мониторингіне жататын операцияларды тоқтата тұру және оларды жүргізуден бас тарту, өз қызметі процесінде алынған құжаттарды қорғау бөлігінде сақтауын, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес ішкі бақылаудың ұйымдастырылуын және іске асырылуын бақылауды жүзеге асырады;</w:t>
+      35) қызметін Қазақстан Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың және төлем ұйымдарының Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын қаржы мониторингіне жататын ақшамен және (немесе) өзге мүлікпен операциялар туралы ақпаратты тіркеу, сақтау және беру, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру, қаржы мониторингіне жататын операцияларды тоқтата тұру және оларды жүргізуден бас тарту, өз қызметі процесінде алынған құжаттарды қорғау бөлігінде сақтауын, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес ішкі бақылаудың ұйымдастырылуын және іске асырылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z114" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар, төлем жүйелерінің операторлары және төлем жүйелерінің операциялық орталықтары болып табылмайтын көрсетілетін төлем қызметтерін берушілердің Қазақстан Республикасының төлемдер және төлем жүйелері туралы заңнамасының талаптарын сақтауын бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z115" w:id="105"/>
     <w:p>
@@ -3076,51 +3138,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтеріне қатысты кастодиандық қызмет көрсету бойынша қызметтер көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z127" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      49) қаржы мониторингі жөніндегі уәкілетті органның сұратуы бойынша Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасына сәйкес өзінің ақпараттық жүйелері мен ресурстарынан мәліметтер ұсынады;</w:t>
+      49) қаржы мониторингі жөніндегі уәкілетті органның сұратуы бойынша Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасына сәйкес өзінің ақпараттық жүйелері мен ресурстарынан мәліметтер ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z128" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) Қазақстан Республикасының мемлекеттік органдары мен қаржы ұйымдары үшiн кадрлар даярлауға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z129" w:id="119"/>
     <w:p>
@@ -3420,50 +3482,112 @@
         <w:t xml:space="preserve">
       64) Қазақстан Республикасының жұмылдыру дайындығы және жұмылдыру саласындағы заңдары мен өзге де нормативтік құқықтық актілерінің сақталуын қамтамасыз етеді; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
     <w:bookmarkStart w:name="z144" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) Ұлттық Банк туралы заңда, Қазақстан Республикасының өзге де заңнамалық актілерінде және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді – ҚР Президентінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1066</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20.11.2025 бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z145" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қазақстан Ұлттық Банкі бірінші басшысының, оның орынбасарларының, сондай-ақ алқалы органдардың мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:bookmarkStart w:name="z146" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>