--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c45244a" w14:textId="c45244a">
+    <w:p w14:paraId="68ac687" w14:textId="68ac687">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -611,71 +611,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Ереже жаңа редакцияда – ҚР Президентінің 06.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 984</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
+        <w:t>2-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) Жарлығымен.</w:t>
+        <w:t>. қараңыз) Жарлығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z379" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2348,181 +2348,77 @@
         <w:t>
       23) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қаржы жүйесінің тұрақтылығы мәселелері бойынша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...129 lines deleted...]
-      Қазақстан Республикасының заңдарында белгіленген Қазақстан Ұлттық Банкінің және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның өкілеттіктері шеңберінде, оның ішінде Қазақстан Ұлттық Банкінің және (немесе) оның еншілес ұйымының ақпараттық-коммуникациялық инфрақұрылымында құрылған ақпараттық жүйелерді қоса алғанда, ақпараттық жүйелерге өзара қол жеткізу жолымен ақпарат алмасу арқылы өзара іс-қимыл жасауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңдарында белгіленген Қазақстан Ұлттық Банкінің және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның өкілеттіктері шеңберінде, оның ішінде Қазақстан Ұлттық Банкінің және (немесе) оның еншілес ұйымының ақпараттық-коммуникациялық инфрақұрылымында құрылған ақпараттық жүйелерді қоса алғанда, ақпараттық жүйелерге өзара қол жеткізу жолымен ақпарат алмасу арқылы өзара іс-қимыл жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z96" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органға қызметтік, коммерциялық, банктік және заңмен қорғалатын өзге құпияны құрайтын ақпарат пен мәліметтерді қоса алғанда, қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі өзінің өкілеттіктерін іске асыруға қажетті әкімшілік деректерді, оның ішінде қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның Қазақстан Ұлттық Банкінің ақпараттық жүйелеріне қол жеткізуін қамтамасыз ету арқылы береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z97" w:id="87"/>
     <w:p>
@@ -3527,51 +3423,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді – ҚР Президентінің 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1066</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (20.11.2025 бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+        <w:t xml:space="preserve"> (20.11.2025 бастап қолданысқа енгізіледі); 06.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 984</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z145" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9245,55 +9181,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>