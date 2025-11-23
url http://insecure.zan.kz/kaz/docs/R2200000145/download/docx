--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b210921" w14:textId="b210921">
+    <w:p w14:paraId="5a4545b" w14:textId="5a4545b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -503,50 +503,130 @@
         <w:t>
       3. Үйлестіру кеңесі өз қызметін Қазақстан Республикасының Конституциясына, Қазақстан Республикасының заңдарына және Қазақстан Республикасының өзге де нормативтік құқықтық актілеріне, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Ұлттық экономика министрлігі Үйлестіру кеңесінің жұмыс органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі (келісу бойынша) Қазақстан Республикасының орнықты дамуы мен өсуіне жәрдемдесу жөніндегі жобаларды іріктеуді және үйлестіруді, сондай-ақ Қазақстан Республикасының Үкіметі мен халықаралық қаржы ұйымдары арасындағы әріптестік туралы негіздемелік келісімдер шеңберінде халықаралық қаржы ұйымдарымен бірлесіп жүзеге асырылатын бірлескен экономикалық зерттеулер бағдарламасын іске асыру жөніндегі әдістемелік ұсынымды әзірлеуді және бекітуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Үйлестіру кеңесінің отырыстары мемлекеттік органдардың тиісті өтінімдері болған кезде, сондай-ақ қолданыстағы жобаларды іске асыру мәселелерін қарау қажет болған жағдайда айына бір реттен сиретпей өткізіледі. Үйлестіру кеңесі төрағасының шешімі және жұмыс органының ұсыныстары бойынша кезектен тыс отырыстар шақырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -782,380 +862,339 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 9 қыркүйектегі</w:t>
+              <w:t>2022 жылғы "9" қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 145-ө өкіміне</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>№ 145-ө өкіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің халықаралық қаржы ұйымдарымен ынтымақтастығы жөніндегі үйлестіру кеңесінің құрамы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Құрамға өзгерістер енгізілді - ҚР Үкіметінің 17.03.2023 </w:t>
+      Ескерту. Құрам жаңа редакцияда - ҚР Премьер-Министрінің 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 165-ө</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; ҚР Премьер-Министрінің 15.08.2023 </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+        <w:t xml:space="preserve"> өкімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан тарапынан:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі, төраға</w:t>
-[...35 lines deleted...]
-      Қазақстан Республикасының Ұлттық экономика министрлігі Халықаралық экономикалық ынтымақтастық департаментінің директоры, хатшы</w:t>
+      Қазақстан Республикасының Премьер-Министрі, төраға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі, төрағаның орынбасары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Ұлттық экономика вице-министрі, хатшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ұлттық Банкінің төрағасы (келісу бойынша)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Премьер-Министрінің бірінші орынбасары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Қазақстан Республикасы Президентінің Әкімшілігі Басшысының орынбасары (келісу бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Қазақстан Республикасы Премьер-Министрінің орынбасарлары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Премьер-Министрінің орынбасары – Сыртқы істер министрі</w:t>
-[...17 lines deleted...]
-      Қазақстан Республикасы Президентінің кеңесшісі (келісу бойынша)</w:t>
+      Қазақстан Республикасы Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Сыртқы істер министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің төрағасы (келісу бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің төрағасы (келісу бойынша)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Қаржылық мониторинг агенттігінің төрағасы (келісу бойынша)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1327,141 +1366,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Су ресурстары және ирригация министрі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрі</w:t>
-[...16 lines deleted...]
-        <w:t>
       Қазақстан Республикасының Экология және табиғи ресурстар министрі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Энергетика министрі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі төрағасының орынбасары (келісу бойынша)</w:t>
-[...35 lines deleted...]
-      "Атамекен" Қазақстан Республикасы ұлттық кәсіпкерлер палатасының басқарма төрағасы (келісу бойынша);</w:t>
+       "Атамекен" Қазақстан Республикасы ұлттық кәсіпкерлер палатасының басқарма төрағасы (келісу бойынша);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықаралық қаржы ұйымдары тарапынан:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1561,51 +1546,83 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еуропалық Инвестициялық Банктің шығыс көршілерге және Орталық Азия елдеріне кредит беру жөніндегі бас кеңесшісі (келісу бойынша)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ислам Даму Банкінің Қазақстан Республикасындағы өңірлік өкілдігінің директоры (келісу бойынша).</w:t>
+      Ислам Даму Банкінің Қазақстан Республикасындағы өңірлік өкілдігінің директоры (келісу бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -1613,55 +1630,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1987,31 +2004,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>