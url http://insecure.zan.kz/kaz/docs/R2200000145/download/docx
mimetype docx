--- v1 (2025-11-23)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a4545b" w14:textId="5a4545b">
+    <w:p w14:paraId="d92e715" w14:textId="d92e715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -483,50 +483,130 @@
         <w:t>
       2. Үйлестіру кеңесі қызметінің мақсаты халықаралық қаржы ұйымдарының Қазақстан Республикасына қарыз қаражатын (үкіметтік және мемлекеттік кепілдікпен) беру және тиімді бөлу мәселелері жөніндегі ұсынымдар мен ұсыныстар әзірлеу болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Үйлестіру кеңесі өз қызметін Қазақстан Республикасының Конституциясына, Қазақстан Республикасының заңдарына және Қазақстан Республикасының өзге де нормативтік құқықтық актілеріне, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үйлестіру кеңесінің шешімдері орталық және жергілікті мемлекеттік органдар, сондай-ақ квазимемлекеттік сектор субъектілері үшін заңнама шеңберінде орындауға міндетті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің 05.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 9-ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Ұлттық экономика министрлігі Үйлестіру кеңесінің жұмыс органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1630,55 +1710,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>