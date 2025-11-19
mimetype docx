--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7fc97d5" w14:textId="7fc97d5">
+    <w:p w14:paraId="a44ec93" w14:textId="a44ec93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -12061,50 +12061,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 03.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 714</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 878</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -42319,51 +42379,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-1. "Қазақстандық қоғамдық даму институты" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      375-9-2. "Конфессияаралық және өркениетаралық диалогты дамыту жөніндегі Н. Назарбаев орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
+      375-9-2. "Конфессияаралық және дінаралық диалогтың халықаралық орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-3. "Ұлттық киноны қолдау мемлекеттік орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -42666,187 +42726,213 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігіне</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Ескерту. Бөлімнің тақырыбы жаңа редакцияда - ҚР Үкіметінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Ескерту. Тізбе бөліммен толықтырылды - ҚР Үкіметінің 15.11.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 704</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 03.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 405</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; жаңа редакцияда – 26.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 142</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 12.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 501</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 05.08.2022 № 540 (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -43056,156 +43142,178 @@
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       376-4. "Ұлттық ақпараттық технологиялар" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      376-5. "QazInnovations" инновацияларды дамыту жөніндегі ұлттық агенттігі" акционерлік қоғамы.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      376-5. Алып тасталды - ҚР Үкіметінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       376-6. "QazExpoCongress" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Аэроғарыш комитетіне</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Аэроғарыш комитетіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      Ескерту. Кіші бөлімнің тақырыбы жаңа редакцияда - ҚР Үкіметінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       377. "Бәйтерек" Қазақстан-Ресей бірлескен кәсіпорны" акционерлік қоғамы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -45624,124 +45732,162 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ғылым және жоғары білім министрлігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      406. Алып тасталды - ҚР Үкіметінің 26.05.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      Ескерту. Бөлімге өзгеріс енгізілді - ҚР Үкіметінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      406-1. "Қазақстандық менеджмент, экономика және болжау институты" акционерлік қоғамы.</w:t>
+        <w:t xml:space="preserve">
+      406. Алып тасталды - ҚР Үкіметінің 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-2. "Халықаралық бағдарламалар орталығы" акционерлік қоғамы.</w:t>
+      406-1. "Қазақстандық менеджмент, экономика және болжау институты" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      406-2. "Халықаралық бағдарламалар орталығы" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       406-2-1 "Қаржы орталығы" акционерлік қоғамы, 50 (елу) пайыз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -46073,52 +46219,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       406-17. "Ахмет Байтұрсынұлы атындағы Қостанай өңірлік университеті" коммерциялық емес акционерлік қоғамы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-18. "Академик Е.А. Бөкетов атындағы Қарағанды университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      406-18. "Академик Е.А. Бөкетов атындағы Қарағанды ұлттық зерттеу университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-19. "Әбілқас Сағынов атындағы Қарағанды техникалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -46425,50 +46571,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-32-2. "М.Х. Дулати атындағы Тараз университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-32-3. "Қазақ ұлттық су шаруашылығы және ирригация университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-32-4. "QazInnovations" инновацияларды дамыту жөніндегі ұлттық агенттігі" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитетіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>