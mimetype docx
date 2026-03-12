--- v1 (2025-11-19)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a44ec93" w14:textId="a44ec93">
+    <w:p w14:paraId="f830ebd" w14:textId="f830ebd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,51 +211,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестерді басқарудың тиімділігін арттыру мақсатында Қазақстан Республикасының Үкіметі қаулы етеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік мүлік және жекешелендіру комитеті заңдарда белгіленген тәртіппен қоса беріліп отырған тізбеге сәйкес ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік қатысу үлестеріне иелік ету және пайдалану құқықтарын салалық министрліктерге және өзге де мемлекеттiк органдарға берсін. </w:t>
+      1. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік мүлік және жекешелендіру комитеті заңдарда белгіленген тәртіппен қоса беріліп отырған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тізбеге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік қатысу үлестеріне иелік ету және пайдалану құқықтарын салалық министрліктерге және өзге де мемлекеттiк органдарға берсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
@@ -12121,51 +12141,211 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 897</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+        <w:t xml:space="preserve">; 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1037</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1084</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -22205,51 +22385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217-14-1.</w:t>
+217-14-2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22274,50 +22454,268 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Электрондық қаржы орталығы" АҚ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217-14-3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қаржы орталығы" АҚ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217-14-4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Әлеуметтік медициналық сақтандыру қоры" КеАҚ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26589,113 +26987,102 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 227-16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...61 lines deleted...]
-"Әлеуметтік медициналық сақтандыру қоры" КЕАҚ</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды - ҚР Үкіметінің 19.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -42002,68 +42389,68 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 363-2. "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамы.</w:t>
-            </w:r>
+ 363-2. "Бәйтерек" ұлттық инвестициялық холдингі" акционерлік қоғамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ақпарат және коммуникациялар министрлігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -43520,90 +43907,142 @@
         <w:t xml:space="preserve">
       382. "Мемлекеттік әлеуметтiк сақтандыру қоры" АҚ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z292" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       383. "Мемлекеттік аннуитеттік компания" өмiрдi сақтандыру компаниясы" АҚ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z293" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">384. Алып тасталды - ҚР Үкіметінің 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z294" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      384. "Республикалық протездік-ортопедиялық орталық" АҚ</w:t>
+      385. "Еңбек ресурстарын дамыту орталығы" АҚ".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z294" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -45586,55 +46025,75 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Оқу-ағарту министрлігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      405. "Қаржы орталығы" акционерлік қоғамының – 50 (елу) пайыз.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      405. Алып тасталды - ҚР Үкіметінің 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1037</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       405-1. "Talap" коммерциялық емес акционерлік қоғамы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -45833,1836 +46292,1934 @@
       406-1. "Қазақстандық менеджмент, экономика және болжау институты" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-2. "Халықаралық бағдарламалар орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      406-2-1 Алып тасталды - ҚР Үкіметінің 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1037</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      406-3. Алып тасталды - ҚР Үкіметінің 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-2-1 "Қаржы орталығы" акционерлік қоғамы, 50 (елу) пайыз.</w:t>
+      406-4. "Сафи Өтебаев атындағы Атырау мұнай және газ университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-5. "Қ. Жұбанов атындағы Ақтөбе өңірлік университетi" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      406-6. "Сәрсен Аманжолов атындағы Шығыс Қазақстан университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-7. "Ілияс Жансүгіров атындағы Жетісу университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      406-3. Алып тасталды - ҚР Үкіметінің 26.05.2025 </w:t>
+        <w:t xml:space="preserve">      406-8. Алып тасталды - ҚР Үкіметінің 16.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 367</w:t>
+        <w:t>№ 567</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-4. "Сафи Өтебаев атындағы Атырау мұнай және газ университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      406-9. "Л.Н. Гумилев атындағы Еуразия ұлттық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      406-5. "Қ. Жұбанов атындағы Ақтөбе өңірлік университетi" коммерциялық емес акционерлік қоғамы.</w:t>
+        <w:t xml:space="preserve">
+      406-10. "Манаш Қозыбаев атындағы Солтүстік Қазақстан университеті" коммерциялық емес акционерлік қоғамы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-6. "Сәрсен Аманжолов атындағы Шығыс Қазақстан университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      406-11. "Қорқыт Ата атындағы Қызылорда университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      406-12. "Махамбет Өтемісов атындағы Батыс Қазақстан университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      406-7. "Ілияс Жансүгіров атындағы Жетісу университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      406-13. "Халел Досмұхамедов атындағы Атырау университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-14. "Шәкәрім университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-15. "Торайғыров университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      406-16. "Қарағанды индустриялық университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      406-17. "Ахмет Байтұрсынұлы атындағы Қостанай өңірлік университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-18. "Академик Е.А. Бөкетов атындағы Қарағанды ұлттық зерттеу университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-19. "Әбілқас Сағынов атындағы Қарағанды техникалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      406-20. "М. Әуезов атындағы Оңтүстiк Қазақстан университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-21. "Рудный индустриялық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      406-22. "Ш. Есенов атындағы Каспий технологиялар және инжиниринг университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      406-23. "Ш. Уәлиханов атындағы Көкшетау университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      406-24. "Әл-Фараби атындағы Қазақ ұлттық университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-25. "Д. Серiкбаев атындағы Шығыс Қазақстан техникалық университетi" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-26. "Қ.И. Сәтбаев атындағы Қазақ ұлттық техникалық зерттеу университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-27. "Өзбекәлі Жәнібеков атындағы Оңтүстік Қазақстан педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-28. "Ыбырай Алтынсарин атындағы Арқалық педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-29. Әлкей Марғұлан атындағы Павлодар педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-30. "Қазақ ұлттық қыздар педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-31. "Абай атындағы Қазақ ұлттық педагогикалық университетi" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-32. "Азаматтық авиация академиясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      406-8. Алып тасталды - ҚР Үкіметінің 16.07.2024 </w:t>
+        <w:t xml:space="preserve">      406-32-1. Алып тасталды - ҚР Үкіметінің 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 567</w:t>
+        <w:t>№ 1142</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-9. "Л.Н. Гумилев атындағы Еуразия ұлттық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      406-32-2. "М.Х. Дулати атындағы Тараз университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-10. "Манаш Қозыбаев атындағы Солтүстік Қазақстан университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      406-32-3. "Қазақ ұлттық су шаруашылығы және ирригация университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-11. "Қорқыт Ата атындағы Қызылорда университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      406-32-4. "QazInnovations" инновацияларды дамыту жөніндегі ұлттық агенттігі" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитетіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-12. "Махамбет Өтемісов атындағы Батыс Қазақстан университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      406-33. "Ғылым қоры" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-13. "Халел Досмұхамедов атындағы Атырау университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      406-34. "Ұлттық мемлекеттік ғылыми-техникалық сараптама орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      406-14. "Шәкәрім университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+        <w:t xml:space="preserve">
+      406-35. "География және су қауіпсіздігі институты" акционерлік қоғамы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      406-15. "Торайғыров университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+        <w:t xml:space="preserve">
+      406-36. "ЮНЕСКО аясындағы 2-санаттағы "Орталық Азия өңірлік гляциологиялық орталығы" жауапкершілігі шектеулі серіктестігі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      406-16. "Қарағанды индустриялық университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+      406-37. "Еуразиялық интеграция институты" жауапкершілігі шектеулі серіктестігі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-17. "Ахмет Байтұрсынұлы атындағы Қостанай өңірлік университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      406-37-1. "Фитохимия" ғылыми-өндірістік орталығы" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Тіл саясаты комитетіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-18. "Академик Е.А. Бөкетов атындағы Қарағанды ұлттық зерттеу университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      406-38. "Шайсұлтан Шаяхметов атындағы "Тіл-Қазына" ұлттық ғылыми-практикалық орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      406-19. "Әбілқас Сағынов атындағы Қарағанды техникалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитетіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      406-20. "М. Әуезов атындағы Оңтүстiк Қазақстан университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Тізбе бөліммен толықтырылды – ҚР Үкіметінің 19.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 935</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-21. "Рудный индустриялық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      406. "Зерттеулер, талдау және тиімділікті бағалау орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Қаржылық мониторинг агенттігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-22. "Ш. Есенов атындағы Каспий технологиялар және инжиниринг университеті" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      407. "AML ACADEMY" Қаржылық мониторинг академиясы" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Су ресурстары және ирригация министрлігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-23. "Ш. Уәлиханов атындағы Көкшетау университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      408. "Қазақ су шаруашылығы ғылыми-зерттеу институты" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      408-1. Алып тасталды - ҚР Үкіметінің 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1031</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-24. "Әл-Фараби атындағы Қазақ ұлттық университетi" коммерциялық емес акционерлік қоғамы. </w:t>
+        <w:t>
+      408-2. "Қазгидрогеология" ұлттық гидрогеологиялық қызметі" коммерциялық емес акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-25. "Д. Серiкбаев атындағы Шығыс Қазақстан техникалық университетi" коммерциялық емес акционерлік қоғамы.</w:t>
+      408-3. "Су ресурстары ақпараттық-талдау орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-26. "Қ.И. Сәтбаев атындағы Қазақ ұлттық техникалық зерттеу университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      408-4. "SK Water Solutions" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Туризм және спорт министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе бөліммен толықтырылды - ҚР Үкіметінің 04.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 865</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      406-27. "Өзбекәлі Жәнібеков атындағы Оңтүстік Қазақстан педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Туризм және спорт министрлігінің Ойын бизнесін және лотереяны реттеу комитетіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      406-28. "Ыбырай Алтынсарин атындағы Арқалық педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе кіші бөліммен толықтырылды - ҚР Үкіметінің 20.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1087</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-29. Әлкей Марғұлан атындағы Павлодар педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      405. "Құмар ойындар мониторингі және талдау орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Туризм және спорт министрлігінің Туризм индустриясы комитетіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-30. "Қазақ ұлттық қыздар педагогикалық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      408. "Халықаралық туризм және меймандостық университеті" коммерциялық емес акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      406-31. "Абай атындағы Қазақ ұлттық педагогикалық университетi" коммерциялық емес акционерлік қоғамы.</w:t>
+        <w:t xml:space="preserve">
+      408-1. "Kazakh Tourism" ұлттық компаниясы" акционерлік қоғамы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-32. "Азаматтық авиация академиясы" акционерлік қоғамы.</w:t>
+      Қазақстан Республикасы Туризм және спорт министрлігінің Спорт және дене шынықтыру істері комитетіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      408-2. "Қазспортинвест" акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...46 lines deleted...]
-</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Көлік министрлігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-32-2. "М.Х. Дулати атындағы Тараз университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      409. "Нұрcұлтан Назарбаев халықаралық әуежайы" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Көлік министрлігінің Автомобиль жолдары комитетіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-32-3. "Қазақ ұлттық су шаруашылығы және ирригация университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      409-1. "ҚазАвтоЖол" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-32-4. "QazInnovations" инновацияларды дамыту жөніндегі ұлттық агенттігі" акционерлік қоғамы.</w:t>
+      409-2. "Қазақстан жол ғылыми-зерттеу институты" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитетіне</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Көлік министрлігінің Азаматтық авиация комитетіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-33. "Ғылым қоры" акционерлік қоғамы.</w:t>
+      409-3. "Қазақстанның авиациялық әкімшілігі" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Көлік министрлігінің Теміржол және су көлігі комитетіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-34. "Ұлттық мемлекеттік ғылыми-техникалық сараптама орталығы" акционерлік қоғамы.</w:t>
+      409-4. "Біріккен вагон-лизинг компаниясы" жауапкершілігі шектеулі серіктестігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-35. "География және су қауіпсіздігі институты" акционерлік қоғамы. </w:t>
+        <w:t>
+      410. "QazIndustry" қазақстандық индустрия және экспорт орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-36. "ЮНЕСКО аясындағы 2-санаттағы "Орталық Азия өңірлік гляциологиялық орталығы" жауапкершілігі шектеулі серіктестігі. </w:t>
+        <w:t>
+      410-1. "Қазақстан инжиниринг" (Kazakhstan Engineering)" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      406-37. "Еуразиялық интеграция институты" жауапкершілігі шектеулі серіктестігі. </w:t>
+        <w:t>
+      410-2. "Тараз химиялық паркі" арнайы экономикалық аймағының басқарушы компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-37-1. "Фитохимия" ғылыми-өндірістік орталығы" акционерлік қоғамы.</w:t>
+      410-2-1. "Қорғаныстық-өнеркәсіптік кешенді дамыту қоры" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Тіл саясаты комитетіне</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Өнеркәсіп комитетіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-38. "Шайсұлтан Шаяхметов атындағы "Тіл-Қазына" ұлттық ғылыми-практикалық орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
+      410-3. "Ұлттық энергия үнемдеу орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...1 lines deleted...]
-      </w:r>
+        <w:t>
+      410-4. "Машина жасау ғылыми-өндірістік орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитетіне:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+        <w:t>
+      410-5 "Қазақ құрылыс және сәулет ғылыми-зерттеу және жобалау институты" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406. "Зерттеулер, талдау және тиімділікті бағалау орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      410-6. "Тұрғын үй-коммуналдық шаруашылығын жаңғырту мен дамытудың қазақстандық орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Қаржылық мониторинг агенттігіне:</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Геология комитетіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      407. "AML ACADEMY" Қаржылық мониторинг академиясы" акционерлік қоғамы.</w:t>
+      410-7. "Ұлттық геологиялық қызмет" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Су ресурстары және ирригация министрлігіне:</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Атом энергиясы жөніндегі агенттігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...41 lines deleted...]
-        <w:t>№ 1031</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе бөліммен толықтырылды - ҚР Үкіметінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      408-2. "Қазгидрогеология" ұлттық гидрогеологиялық қызметі" коммерциялық емес акционерлік қоғамы</w:t>
-[...629 lines deleted...]
-      410-7. "Ұлттық геологиялық қызмет" акционерлік қоғамы.</w:t>
+      411. "Қазақстандық атом электр станциялары" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -47702,55 +48259,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>