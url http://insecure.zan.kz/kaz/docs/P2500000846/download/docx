--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7723058" w14:textId="7723058">
+    <w:p w14:paraId="6afdfee" w14:textId="6afdfee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1008,54 +1008,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Мемлекеттік көрсетілетін қызметтер комитеті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) "Жасанды интеллект және деректерді басқару комитеті" республикалық мемлекеттік мекемесі.</w:t>
+      5) "Цифрлық активтер және серпінді технологиялар комитеті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Министрлік өз қызметiн Қазақстан Республикасының Конституциясы мен заңдарына, Қазақстан Республикасының Президентi мен Үкiметiнiң актiлерiне, өзге де нормативтiк құқықтық актiлерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5726,2014 +5788,2346 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) мемлекеттік жоспарлау жөніндегі уәкілетті органмен келісу бойынша ақпараттандыру саласындағы тауарларды, жұмыстар мен көрсетілетін қызметтерді мемлекеттік сатып алуға арналған шығыстардың есеп-қисабын жасау, ұсыну және қарау жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
     <w:bookmarkStart w:name="z263" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      182) қызметтер көрсету мен олардың құнын айқындау тәртібін қоса алғанда, "Астана Хаб" халықаралық технологиялық паркі қызметінің қағидаларын бекіту;</w:t>
+      182) "Астана Хаб" дербес кластерлік қоры қызметінің қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
     <w:bookmarkStart w:name="z264" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      183) "Астана Хаб" халықаралық технологиялық паркінің қызметін үйлестіруді жүзеге асыру;</w:t>
+      183) "Астана Хаб" дербес кластерлік қорының қызметін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z265" w:id="257"/>
-[...15 lines deleted...]
-      184) "Астана Хаб" халықаралық технологиялық паркін айқындау;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">184) алып тасталды - ҚР Үкіметінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z266" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) халықтың көші-қоны мәселелері жөніндегі уәкілетті органмен және Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша халықтың көші-қоны мәселелері жөніндегі уәкілетті органға және Қазақстан Республикасының Ұлттық қауіпсіздік комитетіне ұсынылатын "Астана Хаб" дербес кластерлік қоры тартқан шетелдіктер мен азаматтығы жоқ адамдар туралы мәліметтерді ұсыну қағидаларын, олардың құрамы мен мерзімділігін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z266" w:id="258"/>
-[...15 lines deleted...]
-      185) халықтың көші-қоны мәселелері жөніндегі уәкілетті органмен және Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша халықтың көші-қоны мәселелері жөніндегі уәкілетті органға және Қазақстан Республикасының Ұлттық қауіпсіздік комитетіне ұсынылатын "Астана Хаб" халықаралық технологиялық паркі тартқан шетелдіктер мен азаматтығы жоқ адамдар туралы мәліметтерді ұсыну қағидаларын, олардың құрамы мен мерзімділігін бекіту;</w:t>
+    <w:bookmarkStart w:name="z765" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-1) ғылыми ұйымдар, тәуекелмен инвестицияланатын акционерлік инвестициялық қорлар, білім беру ұйымдары, технологиялық парктер, салалық конструкторлық бюролар, технологияларды коммерцияландыру орталықтары, ұлттық даму институттары, ұлттық басқарушы холдингтер, ұлттық холдингтер, ұлттық компаниялар мәртебесі бар заңды тұлғаларды, сондай-ақ инновациялық қызметті жүзеге асыратын заңды тұлғаларды инновациялық кластер қатысушыларының тізбесіне енгізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z267" w:id="259"/>
+    <w:bookmarkStart w:name="z766" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-2) ұлттық инновациялық жүйенің даму мониторингін қамтамасыз ету қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z267" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) "электрондық үкіметтің" бірыңғай репозиторийінің жұмыс істеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z268" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z268" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) ақпараттық қауіпсіздікті зерттеушілермен өзара іс-қимыл жасау бағдарламасының жұмыс істеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z269" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z269" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша мемлекеттік органдардың ақпараттандыру объектілерінің ақпараттық қауіпсіздік оқиғаларына мониторинг жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z270" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z270" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) мемлекеттік-жекешелік әріптестік жобасының конкурстық құжаттамасына, жекеше әріптесті айқындау жөніндегі тікелей келіссөздер кезінде мемлекеттік-жекешелік әріптестік жобасына бизнес-жоспарға салалық қорытынды беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z271" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z271" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) үлгілік конкурстық құжаттамаларды және мемлекеттік-жекешелік әріптестіктің үлгілік шарттарын қоса алғанда, салаларды (аяны) дамыту тұжырымдамалары, ұлттық жобалар шеңберінде жекеше әріптесті айқындау және мемлекеттік-жекешелік әріптестік шартын жасасу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z272" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z272" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) мемлекеттік-жекешелік әріптестік жобаларын іске асыру жөніндегі ұсыныстарды қалыптастыру үшін әлеуметтік-экономикалық міндеттердің тізбесін қалыптастыру және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z273" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z273" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) әкімшілік рәсімге қатысушылардың мемлекеттік органдардың басшыларына және олардың орынбасарларына бейнеконференцбайланыс арқылы жүгіну тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z274" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z274" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, өздері жүзеге асыратын міндеттерді орындауы үшін қажетті және жеткілікті дербес деректердің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z275" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z275" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) мемлекеттік электрондық ақпараттық ресурстардың құрамына енгізілетін жеке тұлғалардың дербес деректерінің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z276" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z276" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) Қазақстан Республикасының аумағындағы жылжымайтын мүлік объектілерін адрестеу қағидаларын сәулет, қала құрылысы және құрылыс iстері жөніндегi уәкiлеттi органмен бірлесіп бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z277" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z277" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) есептілікті ұсыну қағидалары мен мерзімдерін және нысандарын, сондай-ақ ақпараттық жүйелерді құру немесе дамытуға байланысты гранттарды пайдалану барысы мен нәтижелері туралы ұсынылатын ақпаратқа қойылатын талаптарды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z278" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z278" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) "электрондық үкіметтің" ақпараттандыру объектілерін құруға және дамытуға арналған техникалық тапсырмаларды жасау және қарау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z279" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z279" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) ақпараттандыру саласында инвестициялар тарту жүйесін және инвестициялық жобаларды әзірлеу мен іске асыруды ынталандыру тетіктерін жетілдіру жөніндегі қызметті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z280" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z280" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) ақпараттық-коммуникациялық технологиялар саласын дамыту үшін жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z281" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z281" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) Қазақстан Республикасының ақпараттандыру саласындағы заңнамасын жетiлдiру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z282" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z282" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) ақпараттандыру саласындағы инвестициялық ұсыныстарға, бюджеттік инвестициялардың қаржылық-экономикалық негіздемелеріне қорытынды беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z283" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z283" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) Қазақстан Республикасының арнаулы мемлекеттік органдарын қоспағанда, ақпараттандыру саласындағы тауарларды, жұмыстар мен көрсетілетін қызметтерді мемлекеттік сатып алуға арналған шығыстардың бюджеттік бағдарламалар әкімшілері ұсынған есеп-қисаптарын қарау және қорытындылар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z284" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z284" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) "электрондық үкіметтің" ақпараттандыру объектісін құруға немесе дамытуға арналған техникалық тапсырманы келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z285" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z285" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) "электрондық үкімет" ақпараттандыру объектілерін өнеркәсіптік пайдалануға енгізуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z286" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z286" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) өтініш берушінің байланыс саласында қызметтер көрсету жөніндегі жұмысты жүзеге асыруға сәйкестігін растайтын біліктілік талаптарын және құжаттар тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z287" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z287" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) ұялы байланыс абоненттік құрылғысы арқылы электрондық нысанда мемлекеттік және өзге де көрсетілетін қызметтерді алу үшін ұялы байланыс операторы беретін абоненттің абоненттік нөмірін тіркеу және оны "электрондық үкіметтің" веб-порталының есептік жазбасына қосу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z288" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z288" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) көрсетілетін қызметті алушыны сәйкестендіру тәсілін айқындау үшін электрондық нысандағы мемлекеттік көрсетілетін қызметтерді сыныптау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z289" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z289" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) ұялы байланыс абоненттік құрылғысы арқылы алынған, электрондық нысандағы мемлекеттік және өзге де қызметтер көрсету нәтижелерінің міндетті деректемелерін, сондай-ақ олардың анықтығын тексеру тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z290" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z290" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) "Азаматтарға арналған үкімет" мемлекеттік корпорациясының қызметі қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z291" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z291" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу және жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау саласындағы қызметті мемлекеттік реттеу мен бақылауды жүзеге асыратын уәкілетті органмен және монополияға қарсы органмен келісу бойынша жылжымайтын мүлікке құқықтарды, оның ішінде жеделдетілген тәртіппен мемлекеттік тіркеу және ғимараттарды, құрылысжайларды және (немесе) олардың құрамдастарын мемлекеттік техникалық зерттеп-қарау жөніндегі қызметті жүзеге асыру кезінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z292" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z292" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) монополияға қарсы органмен және жылжымалы мүлiк кепiлiн тiркеу органдарымен (тiркеушi органдар) келісу бойынша міндетті мемлекеттік тіркеуге жатпайтын жылжымалы мүлік кепілін тіркеу, жылжымалы мүлік кепілінің тізілімінен үзінді көшірме беру түрінде ақпараттық қызмет көрсету, өтініш берушінің кінәсінен жіберілген тіркеу құжаттарындағы қателерді түзету жөніндегі қызметті жүзеге асыру кезінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z293" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z293" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) жер ресурстарын басқару жөніндегі орталық уәкілетті органмен және монополияға қарсы органмен келісу бойынша Қазақстан Республикасы Жер кодексінің 153-бабы 1-тармағының 2) тармақшасында көзделген іздестіру жұмыстарын қоспағанда, Қазақстан Республикасының мемлекеттік жер кадастрын жүргізу жөніндегі қызметін жүзеге асыру кезінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z294" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z294" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) денсаулық сақтау саласындағы уәкілетті органмен және монополияға қарсы органмен келісу бойынша міндетті әлеуметтік медициналық сақтандыру саласында "Азаматтарға арналған үкімет" мемлекеттік корпорациясы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z295" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z295" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) монополияға қарсы органмен және халықты әлеуметтік қорғау саласында басшылықты, Мемлекеттік әлеуметтік сақтандыру қорының қызметiн реттеуді, бақылау функцияларын жүзеге асыратын мемлекеттік органмен келісу бойынша міндетті әлеуметтік сақтандыру саласындағы "Азаматтарға арналған үкімет" мемлекеттік корпорациясы көрсететін қызметтердің бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z296" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z296" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) халықты әлеуметтік қорғау саласындағы басшылықты, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шектерде салааралық үйлестіруді жүзеге асыратын мемлекеттік органмен және монополияға қарсы органмен келісу бойынша зейнетақымен қамсыздандыру саласында "Азаматтарға арналған үкімет" мемлекеттік корпорациясы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z297" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z297" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) монополияға қарсы органмен және бюджетке төленетін салықтар мен төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын мемлекеттік органмен келісу бойынша бірыңғай жиынтық төлем шеңберінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы өндіретін және (немесе) өткізетін жұмыстардың және көрсетілетін қызметтердің бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z298" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z298" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) әлеуметтік қамсыздандыру саласындағы уәкілетті орган айқындайтын бірыңғай төлемді, бірыңғай төлем бойынша өсімпұлды төлеу, аудару және оларды жеке табыс салығы мен әлеуметтік төлемдер (міндетті кәсіптік зейнетақы жарналарын қоспағанда), өсімпұл түрінде бөлу, сондай-ақ оларды қайтару тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z299" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z299" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) аймаққа бөлу коэффициентін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z300" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z300" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы көрсететін қызметтерге баға белгілеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z301" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z301" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) Бірыңғай байланыс орталығы қызметінің және оның орталық мемлекеттік органдармен, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарымен, сондай-ақ көрсетілетін қызметті берушілермен өзара іс-қимыл жасасу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z302" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z302" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) бірыңғай байланыс орталығын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z303" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z303" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) "111" байланыс орталығы қызметінің және оның орталық мемлекеттік органдармен, жергілікті атқарушы органдармен өзара іс-қимыл жасасу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z304" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z304" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) автоматтандырылуға жататын және жатпайтын рұқсаттар тізбесін бекіту туралы рұқсаттар және хабарламалар саласындағы уәкілетті органмен бірлескен бұйрықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z305" w:id="297"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z305" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу бойынша рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесінің жұмыс істеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z306" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z306" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) "Әлеуметтік әмиян" ақпараттандыру объектісі арқылы жүзеге асырылатын жеке тұлғаларды мемлекеттік қолдау шарасы туралы хабарлау (хабардар ету), осындай шараны есепке алу және (немесе) алу және жеке тұлғаларды мемлекеттік қолдау шарасын өзге де ақпараттандыру объектілері арқылы алу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z307" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z307" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) мемлекеттік қызметтер көрсетудің электрондық нысанын көздейтін мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z308" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z308" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын "Азаматтарға арналған үкімет" мемлекеттік корпорациясы арқылы келісуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z309" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z309" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) проактивті қызметтер көрсету тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z310" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z310" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) Қазақстан Республикасының Әділет министрлігімен және монополияға қарсы органмен келісу бойынша азаматтық хал актілерін мемлекеттік тіркеу қызметтерін көрсетуге ақы төлеу мөлшерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z311" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z311" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) өз құзыреті шегінде петицияларды қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z312" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z312" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) қызмет көрсетушінің мемлекеттік көрсетілетін қызмет сатысы туралы деректерді мемлекеттік көрсетілетін қызметтер мониторингінің ақпараттық жүйесіне енгізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z313" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z313" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу бойынша рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z314" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z314" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) өтініш берушіні біліктілік немесе рұқсат беру талаптарына сәйкестігі тұрғысынан тексеру және рұқсат беру не уәжді бас тарту рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесінде өтініш берушіні тексерудің және рұқсат берудің автоматты режимінде жүзеге асырылатын рұқсаттар тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z315" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z315" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органмен және мемлекеттік басқару жүйесін дамыту саласындағы уәкілетті органмен келісу бойынша мемлекеттік көрсетілетін қызметтер тізілімін бекіту және оған өзгерістер мен толықтырулар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z316" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z316" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) есептер мен көрсеткіштер (салалық деректер) тізілімін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z317" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z317" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) орталық және жергілікті мемлекеттік органдарда бизнес-процестердің реинжинирингін жүзеге асыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z318" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z318" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) орталық және жергілікті мемлекеттік органдарда бизнес-процестердің реинжинирингі әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z319" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z319" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша азаматтардың дербес деректеріне қолжетімділігі бар, сондай-ақ мемлекеттік қызметтер көрсету процесіне қатысатын "Азаматтарға арналған үкімет" мемлекеттік корпорациясы қызметкерлерін тексеру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z320" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z320" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) "электрондық үкіметтің" архитектуралық порталында "электрондық үкіметтің" ақпараттандыру объектілері туралы мәліметтерді есепке алуды және "электрондық үкіметтің" ақпараттандыру объектілері техникалық құжаттамасының электрондық көшірмелерін, сондай-ақ мемлекеттік заңды тұлғалардың, квазимемлекеттік сектор субъектілерінің ақпараттандыру объектілері техникалық құжаттамасының мәліметтері мен көшірмелерін орналастыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z321" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z321" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) мемлекеттік көрсетілетін қызметтер тізілімін жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z322" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z322" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің мемлекеттік қызметтер көрсету мәселелері жөніндегі қызметінің есебін қалыптастыру тәртібін, ұсыну мерзімдерін және үлгілік нысандарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z323" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z323" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) геодезия, картография және кеңістіктік деректер саласында мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z324" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z324" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) Қазақстан Республикасы ұлттық қауіпсіздігінің мүдделерін ескере отырып, геодезиялық, картографиялық және аэроғарыштық түсірілім жұмыстарының деректері мен материалдарын есепке алу, сақтау, көбейту және пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z325" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z325" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244) бюджет қаражатының есебінен орындалатын аэротүсірілім, геодезиялық және картографиялық жұмыстардың құнын айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z326" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z326" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) жергілікті координаттық есептеу жүйелерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z327" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z327" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246) мемлекеттік, халықаралық, жергілікті координаттық есептеу жүйелері арасындағы трансформациялау мен өзгерту параметрлерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z328" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z328" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) жергілікті координаттық есептеу жүйелерін белгілеу мен пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z329" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z329" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) Ұлттық кеңістіктік деректер инфрақұрылымын пайдалану жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z330" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z330" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) Ұлттық кеңістіктік деректер инфрақұрылымының мемлекеттік органдардың ақпараттық жүйелерімен өзара іс-қимыл жасау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z331" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z331" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) мемлекеттік, халықаралық, жергілікті координаттық есептеу жүйелерінің арасындағы трансформациялау мен өзгерту параметрлерін айқындау және пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z332" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z332" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) тұрақты жұмыс істейтін референциялы станцияларды орнату қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z333" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z333" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) тұрақты жұмыс істейтін референциялы станцияларды мемлекеттік геодезиялық желілерге жатқызу және қолдану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z334" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z334" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) нивелирлеу жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z335" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z335" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254) мемлекеттік геодезиялық, нивелирлік және гравиметриялық желілерді жасау және дамыту жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z336" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z336" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) базалық кеңістіктік деректердің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z337" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z337" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) жаһандық навигациялық спутниктік жүйелерді қолдана отырып, мемлекеттік геодезиялық желінің пассивті пункттерінің координаталарын спутниктік айқындауды жүргізу жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z338" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z338" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) Қазақстан Республикасының мемлекеттік гравиметриялық желісі пункттерінде гравиметриялық жұмыстарды орындау жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z339" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z339" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) кеңістіктік деректер тізілімін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z340" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z340" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) Қазақстан Республикасының кезекші анықтамалық картасын жүргізу жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z341" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z341" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) Қазақстан Республикасының мемлекеттік геодезиялық, нивелирлік және гравиметриялық желілерінің пункттері мен белгілерін салу, зерттеп-қарау және қалпына келтіру жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z342" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z342" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) геодезиялық және картографиялық жұмыстарды жүргізуге арналған техникалық жобаларды жасау жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z343" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z343" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) нивелирлеу пункттерінің биіктік каталогтарын жасау жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z344" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z344" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) геодезиялық және картографиялық жұмыстар бойынша техникалық есептерді жасау жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z345" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z345" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) Қазақстан Республикасын мемлекеттік геодезиялық және картографиялық қамтамасыз етудің негізгі көрсеткіштерін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z346" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z346" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) геодезиялық және картографиялық жұмыстардағы қауіпсіздік техникасы жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z347" w:id="339"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z347" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) қайта нивелирлеу материалдары бойынша жер бетінің қазіргі тік қозғалыстарының жылдамдығын есептеу жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z348" w:id="340"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z348" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) геодинамикалық полигондарда геодезиялық жұмыстар жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z349" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z349" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) геодезиялық пункттердің каталогтарын жасау және басып шығару жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z350" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z350" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269) бюджет қаражатының есебінен орындалатын геодезиялық, картографиялық және аэроғарыштық түсірілім жұмыстарының тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z351" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z351" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       270) Ұлттық кеңістіктік деректер қорының мәліметтерін қалыптастыру, жинау, сақтау, пайдалану және беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z352" w:id="344"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z352" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       271) геодезиялық пункттерді қорғау, бұзу немесе қайта салу (орнын ауыстыру) қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z353" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z353" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша Қазақстан Республикасының Мемлекеттік шекарасын межелеу мен шегендеуді жүргізуді техникалық қамтамасыз ету қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z354" w:id="346"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z354" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) бюджет қаражаты есебінен жасалатын картографиялық өнімді жаңартып отыру мерзімділігін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z355" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z355" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) бюджет қаражатының есебінен картографиялық өнімді жасау жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z356" w:id="348"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z356" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) Ұлттық кеңістіктік деректер инфрақұрылымын құру және жаңартып отыру жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z357" w:id="349"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z357" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) салалық көтермелеу жүйесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z358" w:id="350"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z358" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277) білім беру саласындағы уәкілетті органмен бірлесіп бастауыш, негізгі орта және жалпы орта, арнаулы, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдары үшін компьютерлік және интерактивті жабдыққа қойылатын ең төмен талаптарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z359" w:id="351"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z359" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       278) нысаналы технологиялық бағдарламаларды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z360" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z360" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       279) платформалық бағдарламалық өнімдерді әзірлеу және орналастыру арқылы мемлекеттік функцияларды автоматтандыруды іске асыру және олардан туындайтын мемлекеттік қызметтерді көрсету қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z361" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      280) "Астана Хаб" дербеc кластерлік қорының Басқарушы комитетінің құрамын және ережесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z362" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      281) мемлекеттік бақылау мен қадағалауды жүргізу мақсатында тәуекелдерді бағалау жүйесін қалыптастыру үшін, сондай-ақ деректерді басқару жөніндегі талаптарға сәйкес деректер талдамасын жүзеге асыру үшін алынған мәліметтерді "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторына беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z363" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      282) ақпараттық-коммуникациялық технологиялар саласындағы қызметтің басым түрлерінің тізбесін және өз өндірісінің өлшемшарттарын мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен, техникалық реттеу саласындағы уәкілетті органмен, инновациялық қызметті мемлекеттік қолдау саласындағы уәкілетті органмен және салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен келісу бойынша бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z364" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      283) импорты қосылған құн салығынан босатылатын тауарлардың тізбесін мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен және салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен келісу бойынша бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z365" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      284) ақпараттық-коммуникациялық технологиялар саласындағы басым қызмет түрлерін жүзеге асыру кезінде пайдалану мақсатында ғана әкелінген тауарлардың тізбесін мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен, техникалық реттеу саласындағы уәкілетті органмен және салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен келісу бойынша бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z366" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      285) "Астана Хаб" дербес кластерлік қоры қатысушысының Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>741-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 3), 4) және 5) тармақшаларында көзделген ақпараттандыру саласында қызметтер көрсетуден түсетін кірістер бойынша корпоративтік табыс салығын 100 пайызға азайту жөніндегі шарттарға сәйкес келуін белгілеу тәртібін мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен және салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен келісу бойынша айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z367" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      286) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен және салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен келісу бойынша белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z368" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      287) сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізілімін қалыптастыру және жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z369" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288) қазақстандық тауар өндірушілер тізіліміне енгізу үшін бағдарламалық қамтылымды қазақстандық өндірушіні растау тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z370" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      289) қазақстандық тауар өндірушілер тізіліміндегі бағдарламалық қамтылымды қазақстандық өндірушілерге тоқсан сайынғы мониторинг жүргізу және оның нәтижелері туралы өнеркәсіпті мемлекеттік ынталандыру саласындағы уәкілетті органды хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z371" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290) жұмылдыру дайындығы саласындағы уәкілетті органға жұмылдыру дайындығын жетілдіру жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z372" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      291) Қазақстан Республикасының жұмылдыру жоспарын және тауарларды өндірудің, жұмыстарды орындаудың және қызметтер көрсетудің тиісті кезеңге арналған жоспарын әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7749,6029 +8143,5323 @@
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      281) тармақша 01.01.2026 бастап қолданысқа енгізіледі - ҚР Үкіметінің 09.10.2025 </w:t>
+        <w:t xml:space="preserve">      15-тармақты 291-1), 291-2) және 291-3) тармақшалармен көзделген - ҚР Үкіметінің 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 846</w:t>
+        <w:t>№ 1143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z373" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      292) ақпараттық қауіпсіздікті қамтамасыз етудің жедел орталықтары мен Ақпараттық қауіпсіздікті ұлттық үйлестіру орталығы арасындағы ақпараттық қауіпсіздікті қамтамасыз ету үшін қажетті ақпарат алмасу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z374" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      293) ақпаратты электрондық нысанда қалыптастыру, өңдеу, сондай-ақ орталықтандырылған түрде жинау және сақтау, оның ішінде тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласындағы ақпараттандыру объектілерінің жұмыс істеу қағидаларын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z375" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      294) фискалдық деректер операторын тiзбеге (тізбеден) қосу (алып тастау) тәртібін, сондай-ақ фискалдық деректердің әлеуеттi операторына қойылатын бiлiктiлiк талаптарын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z376" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      295) мемлекеттік статистика саласындағы уәкілетті органмен бірлесіп деректерді басқару жөніндегі талаптарды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z377" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      296) жобалық басқаруды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z378" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      297) мемлекеттік органдарды жобалық басқарудың үлгілік регламентін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z379" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      298) жобалардың басқарушы құжаттарын әзірлеу әдістемесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z380" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      299) жобаның жетілуін бағалау әдістемесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z381" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300) жобаның түйінді ұлттық индикаторға қол жеткізудегі үлесін және Қазақстан Республикасындағы Мемлекеттік жоспарлау жүйесінің құжаттарын орындау нәтижелерінің көрсеткіштерін айқындау әдістемесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z382" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      301) электрондық өнеркәсіп саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z383" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      302) ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстарды жүргізуді қоса алғанда, электрондық өнеркәсіп саласындағы жобалар мен бағдарламалардың іске асырылуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z384" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      303) электрондық өнеркәсіп саласындағы салалық сараптаманы жүзеге асыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z385" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      304) электрондық өнеркәсіп саласындағы жобалардың салалық сараптамасын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z386" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      305) электрондық өнеркәсіп саласында халықаралық ынтымақтастықты жүзеге асыру және халықаралық ұйымдар мен шет мемлекеттерде Қазақстан Республикасының мүдделерін білдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z387" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      306) электрондық өнеркәсіптің сенім білдірілген бағдарламалық қамтылымының және өнімінің тізілімін қалыптастыру және жүргізу қағидаларын, сондай-ақ электрондық өнеркәсіптің сенім білдірілген бағдарламалық қамтылымының және өнімінің тізіліміне электрондық өнеркәсіптің сенім білдірілген бағдарламалық қамтылымын және өнімін енгізу жөніндегі өлшемшарттарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z388" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      307) мемлекеттік органдар мен жергілікті атқарушы органдардың біріздендірілген жұмыс орнына немесе терминалды жүйесіне қойылатын талаптарды, сондай-ақ ақпараттық-коммуникациялық инфрақұрылым объектілерінің құрауыштарын біріздендіру жөніндегі талаптарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z389" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      308) көмірсутектерді және уранды өндіру саласындағы уәкілетті органмен бірлесіп, көмірсутектерді және уран өндіру саласындағы цифрландыру жобаларын алдыңғы жылдың қорытындылары бойынша жер қойнауын пайдаланушының көмірсутектерді және уранды өндіру кезеңінде өндіру үшін шеккен шығындарының бір пайызы мөлшерінде қаржыландыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z390" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      309) ұлттық басқарушы холдингтермен, ұлттық холдингтермен, ұлттық компаниялармен және олармен үлестес заңды тұлғалармен технологиялық меморандумдар жасасу және сатып алынатын тауарлардың, жұмыстар мен көрсетілетін қызметтердің тізбесін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z391" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      310) құзыреті шегінде өнеркәсіптік саясатты қалыптастыруға және іске асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z392" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      311) құзыреті шегінде Қазақстан Республикасының халықаралық мiндеттемелерiн ескере отырып, шикізаттық емес экспортты ілгерілету жөніндегі шаралар әзірлеу және оны ілгерілетуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z393" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      312) жетекшілік ететін салалардағы салалық технологиялық құзыреттер орталықтарын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z394" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      313) әлеуетті инвесторларды, оның ішінде шетелдік инвесторларды өнеркәсіптік-инновациялық жобаларды іске асыруға қатысуға тарту мақсатында оларды іздестіру және олармен келіссөздер жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z395" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      314) өнеркәсіптік-инновациялық қызмет субъектілерін инвестициялық тақырып бойынша бизнес-форумдарға, конференциялар мен семинарларға қатысуға тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z396" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      315) бұқаралық ақпарат құралдарында, оның ішінде шетелдегі мекемелер арқылы, сондай-ақ Қазақстан Республикасының аумағындағы шетелдік дипломатиялық және оларға теңестірілген өкілдіктер мен консулдық мекемелер арқылы шетелдік бұқаралық ақпарат құралдарында өнеркәсіптік-инновациялық жобалар туралы ақпарат тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z397" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      316) құзыреті шегінде жұмыс істеп тұрған инвесторларды қайта инвестициялауды жүзеге асыруға ынталандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z398" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      317) бірлескен өндірістерді құру үшін құзыретi шегiнде инвесторларды, оның ішінде шетелдік инвесторларды тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z399" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      318) қосылған құнның жаһандық тізбектеріне кіру үшін құзыреті шегінде трансұлттық корпорацияларды тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z400" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      319) ұлттық инновациялық жүйенің "Бірыңғай терезе" ақпараттық жүйесін басқаруды, жүргізуді, қолдап отыруды, оның жұмыс істеуін және пайдаланылуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z401" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      320) цифрлық құжаттар сервисінде электрондық құжаттарды көрсету және пайдалану қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z402" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      321) мемлекеттiк жоспарлау жөнiндегi орталық уәкiлеттi органмен келiсу бойынша "ақылды" қалалар салу жөніндегі әдiстемені (Қазақстан Республикасының "ақылды" қалалары эталондық стандартын) бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z403" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      322) меншік иелерінің келісімі болған кезде Түркістан қаласының аумағындағы азаматтар көп жиналатын орындарда бейнекамералар орнату және бейнебақылау мониторингін жүргізу қағидаларын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z404" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323) мемлекеттік қызметтер көрсету кезінде жеке тұлғаларды биометриялық сәйкестендіру үшін олардың биометриялық деректерін жинау, өңдеу және сақтау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z405" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      324) куәландырушы орталықта электрондық цифрлық қолтаңбаның жабық кілттерін жасау, пайдалану және сақтау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z406" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      325) цифрлық майнингті жүзеге асыру жөніндегі қызмет туралы ақпарат беру тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z407" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      326) цифрлық активтер саласындағы мемлекеттік саясатты іске асыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z408" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      327) цифрлық активтер саласында салааралық үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z409" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      328) цифрлық майнинг жөніндегі қызметті жүзеге асыруға лицензия беру, оның қолданысын тоқтата тұру және қайта бастау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z410" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      329) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтер ұсыну қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z411" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      330) цифрлық майнингтік пулдарды аккредиттеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z412" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      331) рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу бойынша цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z413" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      332) цифрлық майнингтік пулдарды аккредиттеуді жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z414" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      333) Қазақстан Республикасының аумағында танылатын қамтамасыз етілген цифрлық актив түрлерінің тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z415" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      334) цифрлық активтер саласында, сондай-ақ қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналымын жүзеге асыратын тұлғалардың Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z768" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      334-1) қаржы мониторингі жөніндегі уәкілетті органмен келісу бойынша қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл мақсатында ақша аудару бойынша қызметтер көрсететін пошта операторлары мен қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғалар үшін ішкі бақылау қағидаларына қойылатын талаптарды белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z416" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      335) қамтамасыз етілген цифрлық активтерді шығару жөніндегі қызметті жүзеге асыратын тұлғалардың мемлекеттік тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z417" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      336) цифрлық майнингке арналған аппараттық-бағдарламалық кешеннің тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z418" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      337) цифрлық майнингке арналған аппараттық-бағдарламалық кешенді есепке алу және оның тізілімін жүргізу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z419" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      338) қамтамасыз етілген цифрлық активтерді шығару туралы шешімді ресімдеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z420" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      339) қамтамасыз етілген цифрлық активтерді шығаруға және олардың айналысына рұқсат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z421" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      340) жасанды интеллект саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z422" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      341) жасанды интеллект технологияларын дамыту саласындағы нормативтік құқықтық реттеу бойынша ұсыныстар әзірлеу және іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z423" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      342) жасанды интеллект саласында салааралық үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z424" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      343) жасанды интеллект саласындағы сараптама кеңесінің құрамын және оның қызметі туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z425" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      344) Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құжаттарын жасанды интеллектті дамыту бөлігінде келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z426" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      345) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша Интернетке қол жеткізудің бірыңғай шлюзінің және "электрондық үкіметтің" электрондық поштасының бірыңғай шлюзінің жұмыс істеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z427" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      346) дербес деректерді жинау және өңдеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z428" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      347) дербес деректерге қол жеткізуді мемлекеттік бақылау сервисінің жұмыс істеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z429" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      348) дербес деректерге қол жеткізуді мемлекеттік бақылау сервисімен интеграциялау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z430" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      349) дербес деректер және оларды қорғау мәселелері жөніндегі консультативтік кеңес құру, сондай-ақ оны қалыптастыру және оның қызметінің тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z431" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350) Қазақстан Республикасының дербес деректер және оларды қорғау туралы заңнамасының сақталуын мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z432" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      351) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңында және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде көзделген мақсаттарда "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымы операторына субъектілердің құқықтары мен заңды мүдделерінің бұзылу тәуекеліне алып келетін дербес деректер қауіпсіздігінің бұзылуы туралы ақпаратты жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z433" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      352) дербес деректер субъектілерін дербес деректер қауіпсіздігінің бұзылуы туралы хабардар етуді жүзеге асыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z434" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      353) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша электрондық ақпараттық ресурстарда қамтылған, қолжетімділігі шектеулі дербес деректерді сақтау, өңдеу және тарату процестерінің қорғалуын қамтамасыз етуді зерттеп-қарауды жүзеге асыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z435" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354) дербес деректерді қорғау жөнінде қажетті шаралар қабылдай отырып, Қазақстан Республикасының аумағында орналасқан серверлік үй-жайдағы немесе деректерді өңдеу орталығындағы электрондық базада меншік иесі және (немесе) оператор, сондай-ақ үшінші тұлға жүзеге асыратын электрондық ақпараттық ресурстарда қамтылған дербес деректерді сақтау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z436" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      355) ақпаратқа қол жеткізу саласындағы мемлекеттік саясатты ақпараттандыру объектілерінде қамтылған электрондық ақпараттық ресурстарды жасау, іздеу, жинау, жинақтау, сақтау, өңдеу, алу, пайдалану, өзгерту, көрсету, тарату және беру бөлігінде іске асыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z437" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      356) қолжетімділігі шектелген ақпаратты қоспағанда, ақпаратқа қол жеткізу саласындағы уәкілетті органмен келісу бойынша ашық деректердің интернет-порталында мемлекеттік органдардың ақпараттандыру объектілерінде қамтылған деректерді кейіннен орналастыру мақсатында оларға талдау жүргізу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z438" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      357) белгіленген құзырет шеңберінде тиісті техникалық регламенттер талаптарының сақталуына Қазақстан Республикасының Кәсіпкерлік кодексінде айқындалған тәртіппен мемлекеттік бақылау мен қадағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z439" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      358) техникалық реттеу саласында сараптама кеңестерін құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z440" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      359) техникалық реттеу саласындағы сараптама кеңестерінің құрамын және олар туралы ережелерді бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z441" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      360) техникалық регламенттерді, оның ішінде Еуразиялық экономикалық одақтың техникалық регламенттерін іске асыру жөніндегі іс-шаралар жоспарларын әзірлеу және орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z442" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361) ғарыш қызметi саласындағы жобаларға салалық сараптаманы жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z443" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362) техникалық регламенттерді немесе техникалық регламенттерге өзгерістерді және (немесе) толықтыруларды әзірлеу туралы ұсыныстар дайындау және оларды Қазақстан Республикасының заңнамасында белгіленген тәртіппен техникалық реттеу саласындағы уәкілетті органға енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z444" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      363) Қазақстан Республикасының заңнамасына сәйкес лицензиялануға жататын қызметтiң жекелеген түрлерiн лицензиялауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z445" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364) өз құзыретi шегiнде техникалық регламенттер мен ұлттық стандарттарды әзірлеу жөніндегі жұмысты ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z446" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      365) Қазақстан Республикасының атынан жасалатын Қазақстан Республикасының халықаралық шарттары бойынша міндеттемелерді орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z447" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      366) ұлттық қауіпсіздік жүйесін жетілдіру жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z448" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      367) ғарыш объектiлерiн және оларға құқықтарды мемлекеттiк тiркеудi жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z449" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      368) ғарыш объектiлерiнiң тiркелiмiн жүргiзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z450" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      369) Қазақстан Республикасының заңнамасына сәйкес ғарыш айлағы персоналының, Байқоңыр қаласы тұрғындарының, лауазымды адамдардың, делегациялардың, бұқаралық ақпарат құралдары өкілдерінің, туристердің, қалаға жеке істері бойынша келетін азаматтардың – Қазақстан Республикасы азаматтарының және Ресей Федерациясы азаматтарының Қазақстан Республикасының қарамағындағы "Байқоңыр" кешенiнiң объектiлерiне кiруiне рұқсат беру туралы шешiм қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z451" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370) Ресей Федерациясы жалға алған "Байқоңыр" кешенiндегi объектiлердiң сақталуын және пайдаланылу шарттарын бақылауды жүзеге асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z452" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      371) ғарыш қызметiн жүзеге асыру кезiнде өз құзыретi шегiнде iздестiру, авариялық-құтқару жұмыстарын ұйымдастыруға, сондай-ақ аварияларды тергеп-тексеруге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z453" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      372) ғарыш қызметi саласында мемлекеттiк бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z454" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373) Қазақстан Республикасы үшiн жасалатын ғарыш техникасы өндiрiсiне арналған мемлекеттiк тапсырмалардың іске асырылуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z455" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      374) ғарыштық орналастыруды және қашықтан зондтаудың (ғарыш мониторингінің) бақылау құралдарын пайдалана отырып, қоршаған ортаның жай-күйiн бақылау жүйесiнің жұмыс істеуін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z456" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      375) "Байқоңыр" кешенiнiң зымыран-ғарыш қызметiнің әсеріне ұшырайтын аумақтарда қоршаған ортаның жай-күйiн бақылау жүйесiнің жұмыс істеуін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z457" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376) Қазақстан Республикасының аумағынан, сондай-ақ ғарыш қызметіне қазақстандық қатысушылар жүзеге асыратын жағдайда одан тыс жерлерде ғарыш объектілерін ұшыру туралы шешімдерді келісу және қабылдау тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z458" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      377) 1994 жылғы 10 желтоқсандағы Қазақстан Республикасының Үкiметi мен Ресей Федерациясының Үкiметi арасындағы "Байқоңыр" кешенiн жалға беру шарты бойынша жұмыстарды үйлестiрудi жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z459" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      378) ғарышкерлікке үміткерлерді даярлау, қайта даярлау және олардың біліктілігін арттыру жөніндегі қызметті ұйымдастыру және үйлестіру, сондай-ақ ғарыш қызметі саласындағы кадрлардың біліктілігін арттыру және қайта даярлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z460" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379) өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік саясатты іске асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z461" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      380) "Өзіндік ерекшелігі бар тауарларды бақылау туралы" Қазақстан Республикасының Заңында және Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде өзіндік ерекшелігі бар тауарларды бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z462" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      381) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың орындалуына мониторингті жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z463" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382) мемлекеттік органдардың ақпараттық жүйелері мен телекоммуникация желілерінің орнықты жұмыс істеуін қамтамасыз ету үшін ақпараттық қауіпсіздік қатерлерін анықтау, талдау және болдырмау бөлігінде ақпаратты қорғау құралдарын әзірлеу жөніндегі қызметті үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z464" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      383) мерзімдік тексерулер жүргізу жоспарын тексерулер жүргізілетін жылдың алдындағы жылдың 1 желтоқсанынан кешіктірмей бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z465" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      384) ақпараттық-коммуникациялық инфрақұрылым объектілерін ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызу қағидалары мен өлшемшарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z466" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      385) ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z467" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      386) мемлекеттік құпияларды қорғау саласындағы заңнаманы сақтай отырып, ұлттық қауіпсіздіктің жай-күйі және оны қамтамасыз ету бойынша қабылданатын шаралар туралы халықты хабардар ету, насихаттау және қарсы насихаттау қызметін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z468" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      387) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптарды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z469" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388) ақпараттандыру саласындағы мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z470" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      389) Қазақстан Республикасының ақпараттық қауіпсіздікті қамтамасыз ету саласындағы заңнамасы талаптарының бұзылғаны анықталған кезде орындау үшін ұйғарымдар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z471" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      390) Ақпараттық қауіпсіздіктің оқыс оқиғаларына ден қоюдың дағдарысқа қарсы ұлттық жоспарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z472" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      391) мемлекеттік техникалық қызмет сараптамаларының негізінде инвестициялық ұсыныстарға және бюджеттік инвестициялардың қаржылық-экономикалық негіздемелеріне ақпараттық қауіпсіздікті қамтамасыз ету саласында қорытындылар беру, сондай-ақ мемлекеттік техникалық қызмет сараптамаларының негізінде "электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға арналған техникалық тапсырмалардың ақпараттық қауіпсіздік талаптарына сәйкестігін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z473" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      392) электрондық ақпараттық ресурстарды алу, көшiрмесін түсіру, тарату, түрлендіру, жою немесе бұғаттау бойынша құқыққа сыйымсыз әрекеттердi болдырмауды қоса алғанда, ақпараттық-коммуникациялық технологияларды қауiпсiз пайдалану мәселелерiнде ақпараттандыру объектілерінің меншiк иелерiне, иеленушілері мен пайдаланушыларына жәрдемдесуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z474" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      393) құзыреті шегінде табиғи монополиялар салаларында реттеу мен бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z475" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      394) арнаулы мақсаттағы телекоммуникация желілерінің объектілерін қоспағанда, байланыс саласындағы қызметті жүзеге асыратын және радиожиілік спектрін пайдаланатын шаруашылық жүргізуші субъектілердің байланыс объектілеріне белгіленген тәртіппен тексерулер жүргізу үшін қызметтік куәлікті не сәйкестендіру картасын көрсету арқылы кіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z476" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      395) радиожиілік спектрін бөліп беру және пайдалану мәселелері, радиоэлектрондық құралдар мен жоғары жиiлiктi құрылғыларды пайдалану жөнiндегi нормативтiк құқықтық актiлердi өз құзыреті шегінде әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z477" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      396) радиоәуесқойлық қызметтердің радиоэлектрондық құралдары мен жоғары жиілікті құрылғыларын қоса алғанда, радиоэлектрондық құралдарды және (немесе) жоғары жиілікті құрылғыларды пайдаланудың басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z478" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      397) Қазақстан Республикасының аумағында азаматтық мақсаттағы радиоэлектрондық құралдар және (немесе) жоғары жиiлiктi құрылғылар үшін радиожиілік спектрін пайдалануға рұқсат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z479" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      398) радиоэлектрондық құралдар мен жоғары жиілікті құрылғылар белгіленген стандарттар мен техникалық нормаларға сәйкес келмеген, азаматтардың қауіпсіздігіне, қоршаған ортаға қауіп төндірген жағдайда, сондай-ақ аса маңызды жұмыстар мен іс-шараларды орындаған кезде оларды пайдалануды Қазақстан Республикасының заңнамасына сәйкес тоқтата тұру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z480" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      399) радиоэлектрондық құралдарға, оның ішінде халықаралық ұйымдар мен шет мемлекеттердің халықаралық шарттарға сәйкес жұмыс істейтін радиоэлектрондық құралдарына радиобөгеуілдерді жою жөніндегі іс-шараларды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z481" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      400) азаматтық мақсаттағы иелікке берілген радиожиiлiктер белдеулерiнің электрондық дерекқорын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z482" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      401) нөмірлеудің бөлінген және резервтік ресурстарының тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z483" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      402) жиіліктер белдеулерін, радиожиіліктерді (радиожиілік арналарын) иелікке беруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z484" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      403) конкурс (немесе аукцион) өткізу арқылы бөліп беру үшін радиожиілік органдары айқындаған диапазондарда Қазақстан Республикасында жиіліктер белдеулерін, радиожиіліктерді (радиожиілік арналарын) бөліп беру жөніндегі конкурстарды (немесе аукциондарды) ұйымдастыру және өткізу, конкурстар (немесе аукциондар) шарттарын, оларға қатысушыларға қойылатын талаптарды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z485" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      404) Қазақстан Республикасындағы электромагниттік жағдайды көрсететін радиожиілік спектрінің республикалық дерекқорын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z486" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405) импорттан өзгеше жағдайларда, азаматтық мақсаттағы, оның ішінде басқа тауарлардың құрамына кіріктірілген не кіретін радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды Қазақстан Республикасының аумағына әкелуге қорытындылар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z487" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406) азаматтық мақсаттағы, оның ішінде басқа тауарлардың құрамына кіріктірілген не кіретін радиоэлектрондық құралдар мен жоғары жиілікті құрылғылардың импортына лицензиялар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z488" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      407) ұлттық ресурстардың және байланыс операторларының тізілімдерін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z489" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      408) азаматтық пайдаланушыларға жиіліктер белдеуін, радиожиілікті (радиожиілік арнасын) бөлу, иелікке беру (тағайындау), шақыру сигналын иелікке беруді қоса алғанда, кеме станциясына рұқсаттар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z490" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      409) радиоэлектрондық құралдарды және (немесе) жоғары жиілікті құрылғыларды пайдаланудың басталғаны туралы хабарлама болмаған және (немесе) техникалық сипаттамалары белгіленген нормаларға сәйкес келмеген жағдайда азаматтық мақсаттағы радиоэлектрондық құралдар мен жоғары жиілікті құрылғыларды өшіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z491" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410) бөлінетін жиілік белдеулерінің, радиожиіліктердің (радиожиілік арналарын) техникалық сараптамасы жөніндегі жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z492" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      411) радиобақылауды жүзеге асыру және байланыс саласындағы қызметтi жүзеге асыратын жеке және заңды тұлғалардың радиожиiлiк спектрiн пайдалануына және байланыс операторларының байланыс саласында қызмет көрсетуді жүзеге асыратын субъектілерге қойылатын біліктілік талаптарын және байланыс қызметтерін көрсету қағидаларын сақтауына тексеру жүргiзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z493" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      412) радиожиiлiк спектрiн пайдалана отырып, байланыс саласындағы қызметтердi көрсету жөнiндегi кәсiпкерлiк қызметтi жүзеге асырғаны үшiн біржолғы төлемақы мөлшерлерiн айқындау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z494" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      413) Қазақстан Республикасының байланыс саласындағы заңнамасы талаптарының бұзылғаны анықталған кезде нұсқамалар жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z495" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      414) байланыс операторлары көрсететін байланыс қызметтерінің сапасын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z496" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      415) Халықаралық электр байланыс одағының радиобайланыс регламентіне сәйкес радиожиіліктерді халықаралық үйлестіру жөніндегі іс-шараларды орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z497" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      416) байланыс саласындағы мемлекеттік монополия субъектілері өндіретін және өткізетін көрсетілетін қызметтерге бағаларды реттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z498" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      417) ауылдық елді мекендерде көрсетілетін, субсидияланатын байланыстың әмбебап қызметтеріне бағалардың шекті деңгейін реттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z499" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      418) Қазақстан Республикасының Үкіметі айқындайтын тәртіппен Қазақстан Республикасының уәкілетті мемлекеттік органдарының, Мемлекеттік күзет қызметінің (президенттік байланыстың мұқтаждығын қоспағанда), әскери басқару, ұлттық қауіпсіздік және ішкі істер органдарының, сондай-ақ "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымы операторының мұқтаждығы үшін байланыс желілері мен арналарын, кабельдік кәріздегі арналарды және техникалық құралдарды орналастыру үшін қажетті алаңдарды беру бағаларын (тарифтерін) реттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z500" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      419) байланыс құралдарын, сондай-ақ талшықты-оптикалық байланыс желілерін тарту үшін электр берудің әуе желілерінің тіреуіштерін орналастыру үшін орындарды мүліктік жалдауға (жалға беруге) арналған шекті тарифтерді бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z501" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      420) телекоммуникация желілерінде Қазақстан Республикасының балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z502" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      421) Ұлттық пошта операторының пошта байланысының көрсетілетін қызметтерін жүзеге асыруы кезінде оның қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасының заңнамасын сақтауын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z503" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      422) Қазақстан Республикасының пошта байланысының көрсетілетін қызметтерін ұсыну жөніндегі заңнамасының сақталуын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z504" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      423) мемлекеттік монополия және арнайы құқық субъектілері өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z505" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      424) Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасының сақталуын мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z506" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      425) жеке және заңды тұлғалардың жолданымдарын қабылдау және өңдеу бойынша ақпараттық жүйені сүйемелдеуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z507" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      426) Министрлікке және оның ведомстволарына, сондай-ақ ведомстволық бағынысты ұйымдарға жолданған, жеке және заңды тұлғалардың жолданымдарында, сұрау салуларында, ұсыныстарында, үн қосулар мен хабарларында көтерілетін жүйелі мәселелерді қарау, талдау, мониторингілеу және айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z508" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      427) мемлекеттік органдардың ақпараттық-коммуникациялық технологияларды қолдану жөніндегі қызметінің тиімділігін бағалауды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z509" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      428) Қазақстан Республикасының ақпараттандыру туралы заңнамасының талаптары бұзылғаны анықталған кезде ұйғарымдар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z510" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429) ақпараттандыру саласындағы стандарттау және сәйкестікті растау жөніндегі жұмыстарға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z511" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      430) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 3-бабы 2-тармағының 7) тармақшасында көзделген ерекшеліктер ескеріле отырып, "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында көзделген рұқсаттарды беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z512" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      431) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарау, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z513" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432) геодезиялық және картографиялық қызмет субъектiлерiнiң қызметiн үйлестiру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z514" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      433) геодезиялық пункттердi бұзуға немесе қайта салуға (орнын ауыстыруға) рұқсаттар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z515" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      434) мемлекеттік мақсаттағы геодезиялық және картографиялық жұмыстарды орындауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z516" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      435) Қазақстан Республикасының өлшем бірлігін қамтамасыз ету туралы заңнамасына сәйкес геодезиялық өлшем құралдарының бiрлiгi мен дәлдiгiн қамтамасыз ету жөнiндегi қызметтi жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z517" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      436) Қазақстан Республикасындағы геодезиялық және картографиялық қызметті мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z518" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      437) геодезия, картография және кеңістіктік деректер саласындағы рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z519" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      438) Қазақстан Республикасының Қорғаныс министрлiгiмен өзара келісілген жұмыс жоспарына сәйкес Қазақстан Республикасының қорғанысы мен ұлттық қауіпсіздігін қамтамасыз ету мүддесіндегі геодезиялық және картографиялық қызметті жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z520" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      439) мемлекеттік геодезиялық, нивелирлік және гравиметриялық желілерді жасау мен дамытуды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z521" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      440) топографиялық карталар мен жоспарларды жасау және жаңартып отыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z522" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      441) Ұлттық кеңістіктік деректер инфрақұрылымын құру және дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z523" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      442) ғылыми-зерттеу, тәжірибелік-конструкторлық жұмыстарды жүргізу және қазіргі заманғы технологияларды ендіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z524" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      443) Ұлттық кеңістіктік деректер инфрақұрылымына кеңістіктік деректерді ұсыну қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z525" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      444) мемлекеттік есептеу жүйелері мен картографиялық проекцияларды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z526" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445) мемлекеттік органдар мен ұйымдарға электрондық құжат және электрондық цифрлық қолтаңба мәселелері бойынша практикалық және әдістемелік көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z527" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      446) мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес орталық мемлекеттік органдардың, жергілікті атқарушы органдардың мемлекеттік қызметтер көрсету реинжинирингі жөніндегі қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z528" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447) мемлекеттік басқаруды цифрлық трансформациялау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z529" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      448) электрондық нысанда және (немесе) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы арқылы көрсетілетін мемлекеттік қызметтердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру жөнінде ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z530" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      449) құзыреті шегінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясының қызметін тексеруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z531" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      450) "Азаматтарға арналған үкімет" мемлекеттік корпорациясының қызметін ұйымдастыруды және бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z532" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      451) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органмен келісу бойынша әріптестік келісім жасасу үшін кәсіпкерлік субъектілеріне қойылатын талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z533" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452) әріптестік келісім жасасу үшін кәсіпкерлік субъектілерін іріктеу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z534" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      453) әріптестік келісім жасасу үшін кәсіпкерлік субъектілерін іріктеуді жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z535" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      454) жасырын мемлекеттік көрсетілетін қызметтерді анықтау және оларды мемлекеттік көрсетілетін қызметтердің тізіліміне енгізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z536" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      455) әріптестік ұйымдар мемлекеттік қызметтер көрсетуге өтініштер қабылдауды және көрсетілетін қызметті алушыға олардың нәтижелерін беруді жүзеге асыра алатын мемлекеттік көрсетілетін қызметтерді мемлекеттік көрсетілетін қызметтердің тізілімінен іріктеуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z537" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      456) үлгілік әріптестік келісімді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z538" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      457) "Азаматтарға арналған үкімет" мемлекеттік корпорациясының қызметін және оның көрсетілетін қызметті берушілермен өзара іс-қимылын үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z539" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      458) бірыңғай байланыс орталығының жұмысын ұйымдастыру және үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z540" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      459) әкімшілік органдардың байланыс орталықтарының жұмысын ұйымдастыру жөніндегі үлгілік талаптарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z541" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      460) әкімшілік органдардың байланыс орталықтарының жеке және заңды тұлғаларды хабардар ету және олардың жұмысын ұйымдастыру жөніндегі үлгілік талаптарды іске асыру бойынша жұмысын үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z542" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      461) "111" байланыс орталығының қызметін ұйымдастыру және қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z543" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      462) мемлекеттік көрсетілетін қызметтерді автоматтандыру процестерін бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z544" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      463) мемлекеттік көрсетілетін қызметтер тізілімін әзірлеуді және жүргізуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z545" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      464) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z546" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      465) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу бойынша орталық мемлекеттік органдардың қызметіне мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z547" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      466) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z548" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467) меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі шараларды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z549" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      468) дербес деректерді қорғау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z550" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      469) дербес деректер субъектісінің дербес деректер мазмұнының және оларды өңдеу тәсілдерінің оларды өңдеу мақсаттарына сәйкестігі туралы өтініштерін қарау және тиісті шешім қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z551" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      470) техникалық реттеу саласындағы уәкілетті органмен келісу бойынша құзыретіне кіретін мәселелер бойынша техникалық регламенттерді әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z552" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      471) Қазақстан Республикасының дербес деректер және оларды қорғау туралы заңнамасын бұзуға жол берген тұлғаларды Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту бойынша шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z553" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      472) меншік иесінен және (немесе) оператордан, сондай-ақ үшінші тұлғадан анық емес немесе заңсыз жолмен алынған дербес деректерді нақтылауды, бұғаттауды немесе жоюды талап ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z554" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      473) субъектілер құқықтарын қорғауды жетілдіруге бағытталған шараларды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z555" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      474) мемлекеттік емес ақпараттандыру объектілерінің мемлекеттік органдардың және (немесе) мемлекеттік заңды тұлғалардың ақпараттандыру объектілерімен дербес деректерді беру жүзеге асырылатын және (немесе) дербес деректерге қолжетімділік берілетін интеграциялануын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z556" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      475) меншік иесінің және (немесе) оператордың өздері жүзеге асыратын міндеттерді орындау үшін қажетті және жеткілікті дербес деректердің тізбесін айқындау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z557" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      476) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z558" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      477) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z559" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z560" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      479) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z561" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      480) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультациялық, әдістемелік қолдау көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z562" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      481) өздерінің құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z563" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      482) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z564" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z565" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      484) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z566" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      485) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z567" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      486) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z568" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      487) деректерді өңдеу орталықтары операторларының, бұлттық есептеулер қызметтерін берушілердің, интернет-трафикпен алмасу нүктелерінің қызметін реттеуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z569" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      488) мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға атау беру, олардың атауларын өзгерту, атауларының транскрипциясын нақтылау мен өзгерту және оларға жеке адамдардың есімдерін беру туралы шешім қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z570" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      489) деректерді өңдеу орталықтарының халықаралық немесе ұлттық техникалық аудиттен өту қағидаларын Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z571" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      490) деректерді өңдеу орталығының қызметін ұйымдастыру қағидаларын Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z572" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      491) ұлттық жасанды интеллект платформасы операторының ұлттық жасанды интеллект платформасының есептеу ресурстарын бөлу тәртібін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z573" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      492) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...81 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z574" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...123 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Министрдің мәртебесі және өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z575" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Министрлікті Министр басқарады, ол Министрлікке жүктелген міндеттердің орындалуына және өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z576" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Министр Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z577" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Министрдің Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z578" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Министрдің өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z579" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реттелетiн саладағы мемлекеттiк саясатты қалыптастыру жөнiнде ұсыныстар әзiрлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z580" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз орынбасарларының өкiлеттiктерiн айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z581" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ведомстволар актiлерiнiң қолданылуын толық немесе iшiнара тоқтатады немесе тоқтата тұрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z582" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Министрлік атынан Қазақстан Республикасының Парламентiнде, мемлекеттiк органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z583" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Министрліктің жұмыс регламентiн бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z584" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Министрлікке келiсуге келiп түскен нормативтiк құқықтық актiлердiң жобаларын келiседi және қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z585" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Министрлікте сыбайлас жемқорлыққа қарсы күрес бойынша шаралар қабылдайды және оған дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z586" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Үкімет тиісті шешім қабылдаған жағдайда жарғылық капиталына мемлекет қатысатын коммерциялық ұйымның басшылық органының немесе байқаушы кеңестің құрамына кіреді, сондай-ақ Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z587" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр болмаған кезеңде оның өкiлеттiктерiн орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z588" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Министр өз орынбасарларының өкiлеттiктерiн қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z589" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z590" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...123 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z591" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z592" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z593" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Министрлікке бекiтіп берілген мүлiк республикалық меншiкке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z594" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер заңнамада өзгеше көзделмесе, Министрлік өзіне бекітіп берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгеше тәсілмен билік етуге құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z595" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4387 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Министрдің мәртебесі және өкілеттіктері</w:t>
-[...414 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z596" w:id="582"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z596" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z597" w:id="583"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z597" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің және оның ведомстволарының қарамағындағы ұйымдардың тізбесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z598" w:id="584"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z598" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z599" w:id="585"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z599" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерлік қоғамдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z600" w:id="586"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z600" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z601" w:id="587"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z601" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Ұлттық ақпараттық технологиялар" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z602" w:id="588"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z602" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "QazExpoCongress" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z603" w:id="589"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z603" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық мемлекеттік кәсіпорындар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z604" w:id="590"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z604" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Мемлекеттік радиожиілік қызметі" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z605" w:id="591"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z605" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Цифрлық үкіметті қолдау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z606" w:id="592"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z606" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Ұлттық геодезия және кеңістіктік ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z607" w:id="593"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z607" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Аэроғарыш комитеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z608" w:id="594"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z608" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерлік қоғамдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z609" w:id="595"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z609" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Бәйтерек" Қазақстан-Ресей бірлескен кәсіпорны" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z610" w:id="596"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z610" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Республикалық ғарыштық байланыс орталығы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z611" w:id="597"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z611" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Қазақстан Ғарыш Сапары" ұлттық компаниясы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z612" w:id="598"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z612" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Ұлттық ғарыштық зерттеулер мен технологиялар орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z613" w:id="599"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z613" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық мемлекеттік кәсіпорын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z614" w:id="600"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z614" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Аэроғарыш комитетінің "Инфракос" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z615" w:id="601"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z615" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауапкершілігі шектеулі серіктестіктер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z616" w:id="602"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z616" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Ғалам" жауапкершілігі шектеулі серіктестігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z617" w:id="603"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z617" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "В.Г. Фесенков атындағы астрофизикалық институт" жауапкершілігі шектеулі серіктестігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z618" w:id="604"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z618" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Ионосфера институты" жауапкершілігі шектеулі серіктестігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z619" w:id="605"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z619" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Ғарыштық техника және технологиялар институты" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z620" w:id="606"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z620" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық мемлекеттік мекеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z621" w:id="607"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z621" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігі Аэроғарыш комитетінің "Байқоңыр баланс" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z622" w:id="608"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z622" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Телекоммуникациялар комитеті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z623" w:id="609"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z623" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық мемлекеттік мекемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z624" w:id="610"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z624" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Телекоммуникациялар комитетінің Қостанай және Солтүстік Қазақстан облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z625" w:id="611"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z625" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Телекоммуникациялар комитетінің Шығыс Қазақстан, Павлодар және Абай облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z626" w:id="612"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z626" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Телекоммуникациялар комитетінің Ақтөбе, Батыс Қазақстан, Маңғыстау және Атырау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z627" w:id="613"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z627" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Телекоммуникациялар комитетінің Шымкент қаласы, Жамбыл, Түркістан және Қызылорда облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z628" w:id="614"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z628" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Телекоммуникациялар комитетінің Алматы қаласы, Алматы және Жетісу облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z629" w:id="615"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z629" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Телекоммуникациялар комитетінің Астана қаласы, Ақмола, Қарағанды және Ұлытау облыстары бойынша өңіраралық байланыс инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkEnd w:id="623"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13863,348 +13551,348 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 846 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z631" w:id="616"/>
+    <w:bookmarkStart w:name="z631" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z632" w:id="617"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z632" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z633" w:id="618"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z633" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z634" w:id="619"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z634" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігіне" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z635" w:id="620"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z635" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырып мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z636" w:id="621"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z636" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігіне";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z637" w:id="622"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z637" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 376-5-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z638" w:id="623"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z638" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Аэроғарыш комитетіне" деген кіші бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z639" w:id="624"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z639" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырып мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z640" w:id="625"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z640" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Аэроғарыш комитетіне";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z641" w:id="626"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z641" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ғылым және жоғары білім министрлігіне:" деген бөлім мынадай мазмұндағы реттік нөмірі 406-32-4-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z642" w:id="627"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z642" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "406-32-4. "QazInnovations" инновацияларды дамыту жөніндегі ұлттық агенттігі" акционерлік қоғамы.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z643" w:id="628"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z643" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Ғарыш кеңістігін пайдалану саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиар мен "Ғарыш объектілерін және оларға құқықтарды мемлекеттік тіркеу туралы куәлік" екінші санаттағы рұқсатын беретін уәкілетті органды айқындау туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 17 маусымдағы № 437 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkEnd w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14217,150 +13905,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z645" w:id="629"/>
+    <w:bookmarkStart w:name="z645" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z646" w:id="630"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z646" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Аэроғарыш комитеті ғарыш кеңістігін пайдалану саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z647" w:id="631"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z647" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Аэроғарыш комитеті "Ғарыш объектілерін және оларға құқықтарды мемлекеттік тіркеу туралы куәлік" екінші санаттағы рұқсатын беретін уәкілетті орган болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z648" w:id="632"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z648" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Байланыс саласында қызметтер көрсету бойынша қызметті лицензиялауды жүзеге асыру жөніндегі лицензиарды және байланыс саласындағы екінші санаттағы рұқсаттарды беруге уәкілетті органды айқындау туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 16 шілдедегі № 543 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkEnd w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14373,150 +14061,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z650" w:id="633"/>
+    <w:bookmarkStart w:name="z650" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Телекоммуникациялар комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z651" w:id="634"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z651" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) байланыс саласында қызметтер көрсету бойынша қызметті лицензиялауды жүзеге асыру жөніндегі лицензиар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z652" w:id="635"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z652" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыға қосымшаға сәйкес байланыс саласындағы екінші санаттағы рұқсаттарды беруге уәкілетті орган болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z653" w:id="636"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z653" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Электрондық үкіметтің" сервистік интеграторын айқындау туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 25 мамырдағы № 337 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkEnd w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14529,150 +14217,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z655" w:id="637"/>
+    <w:bookmarkStart w:name="z655" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Цифрлық үкіметті қолдау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны "электрондық үкіметтің" сервистік интеграторы болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z656" w:id="638"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z656" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Ғылым және жоғары білім министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы № 580 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z657" w:id="639"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z657" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkEnd w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14685,70 +14373,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z659" w:id="640"/>
+    <w:bookmarkStart w:name="z659" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Ғылым және жоғары білім министрлігі (бұдан әрі – Министрлік) жоғары және жоғары оқу орнынан кейінгі білім беру, тіл саясаты, ғылым, ғылым саласындағы сапаны қамтамасыз ету, жоғары және жоғары оқу орнынан кейінгі білім беру, ғылымды, жоғары және жоғары оқу орнынан кейінгі білім беруді цифрландыру, инновациялық қызмет саласындағы басшылық жасауды жүзеге асыратын мемлекеттік орган болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkEnd w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14817,150 +14505,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z662" w:id="641"/>
+    <w:bookmarkStart w:name="z662" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) жоғары және жоғары оқу орнынан кейінгі білім беру, ғылым және ғылыми-техникалық қызмет, ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру саласында бірыңғай мемлекеттік саясатты қалыптастыру және іске асыру, салааралық үйлестіруді жүзеге асыру, жоғары және жоғары оқу орнынан кейінгі білім және ғылым саласында халықаралық бағдарламаларды әзірлеу және іске асыру, сондай-ақ мемлекеттің ішкі және сыртқы саясатының Қазақстан Республикасының Президенті айқындаған негізгі бағыттары мен мемлекеттің әлеуметтік-экономикалық саясатының, оның қорғаныс қабілетінің, қауіпсіздігінің, қоғамдық тәртіпті қамтамасыз етудің Қазақстан Республикасының Үкіметі әзірлеген негізгі бағыттары негізінде және оларды орындау үшін Қазақстан Республикасының заңнамасына сәйкес мемлекеттік білім беру жинақтау жүйесі, тілдерді дамыту салаларындағы мемлекеттік саясатты қалыптастыру және іске асыру, инновациялық қызметті мемлекеттік қолдау саласын қалыптастыру және оның дамуын қамтамасыз ету, инновациялық қызмет саласындағы елішілік құндылықты дамыту;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z663" w:id="642"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z663" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 5), 6) және 7) тармақшалармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z664" w:id="643"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z664" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5) инновациялық жүйені жоспарлау, мониторингілеу, ынталандыру және дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z665" w:id="644"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z665" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) инновациялық қызметті мемлекеттік қолдау саласындағы мемлекеттік саясатты қалыптастыру және іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z666" w:id="645"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z666" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік технологиялық саясатты қалыптастыру және іске асыру.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkEnd w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14973,690 +14661,690 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 177-30), 177-31) 177-32), 177-33), 177-34), 177-35), 177-36), 177-37), 177-38), 177-39), 177-40), 177-41), 177-42), 177-43), 177-44), 177-45), 177-46), 177-47), 177-48), 177-49), 177-50), 177-51), 177-52), 177-53), 177-54) және 177-55) тармақшалармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z668" w:id="646"/>
+    <w:bookmarkStart w:name="z668" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "177-30) инновациялық жобаларды сынамалауға арналған эксперименттік режимдерге бастама жасау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z669" w:id="647"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z669" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-31) инновациялық гранттар берудің басым бағыттарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z670" w:id="648"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z670" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-32) Қазақстан Республикасының Үкіметіне инновациялық даму саласындағы ұлттық даму институтын және Қазақстан Республикасының заңнамасына сәйкес инновациялық қызметті мемлекеттік қолдау шараларын іске асыруға уәкілетті, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан да көп пайызы тікелей не жанама түрде мемлекетке тиесілі өзге де заңды тұлғалардың тізбесін айқындау жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z671" w:id="649"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z671" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-33) салаларды технологиялық дамытуға инновациялық гранттар беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z672" w:id="650"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z672" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-34) технологияларды коммерцияландыруға инновациялық гранттар беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z673" w:id="651"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z673" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-35) жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық гранттар беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z674" w:id="652"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z674" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-36) инновациялық гранттар беру кезінде инновациялық даму саласындағы ұлттық даму институты көрсететін қызметтерге ақы төлеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z675" w:id="653"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z675" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-37) инновациялық қызмет сыныптамасын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z676" w:id="654"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z676" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-38) инновациялық қызметті дамытудың ұлттық индексін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z677" w:id="655"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z677" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-39) инновациялық даму саласындағы ұлттық даму институтын тарта отырып, инновациялық гранттар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z678" w:id="656"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z678" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-40) инновациялық даму саласындағы ұлттық даму институтымен жасалатын шарт негізінде инновациялық гранттар беруге қаражат бөлу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z679" w:id="657"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z679" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-41) жобалардың инновациялылығы өлшемшарттарын айқындау жөніндегі әдістемені бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z680" w:id="658"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z680" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-42) инновациялық қызметті мемлекеттік қолдау шараларын іске асыру тиімділігін бағалау әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z681" w:id="659"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z681" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-43) өнеркәсіптік-инновациялық қызмет субъектілеріне қосылған құнның жаһандық тізбектеріне кіру бойынша, оның ішінде тауарлардың жаңа түрлерін өндіруге арналған техникалық құжаттаманы және нақты тауарлар бойынша көш бастап тұрған жетекші әлемдік өндірушілердің әлемдік өндірістік франшизаларын пайдалану арқылы жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z682" w:id="660"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z682" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-44) өнеркәсіптік-инновациялық қызмет субъектілері ұсынатын мамандарға деген қажеттілік туралы мәліметтер негізінде экономиканың басым секторлары үшін мамандар даярлау талап етілетін мамандықтар тізбесін айқындау жөніндегі ұсыныстарды қалыптастыру және халықты жұмыспен қамту мәселелері жөніндегі уәкілетті органға жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z683" w:id="661"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z683" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-45) ұлттық басқарушы холдингтердің, ұлттық холдингтердің және ұлттық компаниялардың даму жоспарларын, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан да көп пайызы мемлекетке тиесілі заңды тұлғалардың, олармен үлестес заңды тұлғалардың, ұлттық басқарушы холдингтердің (Ұлттық әл-ауқат қорын қоспағанда), ұлттық холдингтердің, ұлттық компаниялардың (Ұлттық әл-ауқат қорының тобына кіретін ұлттық компанияларды қоспағанда) және олармен үлестес заңды тұлғалардың даму жоспарларын және іс-шаралар жоспарларын технологиялар мен инновацияларды дамыту бөлігінде келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z684" w:id="662"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z684" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-46) Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құжаттарын инновациялық және технологиялық даму бөлігінде келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z685" w:id="663"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z685" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-47) Қазақстан Республикасы Үкіметінің жанындағы Технологиялық саясат жөніндегі кеңес туралы ережені әзірлеу және Қазақстан Республикасының Үкіметіне оның құрамын қалыптастыру жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z686" w:id="664"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z686" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-48) бизнес-инкубациялауды дамытуға жәрдемдесу бойынша қызметтер көрсету қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z687" w:id="665"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z687" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-49) технологиялық болжауды жүзеге асырудың, салалық технологиялық құзырет орталықтарының жұмыс істеуінің, технологиялық платформаларды ұйымдастырудың және нысаналы технологиялық бағдарламаларды әзірлеудің әдістемесі мен өлшемшарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z688" w:id="666"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z688" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-50) цифрлық трансформация және 4.0 индустриясын енгізу жөніндегі мемлекеттік саясатты қалыптастыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z689" w:id="667"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z689" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-51) Технологиялық саясат жөніндегі кеңесте қарау үшін жетекшілік ететін бағыттардағы салалық технологиялық құзырет орталықтарын, нысаналы технологиялық бағдарламаларды айқындау және технологиялық платформаларды ұйымдастыру жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z690" w:id="668"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z690" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-52) өңірлерде мемлекеттік технологиялық саясаттың іске асырылуын мониторингтеуді жүзеге асыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z691" w:id="669"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z691" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-53) құзыреті шегінде әлеуетті инвесторларды, оның ішінде шетелдік инвесторларды өнеркәсіптік-инновациялық жобаларды іске асыруға қатысуға тарту мақсатында оларды іздестіру және олармен келіссөздер жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z692" w:id="670"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z692" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-54) құзыреті шегінде өнеркәсіптік-инновациялық қызмет субъектілерін инвестициялық тақырып бойынша бизнес-форумдарға, конференциялар мен семинарларға қатысуға тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z693" w:id="671"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z693" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-55) құзыреті шегінде бұқаралық ақпарат құралдарында, оның ішінде шетелдегі мекемелер арқылы, сондай-ақ Қазақстан Республикасының аумағындағы шетелдік дипломатиялық және оларға теңестірілген өкілдіктер мен консулдық мекемелер арқылы шетелдік бұқаралық ақпарат құралдарында өнеркәсіптік-инновациялық жобалар туралы ақпарат тарату;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z694" w:id="672"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z694" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ғылым және жоғары білім министрлігіне акцияларының мемлекеттік пакеттері мен қатысу үлестерін иелену және пайдалану құқығы берілген заңды тұлғалардың тізбесі мынадай мазмұндағы реттік нөмірі 2-1-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z695" w:id="673"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z695" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-1. "QazInnovations" инновацияларды дамыту жөніндегі ұлттық агенттігі" акционерлік қоғамы.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z696" w:id="674"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z696" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Үкіметінің регламенті туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 6 қаңтардағы № 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z697" w:id="675"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z697" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Үкіметінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>регламентінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkEnd w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15669,70 +15357,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z699" w:id="676"/>
+    <w:bookmarkStart w:name="z699" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4) ақпараттандыру және мемлекеттік басқаруды цифрлық трансформациялауды салааралық үйлестіру саласындағы уәкілетті орган ретінде Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігімен келісілуге тиіс.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkEnd w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15745,130 +15433,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші және екінші бөліктері мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z701" w:id="677"/>
+    <w:bookmarkStart w:name="z701" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "49. Жобаларды 5 (бес) жұмыс күні ішінде келісетін Әділет, Қаржы, Ұлттық экономика, ақпараттандыру және мемлекеттік басқаруды цифрлық трансформациялауды салааралық үйлестіру саласындағы уәкілетті орган ретінде Жасанды интеллект және цифрлық даму министрліктерін қоспағанда, мемлекеттік органдар жобаларды (Парламент Мәжілісіне заңнамалық актілердің жобаларын енгізуді көздейтін Үкімет қаулыларынан басқа) 3 (үш) жұмыс күні ішінде келіседі. Халықаралық шартқа қол қою, оны бекіту, қабылдау мәселелері бойынша және оған қосылу туралы жобаларды Сыртқы істер министрлігі 5 (бес) жұмыс күні ішінде келіседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z702" w:id="678"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z702" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоба мемлекеттік органда 3 (үш) жұмыс күнінен (Әділет, Қаржы, Ұлттық экономика, Сыртқы істер, Жасанды интеллект және цифрлық даму министрліктерінде 5 (бес) жұмыс күнінен) артық келісуде болған және ол бойынша жауап ұсынылмаған жағдайда мұндай жоба әдепкі қалпы бойынша "келісілді" деп саналады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z703" w:id="679"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z703" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Цифрлық майнинг жөніндегі қызметті лицензиялауды жүзеге асыру бойынша лицензиарды айқындау туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 13 сәуірдегі № 293 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkEnd w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15881,110 +15569,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z705" w:id="680"/>
+    <w:bookmarkStart w:name="z705" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Жасанды интеллект және деректерді басқару комитеті цифрлық майнинг жөніндегі қызметті лицензиялауды жүзеге асыру бойынша лицензиар болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z706" w:id="681"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z706" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қамтамасыз етілген цифрлық активтерді шығаруға және олардың айналысына екінші санаттағы рұқсаттар беруге уәкілетті органды айқындау туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 25 сәуірдегі № 325 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkEnd w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15997,110 +15685,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z708" w:id="682"/>
+    <w:bookmarkStart w:name="z708" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің Жасанды интеллект және деректерді басқару комитеті қамтамасыз етілген цифрлық активтерді шығаруға және олардың айналысына екінші санаттағы рұқсаттар беруге уәкілетті орган болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z709" w:id="683"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z709" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Ақпараттық қауіпсіздікті қамтамасыз ету саласындағы ұлттық даму институтын айқындау туралы" Қазақстан Республикасы Үкіметінің 2025 жылғы 6 мамырдағы № 311 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkEnd w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16113,70 +15801,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z711" w:id="684"/>
+    <w:bookmarkStart w:name="z711" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Цифрлық үкіметті қолдау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны ақпараттық қауіпсіздікті қамтамасыз ету саласындағы ұлттық даму институты болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkEnd w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -16300,168 +15988,168 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 846 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z713" w:id="685"/>
+    <w:bookmarkStart w:name="z713" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республикалық мемлекеттік заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z714" w:id="686"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z714" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Мемлекеттік радиожиілік қызметі" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z715" w:id="687"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z715" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Цифрлық үкіметті қолдау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z716" w:id="688"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z716" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Жасанды интеллект және цифрлық даму министрлігінің "Ұлттық геодезия және кеңістіктік ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z717" w:id="689"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z717" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Аэроғарыш комитетінің "Инфракос" шаруашылық жүргiзу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z718" w:id="690"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z718" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Аэроғарыш комитетінің "Байқоңыр баланс" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkEnd w:id="698"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16553,1862 +16241,1862 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 846 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z720" w:id="691"/>
+    <w:bookmarkStart w:name="z720" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған  кейбiр шешiмдерiнiң тiзбесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z721" w:id="692"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z721" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z722" w:id="693"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z722" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитетін құру және "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 15 қазандағы № 765 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z723" w:id="694"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z723" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Білім және ғылым министрлігінің Ғылым комитеті "Қолданбалы математика институты" республикалық мемлекеттік қазыналық кәсіпорнының кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 10 желтоқсандағы № 914 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z724" w:id="695"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z724" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 21 ақпандағы № 77 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z725" w:id="696"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z725" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 15 сәуірдегі № 205 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z726" w:id="697"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z726" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Геодезия және картография комитетінің қарамағындағы кейбір республикалық мемлекеттік кәсіпорындарды қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 8 қыркүйектегі № 559 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z727" w:id="698"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z727" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Қаржы министрлігі "Байқоңырбаланс" мемлекеттік мекемесінің кейбір мәселелері және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 3 желтоқсандағы № 817 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z728" w:id="699"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z728" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 18 қаңтардағы № 12 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z729" w:id="700"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z729" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің кейбір өкімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 18 наурыздағы № 145 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің кейбір өкімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z730" w:id="701"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z730" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 30 наурыздағы № 172 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z731" w:id="702"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z731" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Үкіметінің "Меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі шараларды жүзеге асыру қағидаларын бекіту туралы" 2013 жылғы 3 қыркүйектегі № 909 және "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" 2019 жылғы 12 шілдедегі № 501 қаулыларына өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 30 сәуірдегі № 285 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z732" w:id="703"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z732" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Аэроғарыш комитетінің "Инфракос" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнын қайта ұйымдастыру және Қазақстан Республикасы Үкіметінің шешіміне өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 6 мамырдағы № 295 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z733" w:id="704"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z733" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 14 тамыздағы № 559 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z734" w:id="705"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z734" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің "Қолданбалы математика институты" республикалық мемлекеттiк қазыналық кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 15 қарашадағы № 815 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z735" w:id="706"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z735" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерiс енгiзу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 31 желтоқсандағы № 992 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z736" w:id="707"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z736" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің "Қолданбалы математика институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттiк кәсіпорнының атауын өзгерту және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 4 ақпандағы № 51 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z737" w:id="708"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z737" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасының Мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 8 сәуірдегі № 197 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z738" w:id="709"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z738" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасы Үкіметінің "Меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі шараларды жүзеге асыру қағидаларын бекіту туралы" 2013 жылғы 3 қыркүйектегі № 909 және "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" 2019 жылғы 12 шілдедегі № 501 қаулыларына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 14 сәуірдегі № 219 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z739" w:id="710"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z739" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Қазақстан Республикасының Мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 13 мамырдағы № 307 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z740" w:id="711"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z740" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасы Президентінің "Қазақстан Республикасының әкімшілік-аумақтық құрылысының кейбір мәселелері туралы" 2022 жылғы 3 мамырдағы № 886 және "Қазақстан Республикасының әкімшілік-аумақтық құрылысының кейбір мәселелері туралы" 2022 жылғы 3 мамырдағы № 887 жарлықтарын іске асыру жөніндегі кейбір мәселелер туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 11 шілдедегі № 471 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z741" w:id="712"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z741" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "В.Г. Фесенков атындағы астрофизикалық институт" еншілес жауапкершілігі шектеулі серіктестігінің қатысу үлесін сыйға тарту шарты бойынша жеке меншіктен республикалық меншікке қабылдау және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 5 тамыздағы № 535 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z742" w:id="713"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z742" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Зерде" ұлттық инфокоммуникация холдингі" акционерлік қоғамының кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 5 тамыздағы № 540 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z743" w:id="714"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z743" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 26 қыркүйектегі № 749 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z744" w:id="715"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z744" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 19 қазандағы № 834 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z745" w:id="716"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z745" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Ионосфера институты" және "Ғарыштық техника және технологиялар институты" жауапкершілігі шектеулі еншілес серіктестіктерінің қатысу үлестерін сыйға тарту шарты бойынша жеке меншіктен республикалық меншікке қабылдау және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгеріс пен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 31 қазандағы № 857 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiс пен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z746" w:id="717"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z746" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгеріс пен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 30 қарашадағы № 965 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z747" w:id="718"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z747" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. "Денсаулық сақтау саласында цифрландыруды дамытудың кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 28 желтоқсандағы № 1080 қаулысының 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z748" w:id="719"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z748" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 16 ақпандағы № 133 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z749" w:id="720"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z749" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 15 наурыздағы № 217 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z750" w:id="721"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z750" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 2 мамырдағы № 347 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z751" w:id="722"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z751" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 11 мамырдағы № 361 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z752" w:id="723"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z752" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 4 тамыздағы № 644 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z753" w:id="724"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z753" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 1 қыркүйектегі № 762 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z754" w:id="725"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z754" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 26 қыркүйектегі № 835 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z755" w:id="726"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z755" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 12 наурыздағы № 169 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z756" w:id="727"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z756" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 27 сәуірдегі № 342 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z757" w:id="728"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z757" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 9 шілдедегі № 538 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z758" w:id="729"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z758" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 9 қазандағы № 835 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z759" w:id="730"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z759" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. "Қазақстан Республикасы Денсаулық сақтау министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 29 қазандағы № 902 қаулысының 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z760" w:id="731"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z760" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 31 желтоқсандағы № 1155 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z761" w:id="732"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z761" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2025 жылғы 6 наурыздағы № 128 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z762" w:id="733"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z762" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгеріс пен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2025 жылғы 14 мамырдағы № 337 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z763" w:id="734"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z763" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. "QazExpoCongress" ұлттық компаниясы" акционерлік қоғамының кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2025 жылғы 19 мамырдағы № 349 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z764" w:id="735"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z764" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2019 жылғы 17 маусымдағы № 24 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысына өзгеріс пен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2025 жылғы 27 маусымдағы № 486 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkEnd w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>