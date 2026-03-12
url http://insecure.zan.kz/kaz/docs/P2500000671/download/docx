--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cfeb098" w14:textId="cfeb098">
+    <w:p w14:paraId="f8a69ec" w14:textId="f8a69ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Стратегиялық су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлардың, оның ішінде мүліктік жалдауға (жалға) немесе сенімгерлік басқаруға берілуі мүмкін құрылысжайлардың тізбесін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 23 тамыздағы № 671 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 23 тамыздағы № 671 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Су кодексi 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -610,50 +610,88 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Стратегиялық су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлардың, оның ішінде мүліктік жалдауға (жалға) немесе сенімгерлік басқаруға берілуі мүмкін құрылысжайлардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгеріс енгізілді - ҚР Үкіметінің 24.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3270,90 +3308,190 @@
         <w:t>
       4. Салу жоспарланған немесе салыну процесіндегі гидротехникалық құрылысжайлар*:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z144" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Түркістан облысындағы Өгем өзеніндегі гидроэлектр станцияларының каскады бар су құбыры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:bookmarkStart w:name="z158" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) Шығыс Қазақстан облысындағы Кіші Үлбі өзеніндегі "Алтай" шағын гидроэлектр станциясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z159" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) Жетісу облысы Алакөл ауданындағы Тентек өзеніндегі гидроэлектр станцияларының каскады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z160" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3) Жетісу облысындағы Көксу өзеніндегі гидроэлектр станцияларының каскады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z161" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-4) Жетісу облысы Сарқан ауданындағы Лепсі өзеніндегі бөгет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z162" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-5) Шығыс Қазақстан облысындағы Қалжыр өзеніндегі шағын гидроэлектр станцияларының каскады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z145" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Шығыс Қазақстан облысындағы Оба өзеніндегі гидроэлектр станцияларының каскады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z146" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *Ескертпе: осы тармақта көрсетілген гидротехникалық құрылысжайлар пайдалануға берілгеннен кейін осы тізімнің тиісті тармағына енгізілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3497,442 +3635,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 671 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z150" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 29 желтоқсандағы № 933 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z151" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 29 желтоқсандағы № 933 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 7 сәуірдегі № 214 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z152" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 29 желтоқсандағы № 933 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 4 маусымдағы № 379 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z153" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Су ресурстары комитеті "Қазсушар" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының Сырдария өзеніндегі Қызылорда су торабына Сабыр Арыстанбаевтың есімін беру және Қазақстан Республикасы Үкіметінің "Республикалық меншіктегі су шаруашылығы құрылыстарының тізбесін бекіту туралы" 2004 жылғы 21 желтоқсандағы № 1344 және "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 29 желтоқсандағы № 933 қаулыларына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 18 ақпандағы №7 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z154" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Үкіметінің "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" 2017 жылғы 29 желтоқсандағы № 933 және "Жекешелендірудің 2021 – 2025 жылдарға арналған кейбір мәселелері туралы" 2020 жылғы 29 желтоқсандағы № 908 қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 2 тамыздағы № 523 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z155" w:id="146"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z155" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 29 желтоқсандағы № 933 қаулысына өзгеріс пен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 9 ақпандағы № 100 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z156" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 29 желтоқсандағы № 933 қаулысына толықтыру енгізу және ерекше қорғалатын табиғи аумақтардың жерлерін босалқы жерлерге ауыстыру туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 29 қыркүйектегі № 774 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z157" w:id="148"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z157" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Үкіметінің "Республикалық меншіктегі су шаруашылығы құрылыстарының тізбесін бекіту туралы" 2004 жылғы 21 желтоқсандағы № 1344 және "Ерекше стратегиялық маңызы бар, оның ішінде жалға және сенімгерлік басқаруға берілуі мүмкін су шаруашылығы құрылыстарының тізбесі туралы" 2017 жылғы 29 желтоқсандағы № 933 қаулыларына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2025 жылғы 20 наурыздағы № 164 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>