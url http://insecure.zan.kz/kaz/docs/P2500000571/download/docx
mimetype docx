--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b92e1c" w14:textId="3b92e1c">
+    <w:p w14:paraId="b8cb097" w14:textId="b8cb097">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4287,94 +4287,348 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Жылдық есепті ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
     <w:bookmarkStart w:name="z185" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Бюджетті атқару жөніндегі орталық уәкілетті орган есепті жылдан кейінгі жылдың 1 сәуірінен кешіктірмей есепті қаржы жылында республикалық бюджеттің атқарылуы туралы жылдық есепті жасайды және оны Қазақстан Республикасының Үкіметіне, мемлекеттік жоспарлау жөніндегі орталық уәкілетті органға, мемлекеттік аудит және қаржылық бақылау органдарына ұсынады.</w:t>
+      35. Бюджетті атқару жөніндегі орталық уәкілетті орган есепті жылдан кейінгі жылдың 1 сәуірінен кешіктірмей есепті қаржы жылында республикалық бюджеттің атқарылуы туралы жылдық есепті жасайды және оны Қазақстан Республикасының Үкіметіне, мемлекеттік жоспарлау жөніндегі орталық уәкілетті органға, мемлекеттік аудит және қаржылық бақылау органдарына ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:bookmarkStart w:name="z186" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. Есепті қаржы жылында республикалық бюджеттің атқарылуы туралы жылдық есепті Қазақстан Республикасының Үкіметі жыл сайын ағымдағы жылдың 20 сәуірінен кешіктірмей Қазақстан Республикасының Парламентіне, Қазақстан Республикасының жоғары аудиторлық палатасына ұсынады.</w:t>
+      36. Есепті қаржы жылында республикалық бюджеттің атқарылуы туралы жылдық есепті Қазақстан Республикасының Үкіметі жыл сайын ағымдағы жылдың 20 сәуірінен кешіктірмей Қазақстан Республикасының Парламентіне, Қазақстан Республикасының жоғары аудиторлық палатасына ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
     <w:bookmarkStart w:name="z187" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Бюджетті атқару жөніндегі орталық уәкілетті орган республикалық бюджеттің атқарылуы туралы жылдық есепті қарау кезінде бюджеттік бағдарламалар әкімшілерінің, сондай-ақ Қазақстан Республикасының Парламентінде республикалық бюджеттен алынған нысаналы трансферттер және есепті қаржы жылы үшін бюджеттік кредиттер бойынша облыстардың, республикалық маңызы бар қалалардың, астананың әкімдерінің жұмысын үйлестіруді қамтамасыз етеді.</w:t>
+      37. Бюджетті атқару жөніндегі орталық уәкілетті орган республикалық бюджеттің атқарылуы туралы жылдық есепті қарау кезінде бюджеттік бағдарламалар әкімшілерінің, сондай-ақ Қазақстан Республикасының Парламентінде республикалық бюджеттен алынған нысаналы трансферттер және есепті қаржы жылы үшін бюджеттік кредиттер бойынша облыстардың, республикалық маңызы бар қалалардың, астананың әкімдерінің жұмысын үйлестіруді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z304" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Бюджетті атқару жөніндегі орталық уәкілетті орган Қазақстан Республикасы Үкіметінің тиісті есепті жылдағы республикалық бюджеттің атқарылуы туралы есебіне Қазақстан Республикасы Жоғары аудиторлық палатасының ұсынымдарын орындау жөніндегі жол картасының жобасын (бұдан әрі – Жол картасының жобасы) әзірлейді және оны Қазақстан Республикасының Жоғары аудиторлық палатасына келісуге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Жоғары аудиторлық палатасы Жол картасының жобасы келіп түскен күнінен бастап он жұмыс күні ішінде оны келіседі не бюджетті атқару жөніндегі орталық уәкілетті органға Жол картасының жобасына ұсынымдар және (немесе) ұсыныстар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджетті атқару жөніндегі орталық уәкілетті орган Жол картасының жобасын оның іс-шараларының орындалуына жауапты мемлекеттік органдармен келісу бойынша ұзақ мерзімді, орта мерзімді және қысқа мерзімді кезеңдерге іске асыру мерзімдерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Жоғары аудиторлық палатасы Жол картасының жобасын келіскеннен кейін бюджетті атқару жөніндегі орталық уәкілетті орган оны Қазақстан Республикасы Үкіметінің Аппаратына бекітуге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 38-тармақпен толықтырылды - ҚР Үкіметінің 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1035</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z305" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Жол карталарының тармақтарын орындау үшін жауапты мемлекеттік органдар тоқсан сайын, есепті кезеңнен кейінгі айдың 5-і күнінен кешіктірмей, бюджетті атқару жөніндегі орталық уәкілетті органға Жол картасының орындау мерзімі есепті кезеңге келетін тармақтарының іске асырылу барысы туралы ақпарат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджетті атқару жөніндегі орталық уәкілетті орган тоқсан сайын, есепті кезеңнен кейінгі айдың 10-ы күнінен кешіктірмей, Жол картасы тармақтарының орындалуы туралы ақпаратты жинайды және талдайды, Жол картасының тармақтарын бақылаудан шығару туралы шешім қабылдау үшін оны Қазақстан Республикасы Жоғары аудиторлық палатасына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджетті атқару жөніндегі орталық уәкілетті орган Қазақстан Республикасы Жоғары аудиторлық палатасының ұстанымын алғаннан кейін Қазақстан Республикасы Үкіметінің Аппаратына Жол картасы тармақтарының іске асырылу барысы туралы ақпарат пен Қазақстан Республикасы Жоғары аудиторлық палатасының Жол картасының орындалуы жөніндегі мониторинг нәтижелері туралы ақпарат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 39-тармақпен толықтырылды - ҚР Үкіметінің 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1035</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4466,230 +4720,230 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z189" w:id="181"/>
+    <w:bookmarkStart w:name="z189" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кімге тапсырылады: бюджетті атқару жөніндегі орталық уәкілетті органға</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z190" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z190" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанның атауы: қол жеткізілген әлеуметтік-экономикалық әсерді бағалаумен бірге үкіметтік сыртқы қарыз қаражаты есебінен қаржыландырылатын жобалардың іске асырылуы туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z191" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z191" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанның индексі: 10-РБҮСҚ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z192" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z192" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z193" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z193" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20__жылғы__________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z194" w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z194" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды тапсыратын тұлғалар тобы: республикалық бюджеттік бағдарламалар әкімшілері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z195" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды тапсыру мерзімі: есепті қаржы жылынан кейінгі жылдың 15 ақпанынан кешіктірмей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z196" w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z196" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электронды түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z197" w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z197" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өлшем бірлігі: мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5204,70 +5458,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z198" w:id="190"/>
+    <w:bookmarkStart w:name="z198" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5782,270 +6036,270 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="191"/>
+    <w:bookmarkStart w:name="z199" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы: _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z200" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z200" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекенжайы: ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z201" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z201" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны: ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z202" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z202" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта мекенжайы: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z203" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z203" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттік бағдарламалар әкімшісінің басшысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z204" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z204" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z205" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z205" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болса), қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z206" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z206" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттік бағдарламалар әкімшісінің бас бухгалтері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z207" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z207" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z208" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z208" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болса), қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z209" w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z209" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: осы нысан "Қол жеткізілген әлеуметтік-экономикалық әсерді бағалаумен бірге үкіметтік сыртқы қарыз қаражаты есебінен қаржыландырылатын жобалардың іске асырылуы туралы есеп" нысанына қосымшаға сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6150,344 +6404,344 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жобалардың іске асырылуы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы есеп" нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="202"/>
+    <w:bookmarkStart w:name="z211" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қол жеткізілген әлеуметтік-экономикалық әсерді бағалаумен бірге үкіметтік сыртқы қарыз қаражаты есебінен қаржыландырылатын жобалардың іске асырылуы туралы есеп" нысанын толтыру бойынша түсіндірме (10-РБҮСҚ, жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z212" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z212" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z213" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z213" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Қол жеткізілген әлеуметтік-экономикалық әсерді бағалаумен бірге үкіметтік сыртқы қарыздар қаражаты есебінен қаржыландырылатын жобалардың іске асырылуы туралы есеп" нысанын (бұдан әрі – нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z214" w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z214" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанға республикалық бюджеттік бағдарламалар әкімшісінің басшысы қол қойып, оның тегі мен аты-жөні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z215" w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z215" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z216" w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z216" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 1-бағанда реттік нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z217" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z217" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2-бағанда жобаның атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z218" w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z218" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 3-бағанда халықаралық қаржы ұйымының немесе шетелдік кредит берушінің атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z219" w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z219" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 4-бағанда жобаның жалпы сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z220" w:id="211"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z220" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 5-бағанда тарылған қарыз көлемі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z221" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z221" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 6-бағанда жобаның іске асырылу мәртебесі (жоспарлануда, процесте, аяқталған, уақытша тоқтатылған) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z222" w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z222" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 7-бағанда жобаны іске асыру мерзімдері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z223" w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z223" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 8-бағанда нақты сандық жетістіктер (салынған объектілер, қамтылған елді мекендер, сатып алынған жабдықтар және тағы сол сияқты) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z224" w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z224" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 9-бағанда жұмыспен қамту, тұрмыс деңгейі, өнімділік, инфрақұрылымды дамыту, экологиялық және әлеуметтік орнықтылық тұрғысынан нәтижелерді қысқаша талдау көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z225" w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z225" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. 10-бағанда қажет болған жағдайда өзге ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6579,230 +6833,230 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="217"/>
+    <w:bookmarkStart w:name="z227" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кімге тапсырылады: бюджеттік бағдарламалар әкімшісіне, мемлекеттік мүлік жөніндегі уәкілетті органға, бюджетті атқару жөніндегі орталық уәкілетті органға</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z228" w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z228" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанның атауы: бюджеттен алынған ақшаның жұмсалуы туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z229" w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z229" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанның индексі: 9-БААЖ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z230" w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z230" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z231" w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z231" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20__жылғы__________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z232" w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z232" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысанды тапсыратын тұлғалар тобы: квазимемлекеттік сектор субъектілері және бюджет қаражатын өзге де алушылар, бюджеттік бағдарламалар әкімшісі, мемлекеттік мүлік жөніндегі уәкілетті орган </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z233" w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z233" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды тапсыру мерзімі: квазимемлекеттік сектор субъектілері және бюджет қаражатын өзге де алушылар үшін – есепті қаржы жылынан кейінгі жылдың 5 ақпанынан кешіктірмей; бюджеттік бағдарламалар әкімшілері үшін – есепті қаржы жылынан кейінгі жылдың 10 ақпанынан кешіктірмей; мемлекеттік мүлік жөніндегі уәкілетті орган үшін – есепті қаржы жылынан кейінгі жылдың 15 ақпанынан кешіктірмей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z234" w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z234" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электронды түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z235" w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z235" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өлшем бірлігі: мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8161,350 +8415,350 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="226"/>
+    <w:bookmarkStart w:name="z236" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы: _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z237" w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z237" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекенжайы: ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z238" w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z238" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны: ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z239" w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z239" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта мекенжайы: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z240" w:id="230"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z240" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z241" w:id="231"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z241" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушылардың/ бюджеттік  бағдарламалар әкімшісінің/ мемлекеттік мүлік жөніндегі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z242" w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z242" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уәкілетті органның орындаушысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z243" w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z243" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________ ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z244" w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z244" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болса), қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z245" w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z245" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z246" w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z246" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушылардың/ бюджеттік бағдарламалар әкімшісінің/ мемлекеттік мүлік жөніндегі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z247" w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z247" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уәкілетті органның басшысы:_______________________ _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z248" w:id="238"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z248" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болса), қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z249" w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z249" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: осы нысан "Бюджеттен алынған ақшаның жұмсалуы туралы есеп"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z250" w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z250" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысанына қосымшаға сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8570,244 +8824,244 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жұмсалуы туралы есеп"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z252" w:id="241"/>
+    <w:bookmarkStart w:name="z252" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бюджеттен алынған ақшаның жұмсалуы туралы есеп" нысанын толтыру бойынша түсіндірме (9-БААЖ, жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z253" w:id="242"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z253" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z254" w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z254" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Бюджеттен алынған ақшаның жұмсалуы туралы есеп" нысанын (бұдан әрі – нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z255" w:id="244"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z255" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанға квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де алушылардың/ бюджеттік бағдарламалар әкімшісінің/мемлекеттік мүлік жөніндегі уәкілетті органның басшысы қол қойып, оның тегі мен аты-жөнін көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z256" w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z256" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z257" w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z257" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де алушылардың кірісі – түсімдер, барлығы" деген I бөлімде квазимемлекеттік сектор субъектілеріне және бюджет қаражатын өзге де алушыларға республикалық және жергілікті бюджеттен түсетін түсімдердің сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z258" w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z258" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге алушылардың шығыны, барлығы" деген II бөлімде республикалық және жергілікті бюджеттердің қаражаты бойынша квазимемлекеттік сектор субъектілері және бюджет қаражатын өзге де алушылар жүргізген төлемдер немесе шығыстар сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z259" w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z259" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. III "Кіріс пен шығыс сальдосы" деген бөлімде I "Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де алушылардың кірісі – түсімдер, барлығы" және II "Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге алушылардың шығыны, барлығы" деген бөлімдердің арасындағы айырма сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z260" w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z260" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. IV "Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де алушылардың қаржы жылының басындағы қолма-қол ақшаны бақылау шотындағы ақша қалдығы" деген бөлімде квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де алушылардың қаржы жыл басындағы қолма-қол ақшаны бақылау шотындағы ақша қалдығының сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z261" w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z261" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. V "Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де алушылардың қаржы жылының соңындағы қолма-қол ақшаны бақылау шотындағы ақша қалдығы" деген бөлімде III "Кіріс пен шығыс сальдосы" және IV "Квазимемлекеттік сектор субъектілерінің және бюджет қаражатын өзге де алушылардың қаржы жылының басындағы қолма-қол ақшаны бақылау шотындағы ақша қалдығы" деген бөлімдердің қорытынды сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8899,250 +9153,250 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z263" w:id="251"/>
+    <w:bookmarkStart w:name="z263" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кімге тапсырылады: бюджеттік бағдарламалар әкімшісіне, бюджетті атқару жөніндегі орталық уәкілетті органға</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z264" w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z264" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанның атауы: заңды тұлғаларға берілген трансферттердің пайдаланылуы туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z265" w:id="253"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z265" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанның индексі: 10-ЗТТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z266" w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z266" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z267" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z267" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20__жылғы__________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z268" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z268" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды тапсыратын тұлғалар тобы: дербес білім беру ұйымдары, "Астана" халықаралық қаржы орталығының әкімшілігі, бюджеттік бағдарламалар әкімшісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z269" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z269" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды тапсыру мерзімі: дербес білім беру ұйымдары, "Астана" халықаралық қаржы орталығының әкімшілігі үшін – есепті қаржы жылынан кейінгі жылдың 1 наурызынан кешіктірмей; бюджеттік бағдарламалар әкімшілері үшін – есепті қаржы жылынан кейінгі жылдың 10 наурызынан кешіктірмей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z270" w:id="258"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z270" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: қағаз тасығышта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z271" w:id="259"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z271" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым атауы: _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z272" w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z272" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өлшем бірлігі: мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11351,350 +11605,350 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z273" w:id="261"/>
+    <w:bookmarkStart w:name="z273" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы: _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z274" w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z274" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекенжайы: ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z275" w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z275" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны: ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z276" w:id="264"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z276" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта мекенжайы: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z277" w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z277" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербес білім беру ұйымдарының/ "Астана" халықаралық қаржы орталығының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z278" w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z278" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілігінің/ бюджеттік бағдарламалар әкімшісінің орындаушысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z279" w:id="267"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z279" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________ _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z280" w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z280" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болса), қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z281" w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z281" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербес білім беру ұйымдарының, "Астана" халықаралық қаржы орталығының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z282" w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z282" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілігінің,  бюджеттік бағдарламалар әкімшісінің басшысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z283" w:id="271"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z283" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________ _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z284" w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z284" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болса), қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z285" w:id="273"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z285" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөрдің орны (жеке кәсіпкерлер болып табылатын тұлғалардан қоспағанда) ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z286" w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z286" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: осы нысан "Заңды тұлғаларға берілген трансферттердің пайдаланылуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z287" w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z287" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       туралы есеп" нысанына қосымшаға сәйкес толтырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11773,184 +12027,184 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы есеп" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z289" w:id="276"/>
+    <w:bookmarkStart w:name="z289" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Заңды тұлғаларға берілген трансферттердің пайдаланылуы туралы есеп" нысанын толтыру бойынша түсіндірме (10-ЗТТ, жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z290" w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z290" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z291" w:id="278"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z291" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Заңды тұлғаларға берілген трансферттердің пайдаланылуы туралы есеп" нысанын (бұдан әрі – нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z292" w:id="279"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z292" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанға дербес білім беру ұйымдарының, "Астана" халықаралық қаржы орталығының әкімшілігінің, бюджеттік бағдарламалар әкімшісінің басшысы қол қойып, оның тегі мен аты-жөнін көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z293" w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z293" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z294" w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z294" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Дербес білім беру ұйымдарына, әлеуметтік медициналық сақтандыру қорына, "Астана" халықаралық қаржы орталығының әкімшілігі нысаналы аударымдар қаржы жылына арналған жоспары, қаржы жылындағы нақты атқарылуын және қаржы жылындағы қалдықты көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z295" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z295" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қажет болған жағдайда ескертпеде өзге ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12042,362 +12296,362 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 571 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z297" w:id="283"/>
+    <w:bookmarkStart w:name="z297" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z298" w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z298" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық бюджеттің атқарылуы туралы жылдық есепті жасау және ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 24 тамыздағы № 503 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z299" w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z299" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкіметінің 2017 жылғы 24 тамыздағы № 503 "Республикалық бюджеттің атқарылуы туралы жылдық есепті жасау және ұсыну қағидаларын бекіту туралы" қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 29 желтоқсандағы № 926 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z300" w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z300" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Үкіметінің 2017 жылғы 24 тамыздағы № 503 "Республикалық бюджеттің атқарылуы туралы жылдық есепті жасау және ұсыну қағидаларын бекіту туралы" қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 18 наурыздағы № 87 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z301" w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z301" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Үкіметінің 2017 жылғы 24 тамыздағы № 503 "Республикалық бюджеттің атқарылуы туралы жылдық есепті жасау және ұсыну қағидаларын бекіту туралы" қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 18 наурыздағы № 140 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z302" w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z302" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 13 ақпандағы № 121 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z303" w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z303" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Үкіметінің және жергілікті атқарушы органдардың резервтерін пайдалану қағидаларын бекіту туралы және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" 2015 жылғы 25 сәуірдегі № 325 және "Республикалық бюджеттің атқарылуы туралы жылдық есепті жасау және ұсыну қағидаларын бекіту туралы" 2017 жылғы 24 тамыздағы № 503 қаулыларына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 24 қаңтардағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>