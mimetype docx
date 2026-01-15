--- v0 (2025-11-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7c17794" w14:textId="7c17794">
+    <w:p w14:paraId="431452f" w14:textId="431452f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Мемлекеттік кәсіпорындар, акцияларының (жарғылық капиталға қатысу үлестерiнiң) елу пайызынан астамы мемлекетке тиесілі заңды тұлғалар және олармен үлестес тұлғалар жүзеге асыратын қызмет түрлерінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 28 желтоқсандағы № 1095 қаулысына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 21 шiлдедегi № 554 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 21 шiлдедегi № 554 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>