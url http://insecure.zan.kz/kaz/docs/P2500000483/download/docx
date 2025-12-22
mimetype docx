--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21ac1a5" w14:textId="21ac1a5">
+    <w:p w14:paraId="5e41533" w14:textId="5e41533">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,67 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасынан тыс жерлердегі және шет елдегі дипломатиялық қызмет органдарына бекітіліп берілген мемлекеттік мүлікті иеліктен шығарудың кейбір мәселелері туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 27 маусымдағы № 483 қаулысы</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 27 маусымдағы № 483 қаулысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңы 93-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -243,68 +236,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -320,58 +295,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Премьер-Министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4976,362 +4968,346 @@
         <w:t>
       Құжаттардың түпнұсқалары салыстырып тексерілгеннен кейін 1 (бір) жұмыс сағаты ішінде қайтарылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
     <w:bookmarkStart w:name="z227" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Жеңімпаз тендер нәтижелері туралы хаттамаға не сатып алу-сату шартына осы Қағидалардың 49 және 50-тармақтарында көрсетілген мерзімдерде қол қоймаған жағдайда Қазақстан Республикасының шет елдегі мекемесі тендер нәтижелерінің күшін жою туралы актіге қол қояды және осы жекешелендіру объектісі күші жойылған тендердің шарттарымен тендерге қайта шығарылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z228" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Есеп айырысулар және жекешелендіру объектісін қабылдау-беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z229" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Сатып алу-сату шарты бойынша есеп айырысулар Қазақстан Республикасының шет елдегі мекемесі мен сатып алушы арасында жүргізіледі, бұл ретте сатып алушы есеп айырысуларды мынадай тәртіппен жүргізеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z230" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аванстық төлем жекешелендіру объектісін сату бағасының кемінде 15 (он бес) пайызы мөлшерінде сатып алу-сату шартына қол қойылған күннен бастап 10 (он) жұмыс күнінен кешіктірілмейтін мерзімде енгізіледі (кепілдік жарна тиесілі аванстық төлемнің есебіне есептеледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z231" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қалған сома сатып алу-сату шартының талаптарына сәйкес, бірақ сатып алу-сату шартына қол қойылған күннен бастап күнтізбелік 30 (отыз) күннен кешіктірілмей енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z232" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатып алушының сатып алу-сату шартына қол қойылған күннен бастап 10 (он) жұмыс күні ішінде төлемді толық көлемде енгізуге құқығы бар (кепілдік жарна тиесілі аванстық төлемнің есебіне есептеледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z233" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Аванстық немесе түпкілікті төлемнің мерзімі өтіп кеткен жағдайда Қазақстан Республикасының шет елдегі мекемесі сатып алу-сату шартын сатып алушыға кепілдік жарнамен жабылмаған бөлігінде нақты залалдарды өтеу туралы талаптар қоя отырып, біржақты тәртіппен бұзады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z234" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл жағдайда жекешелендіру объектісі күші жойылған сауда-саттық шарттарымен сауда-саттыққа қайта шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z235" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Жекешелендіру объектісін беру сатып алушы сатып алу-сату шарты бойынша сату бағасын толық төлеген күннен бастап күнтізбелік 30 (отыз) күннен кешіктірмей қабылдау-беру актісі бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z236" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қол қойылған қабылдау-тапсыру актісі, егер болу елінің заңнамасында өзгеше белгіленбесе, меншік иесін сатылған жекешелендіру объектісіне өзгерту туралы мемлекеттік тіркеуді жүргізу үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z237" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатып алушы қабылдау-тапсыру актісіне белгіленген мерзімде қол қоймаған кезде Қазақстан Республикасының шет елдегі мекемесі сатып алу-сату шартын сатып алушыға кепілдік жарнамен жабылмаған бөлігінде нақты залалдарды өтеу туралы талаптар қоя отырып, біржақты тәртіппен бұзады және сауда-саттық нәтижелерінің күшін жою туралы актіге қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z238" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл жағдайда жекешелендіру объектісі күші жойылған сауда-саттық шарттарымен сауда-саттыққа қайта шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z239" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Қазақстан Республикасының шет елдегі мекемесі қабылдау-беру актісіне қол қойылған күннен бастап 3 (үш) жұмыс күні ішінде сатушыға сатып алу-сату шартының және қабылдау-беру актісінің көшірмелерін қоса бере отырып, жекешелендіру объектісін иеліктен шығару рәсімінің аяқталғаны туралы хат жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z240" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. Есеп айырысулар және жекешелендіру объектісін қабылдау-беру тәртібі</w:t>
-[...235 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Жекешелендіру объектісін сатудан алынған қаражат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z241" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z241" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Қазақстан Республикасының шет елдегі мекемесі сатып алушы сатып алу-сату шарты бойынша сату бағасын толық төлеген күннен бастап 3 (үш) жұмыс күні ішінде оларды Қазақстан Республикасының Ұлттық қорына жібереді және бұл туралы сатушыны жазбаша хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z242" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z242" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатушы осы тармақтың бірінші бөлігіне сәйкес ақпаратты алған күннен бастап 5 (бес) жұмыс күні ішінде мемлекеттік мүлікті басқару жөніндегі уәкілетті органға жекешелендіру объектісін сатудан алынған қаражатты аудару туралы ақпаратты жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5462,373 +5438,368 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z244" w:id="236"/>
+    <w:bookmarkStart w:name="z244" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сауда-саттыққа қатысуға арналған өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z245" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жекешелендіру объектісін сату туралы жарияланған хабархатты қарап, сату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z246" w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z246" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қағидаларымен танысқаннан кейін,__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z247" w:id="238"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z247" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z248" w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z248" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (жеке тұлғаның тегі, аты, әкесінің аты (бар болса) немесе заңды тұлғаның атауы және</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z249" w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z249" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сенімхат негізінде әрекет ететін заңды тұлға басшысының немесе өкілінің тегі, аты,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z250" w:id="241"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z250" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z251" w:id="242"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z251" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___ жылғы " " _______ ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z252" w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z252" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекенжайы бойынша өткізілетін сауда-саттыққа қатысуға ниет білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z253" w:id="244"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z253" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мен (біз) ________________________________________________________ шотына</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z254" w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z254" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Қазақстан Республикасының шет елдегі мекемесі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z255" w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z255" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (_______________) ____________________ ___________________ жалпы сомамен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z256" w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z256" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (цифрлармен) (сомасы жазбаша) (валюта)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z257" w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z257" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сауда-саттыққа қатысу үшін ________________________________ кепілдік жарна (лар)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z258" w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z258" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (саны) аудардым (аудардық)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z259" w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z259" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепілдік жарна енгізілген жекешелендіру объектісі туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6234,70 +6205,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z260" w:id="251"/>
+    <w:bookmarkStart w:name="z260" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Енгізілген кепілдік жарналар туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6906,1006 +6877,990 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z261" w:id="252"/>
+    <w:bookmarkStart w:name="z261" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қатысушыға қойылатын талаптарға менің (біздің) сәйкес болмауым (болмауымыз) анықталған жағдайда мен (біз) сауда-саттыққа қатысу құқығынан айырыламын (мыз), мен (біз) қол қойған сауда-саттық нәтижелері туралы хаттама мен сатып алу-сату шарты жарамсыз деп танылатынына келісемін (міз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z262" w:id="253"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z262" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мен (біз) сауда-саттықтың жеңімпазы (жеңімпаздары) болып айқындалған жағдайда сауда-саттық нәтижелері туралы хаттамаға өткізілген күні қол қою және сатып алу-сату шартына қол қою міндеттемелерін өзіме қабылдаймын (мыз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z263" w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z263" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мен (біз) енгізген кепілдік жарнаның сомасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z264" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z264" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сауда-саттық өткізілген күні олардың нәтижелері туралы хаттамаға қол қойылмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z265" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z265" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сатып алу-сату шартына белгіленген мерзімде қол қойылмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z266" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z266" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мен (біз) сатып алу-сату шарты бойынша міндеттемелерді орындамаған және (немесе) тиісінше орындамаған жағдайларда қайтарылмайтынына және сатушыда қалатынына келісемін (міз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z267" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мен (біз) сауда-саттық нәтижелері туралы хаттамаға немесе сатып алу-сату шартына қол қоймаған кезде кепілдік жарнамен жабылмаған бөлігінде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z268" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z269" w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z269" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Қазақстан Республикасының шетелдегі мекемесі) келтірілген нақты залалды оған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z270" w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z270" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өтеуге келісемін (міз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z271" w:id="261"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z271" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы өтінім сауда-саттық нәтижелері туралы хаттамамен бірге сатып алу-сату шарты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z272" w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z272" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жасалғанға дейін қолданылатын шарттың күшіне ие болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z273" w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z273" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өзім (міз) туралы мәліметтерді ұсынамын (мыз):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z274" w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z274" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z275" w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z275" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z276" w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z276" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес сәйкестендіру нөмірі ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z277" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z277" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының тегі, аты, әкесінің аты (бар болса) ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z278" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z278" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекенжайы: ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z279" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z279" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон (факс) нөмірі:_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z280" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z280" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепілдік жарнаны қайтаруға арналған банктік деректемелер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z281" w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z281" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке сәйкестендіру коды ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z282" w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z282" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктік сәйкестендіру коды __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z283" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z283" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктің атауы ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z284" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z284" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бенефициардың коды _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z285" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z285" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепілдік жарнаны төлеген адамның жеке сәйкестендіру нөмірі немесе бизнес</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z286" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z286" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәйкестендіру нөмірі ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z287" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z287" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінімге қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z288" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z288" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) _______________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z289" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z289" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)________________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z290" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z290" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) _______________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z291" w:id="281"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z291" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлға үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z292" w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z292" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тегі, аты, әкесінің аты (бар болса) _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z293" w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z293" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке сәйкестендіру нөмірі ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z294" w:id="284"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z294" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Паспорт деректері _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z295" w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z295" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекен жайы:_______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z296" w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z296" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон (факс) нөмірі: ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z297" w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z297" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепілдік жарнаны қайтаруға арналған банктік деректемелер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z298" w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z298" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке сәйкестендіру коды ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z299" w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z299" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктік сәйкестендіру коды __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z300" w:id="290"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z300" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктің атауы ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z301" w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z301" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бенефициардың коды _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z302" w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z302" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепілдік жарнаны төлеген адамның жеке сәйкестендіру нөмірі немесе бизнес</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z303" w:id="293"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z303" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәйкестендіру нөмірі __________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z304" w:id="294"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z304" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінімге қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z305" w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z305" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) _______________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z306" w:id="296"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z306" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) _______________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z307" w:id="297"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z307" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ______________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7976,191 +7931,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Жеке тұлғаның тегі, аты, әкесінің аты (бар болса) немесе заңды тұлғаның атауы және сенімхат негізінде әрекет ететін заңды тұлға басшысының немесе өкілінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 ____ жылғы "___" ____________ Мөр орны (бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z309" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабылданды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="298"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z310" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z311" w:id="299"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z311" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Қазақстан Республикасының шет елдегі мекемесінің лауазымды тұлғасы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z312" w:id="300"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z312" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 __ жылғы "___" __________ ______ сағат _______ минут.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z313" w:id="301"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z313" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қатысушының аукциондық нөмірі _______________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8278,128 +8212,128 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шығару қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z315" w:id="302"/>
+    <w:bookmarkStart w:name="z315" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сауда-саттыққа қатысуға арналған өтінімдерді тіркеуді есепке алу кітабы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z316" w:id="303"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z316" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сауда-саттық атауы _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z317" w:id="304"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z317" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының шет елдегі мекемесінің уәкілетті өкілінің тегі, аты,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z318" w:id="305"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z318" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкесінің аты (бар болса)__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>