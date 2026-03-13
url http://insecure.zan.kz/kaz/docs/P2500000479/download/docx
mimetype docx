--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1528e4c" w14:textId="1528e4c">
+    <w:p w14:paraId="9ed452a" w14:textId="9ed452a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,67 +94,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Квазимемлекеттік сектор субъектілерінің борышын мониторингтеу және бақылау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 27 маусымдағы № 479 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 27 маусымдағы № 479 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексі 146-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -548,103 +541,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 479 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квазимемлекеттік сектор субъектілерінің борышын мониторингтеу және бақылау қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Квазимемлекеттік сектор субъектілерінің борышын мониторингтеу және бақылау қағидалары (бұдан әрі − Қағидалар) Қазақстан Республикасының Бюджет кодексі 146-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -659,530 +636,530 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және квазимемлекеттік сектор субъектілерінің борышын мониторингтеу мен бақылауды жүзеге асыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Қағидалардың мақсаттары квазимемлекеттік сектор субъектілерінің сыртқы және ішкі борышының жай-күйін мониторингтеу, Қазақстан Республикасы Президентінің 2022 жылғы 10 қыркүйектегі № 1005 Жарлығымен бекітілген Қазақстан Республикасының мемлекеттік қаржысын басқарудың 2030 жылға дейінгі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тұжырымдамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі − Тұжырымдама) көзделген шектеулердің сақталуын бақылау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) даму жоспары – мемлекеттік кәсіпорынның, акцияларының бақылау пакеті (жарғылық капиталға қатысу үлесі) мемлекетке тиесілі акционерлік қоғам мен жауапкершілігі шектеулі серіктестіктің бесжылдық кезеңге арналған негізгі қызмет бағыттарын және қаржы-шаруашылық қызметінің көрсеткіштерін айқындайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) квазимемлекеттік сектор субъектілерінің сыртқы қарызы – қарыз беруші Қазақстан Республикасының бейрезиденті, ал қарыз алушы квазимемлекеттік сектор субъектісі болатын қарыз қатынастары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) квазимемлекеттік сектор субъектілерінің ішкі қарызы – қарыз беруші Қазақстан Республикасының резиденті, ал қарыз алушы квазимемлекеттік сектор субъектісі болатын қарыз қатынастары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік мүлік тізілімі (бұдан әрі − тізілім) − Қазақстан Республикасы арнаулы мемлекеттік органдарының, Қарулы Күштерінің, басқа да əскерлері мен əскери құралымдарының жедел басқаруындағы мүлікті жəне мемлекеттік материалдық резервті қоспағанда, мемлекеттік мүлікті есепке алудың автоматтандырылған бірыңғай ақпараттық жүйесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) квазимемлекеттік сектор субъектілерінің борышы – квазимемлекеттік сектор субъектілерінің мемлекеттік кепілдікпен қамтамасыз етілген қарызын қоспағанда, алынған (игерілген) және өтелмеген қарыздың белгілі бір күнгі сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) квазимемлекеттік сектор субъектілерінің сыртқы борышы – квазимемлекеттік сектор субъектілерінің Қазақстан Республикасының бейрезиденттері алдындағы сыртқы қарызы және басқа да борыштық міндеттемелері бойынша квазимемлекеттік сектор субъектілері борышының құрамдас бөлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) квазимемлекеттік сектор субъектілерінің ішкі борышы – квазимемлекеттік сектор субъектілерінің Қазақстан Республикасының резиденттері алдындағы ішкі қарызы және басқа да борыштық міндеттемелері бойынша квазимемлекеттік сектор субъектілері борышының құрамдас бөлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) іс-шаралар жоспары – ұлттық басқарушы холдингтің, ұлттық холдингтің және ұлттық компанияның бесжылдық кезеңге арналған негізгі қызмет бағыттарын және қаржы-шаруашылық қызметінің көрсеткіштерін айқындайтын құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мониторингті жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қарыз алушылардың сыртқы және ішкі борышының ағымдағы жай-күйінің мониторингі даму жоспарлары мен іс-шаралар жоспарлары шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ішкі және сыртқы қарыз қаражатының түсімдерін, борышты өтеу және оған қызмет көрсету бойынша төлемдерді тіркеуді және есепке алуды қарыз алушылар дербес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Төлемдерді, борыш қалдығын есепке алу номиналды құны бойынша жүргізіледі. Борыштық бағалы қағаздарды есепке алу бастапқы орналастыру нәтижелері және номиналды құны бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қарыз алушылар мемлекеттік мүлік жөніндегі уәкілетті органға тоқсан сайынғы негізде есепті кезеңнен кейінгі айдың 15-іне дейінгі мерзімде осы Қағидаларға 1 және 2-қосымшаларға сәйкес СБЕ-618 және ОЖЕ-618 нысандары бойынша квазимемлекеттік сектор субъектілерінің ішкі және сыртқы қарыздарының (облигацияларды қоса алғанда) игерілуі, өтелуі және оларға қызмет көрсету туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қарыз алушылар мемлекеттік мүлік жөніндегі уәкілетті органға жартыжылдық негізде есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейінгі мерзімде осы Қағидаларға 3-қосымшаға сәйкес КСЕ-618 нысаны бойынша квазимемлекеттік сектор субъектілерінің қарыздары бойынша негізгі борышты алдағы бесжылдық кезеңге жоспарланатын игеру және өтеу бойынша ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қарыз алушылар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Самұрық-Қазына" ұлттық әл-ауқат қоры" акционерлік қоғамын (бұдан әрі − қор) қоспағанда, Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 2025 жылғы 30 сәуірдегі № 23 бұйрығымен бекітілген Акционері мемлекет болып табылатын ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың іс-шаралар жоспарларын әзірлеу, бекіту, сондай-ақ олардың іске асырылуын мониторингтеу және бағалау қағидаларына 2-қосымшаның 10-нысанына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 2025 жылғы 30 сәуірдегі № 18 бұйрығымен бекітілген Мемлекет бақылайтын акционерлік қоғамдар мен жауапкершілігі шектеулі серіктестіктердің, мемлекеттік кәсіпорындардың даму жоспарларын әзірлеу, бекіту, олардың іске асырылуын мониторингтеу және бағалау, сондай-ақ олардың орындалуы жөніндегі есептерді әзірлеу және ұсыну қағидаларына 30-қосымшаға сәйкес тоқсан сайынғы негізде есепті кезеңнен кейінгі айдың 10-ы күніне дейінгі мерзімде электрондық түрде тізілімге алдағы бесжылдық кезеңге қарыз тарту жоспары көрсетілген қарыздар бойынша ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қор "Мемлекеттік органдарға қажетті есептілікті Ұлттық әл-ауқат қорының интернет-ресурсына орналастыру қағидаларын, сондай-ақ есептіліктің тізбесін, нысандарын және орналастыру кезеңділігін бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2023 жылғы 26 мамырдағы № 87 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32612 болып тіркелген) 1-нысанға сәйкес тоқсан сайынғы негізде есепті кезеңнен кейінгі айдың 25-і күніне дейін алдағы бесжылдық кезеңге қарыз тарту жоспары көрсетілген қарыздар бойынша ақпаратты қордың интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қарыз алушылар бюджетті атқару жөніндегі орталық уәкілетті органға тоқсан сайынғы негізде борыш бойынша ақпаратты қамтитын талдамалық жазбаны және жартыжылдық негізде ағымдағы жылға арналған сыртқы және ішкі қарыз алудың нақтыланған болжамын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алдағы бесжылдық кезеңге қарыз тарту жоспарлары өзгерген жағдайда қарыз алушылар осы өзгерістерді бюджетті атқару жөніндегі орталық уәкілетті органмен келіседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Мемлекеттік мүлікті басқару жөніндегі уәкілетті орган тоқсан сайынғы негізде есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейінгі мерзімде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1197,389 +1174,389 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес СБЕ-618 мен ОЖЕ-618 есептілік нысандары бойынша бюджетті атқару жөніндегі орталық уәкілетті органға квазимемлекеттік сектор субъектілерінің қарыздары бойынша жиынтық ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Мемлекеттік мүлік жөніндегі уәкілетті орган жартыжылдық негізде есепті кезеңнен кейінгі екінші айдың 25-і күніне дейінгі мерзімде бюджетті атқару жөніндегі орталық уәкілетті органға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес КСЕ-618 нысаны бойынша квазимемлекеттік сектор субъектілерінің қарыздары бойынша негізгі борышты алдағы бесжылдық кезеңге жоспарланатын игеру және өтеу бойынша ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қарыздар бойынша жиынтық ақпаратта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қарыз алушылар борышының есепті кезеңнен кейінгі айдың бірінші күніндегі жай-күйі туралы деректер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шығарылған борыштық бағалы қағаздардың, сондай-ақ бюджеттік кредиттердің және өзге де борыштық міндеттемелердің жай-күйі туралы деректер (орналастыру күні, сыйақы мөлшерлемесі, өтеу күні, айналыс мерзімі, шығару және қызмет көрсету валютасы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мерзімі өткен төлемдердің болуы және оларды төлеу туралы деректерді қоса алғанда, есепті кезеңде қарыздың іс жүзінде түсуі, қарызды өтеу және оған қызмет көрсету бойынша жүргізілген төлемдер туралы деректер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) есепті кезеңде қарыз тарту туралы ақпарат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) алдағы бесжылдық кезеңге қарыз тарту жоспары қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Бақылауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Бюджетті атқару жөніндегі орталық уәкілетті орган тоқсан сайынғы негізде мемлекеттік борыштың жай-күйі туралы мәліметтерді ескере отырып, Тұжырымдамада көзделген мынадай борыштық шектеулердің сақталуын бақылауды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік борыш пен квазимемлекеттік сектор борышының жоғарғы шегі жиынтығында жалпы ішкі өнімге шаққанда 53,2 пайыздан аспайды, оның ішінде квазимемлекеттік сектор борышының жоғарғы шегі жалпы ішкі өнімге шаққанда 21,2 пайыздан аспайды (мемлекет бақылайтын ұйымдардың өзара міндеттемелері және бақыланатын бейрезидент ұйымдардың міндеттемелері борыштың жоғарғы шегінің есебіне енгізілмейді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының Үкіметі сыртқы борышының (мемлекет кепілдік берген сыртқы борышты ескере отырып) және квазимемлекеттік сектор субъектілері сыртқы борышының көлемі Қазақстан Республикасы Ұлттық қорының валюталық активтері сомасының 75 пайызына тең мөлшерден аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Квазимемлекеттік сектор субъектілерінің борышын есептеуді бюджетті атқару жөніндегі орталық уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік және мемлекет кепілдік берген борыштың ағымдағы жай-күйі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыз алушылар борышының ағымдағы жай-күйі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуметтік-экономикалық даму болжамының макроэкономикалық көрсеткіштері (жалпы ішкі өнім, Қазақстан Республикасы Ұлттық қорының валюталық активтері, инфляция деңгейі, кірістердің өсу қарқыны) негізінде қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бюджетті атқару жөніндегі орталық уәкілетті орган жартыжылдық негізде есепті кезеңнен кейінгі екінші айдың 28-і күніне дейін бюджет саясаты жөніндегі орталық уәкілетті органға қарыз алушылар борышының жай-күйі және борыштық шектеулердің сақталуы туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1710,210 +1687,210 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының атауы: квазимемлекеттік сектор субъектілерінің (орталық мемлекеттік және жергілікті атқарушы органдардың ведомстволық бағынысты ұйымдарын қоспағанда) ішкі және сыртқы қарызының (облигацияларды қоса алғанда) игерілуі, өтелуі және оларға қызмет көрсету жөніндегі есеп.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны https://www.gov.kz интернет-ресурсында орналастырылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық жазылуы): СБЕ-618.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z67" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: тоқсандық.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z68" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20 ___ жылғы ___ тоқсан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z69" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деректер өтеусіз негізде ұсынылатын тұлғалар тобы және мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) квазимемлекеттік сектор субъектілері (орталық мемлекеттік және жергілікті атқарушы органдардың ведомстволық бағынысты ұйымдарын қоспағанда) мемлекеттік мүлік жөніндегі уәкілетті органға есепті кезеңнен кейінгі айдың 15-і күніне дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік мүлік жөніндегі уәкілетті орган бюджетті атқару жөніндегі орталық уәкілетті органға есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1979,59 +1956,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН/БСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="53"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkStart w:name="z72" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="5346700" cy="431800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -2067,5153 +2044,699 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (деректерді жеке тұлғалар ұсынған, сондай-ақ агрегатталған түрде ұсынылған жағдайда толтырылмайды) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде.</w:t>
-      </w:r>
-[...4364 lines deleted...]
-      Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жол коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздың күші жойылған (қайтарылған) сомасы</w:t>
+Қарыз алушының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыз валютасы</w:t>
+Кредитордың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті кезеңнің басындағы борыш</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Жобаның атауы немесе қарыз алу мақсаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыз қаражаты игерілді (түсуі)</w:t>
-[...36 lines deleted...]
-Негізгі борыш өтелді</w:t>
+Қарыз сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...33 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-барлығы, есепті кезеңді қоса алғанда</w:t>
+Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-есепті кезеңде</w:t>
+В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-барлығы, есепті кезеңді қоса алғанда</w:t>
+Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-есепті кезеңде</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1-ші қарыз алушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...153 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1. ішкі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -7234,78 +2757,3623 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, мың АҚШ доллары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2. сыртқы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, мың АҚШ доллары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2-ші қарыз алушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, мың АҚШ доллары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны, мың АҚШ доллары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7362,51 +6430,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -7443,185 +6511,248 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті кезеңнің соңындағы борыш</w:t>
+Қарыздың күші жойылған (қайтарылған) сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз валютасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезеңнің басындағы борыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төленген пайыз</w:t>
+Қарыз қаражаты игерілді (түсуі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мыналар бойынша алдыңғы есепті түзету</w:t>
-[...36 lines deleted...]
-Қосымша ақпарат</w:t>
+Негізгі борыш өтелді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7679,394 +6810,345 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...87 lines deleted...]
-          <w:p/>
+              <w:t>
+барлығы, есепті кезеңді қоса алғанда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңде</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8257,150 +7339,1045 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезеңнің соңындағы борыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төленген пайыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар бойынша алдыңғы есепті түзету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша ақпарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, есепті кезеңді қоса алғанда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+игеру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+өтеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қызмет көрсету </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: "Квазимемлекеттік сектор субъектілерінің (орталық мемлекеттік және жергілікті атқарушы органдардың ведомстволық бағынысты ұйымдарын қоспағанда) ішкі және сыртқы қарызының (облигацияларды қоса алғанда) игерілуі, өтелуі және оларға қызмет көрсету жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме қосымшада көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураның толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АҚШ – Америка Құрама Штаттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН –- жеке сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8620,187 +8597,187 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="63"/>
+          <w:bookmarkStart w:name="z82" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындаушы __________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="64"/>
+          <w:bookmarkStart w:name="z83" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қолы, телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="65"/>
+          <w:bookmarkStart w:name="z84" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшы немесе оның міндетін атқарушы адам __________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8811,70 +8788,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="66"/>
+          <w:bookmarkStart w:name="z85" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9065,564 +9042,548 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Квазимемлекеттік сектор субъектілерінің (орталық мемлекеттік және жергілікті атқарушы органдардың ведомстволық бағынысты ұйымдарын қоспағанда) ішкі және сыртқы қарызының (облигацияларды қоса алғанда) игерілуі, өтелуі және оларға қызмет көрсету жөніндегі есеп" нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әдіснамалық түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z92" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Есепті тоқсанына бір рет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z93" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z93" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) квазимемлекеттік сектор субъектілері (орталық мемлекеттік және жергілікті атқарушы органдардың ведомстволық бағынысты ұйымдарын қоспағанда) компанияның барлық деңгейлерінің құрылымына кіретін ұйымдар бойынша бөліп, есепті кезеңнен кейінгі айдың 15-і күніне дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z94" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік мүлік жөніндегі уәкілетті орган есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейін жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z95" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z95" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Есеп:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z96" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z96" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бөлімнің символы мен атауы көрсетіліп, әр бөлім бойынша жеке-жеке толтырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z97" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z97" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) А бағанында квазимемлекеттік сектор субъектілері нарықтық құрылымы бойынша ірі және еншілес компаниялар деп бөлініп, реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z98" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Б бағанында квазимемлекеттік сектор субъектілері нарықтық құрылымы бойынша ірі және еншілес компаниялар деп бөлініп, қарыз алушының атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z99" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) В бағанында жобаның атауы және/немесе қарыз алу мақсаты көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z100" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Г бағанында кредитордың немесе облигация ұстаушының атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z101" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 1-бағанда қол қойылған қарыз сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z102" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 2-бағанда қарыздың күші жойылған (қайтарылған) сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z103" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) 3-бағанда қарыз тартылған валютаның атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z104" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) 4-бағанда қарыз алушының кредитор алдындағы есепті кезеңнің басындағы негізгі борышының қалдығы көрсетіледі (12 және 13-бағандарда көзделген түзету жағдайларын қоспағанда, борыш сомасы өткен есепті кезеңдегі 9-бағанмен сәйкес келеді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z105" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) 5 және 6-бағандарда қарыздың бүкіл қолданылу кезеңіндегі және есепті кезеңде қарыздың (облигацияларды орналастыруды қоса алғанда) игерілген (түскен) жалпы сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z106" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз шартының талаптарында көзделген пайыздық төлемдер қарыз алушының негізгі борышына капиталданған жағдайда деректер 5 және 6-бағандарда да ескеріледі, ал қосымша (нақтылайтын) ақпарат 15-бағанда көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z107" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұрын игерілген қарыз қаражаты есепті кезеңде кредиторға қайтарылған жағдайда деректер минус (-) белгісімен ескеріледі, ал қосымша (нақтылайтын) ақпарат 15-бағанда көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z108" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 7 және 8-бағандарда қарыздың бүкіл қолданылу кезеңіндегі және есепті кезеңдегі негізгі борышты өтеу (облигацияларды кері сатып алу) бойынша төлемдердің жалпы сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z109" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) 9-бағанда қарыз алушының кредитор алдындағы есепті кезеңнің аяғындағы негізгі борышының қалдығы көрсетіледі және 9-баған = 4-баған + 6-баған - 8-баған + 12-баған - 13-баған формуласымен есептеледі (берешек сомасы келесі есепті кезеңде 4-бағанға ауыстырылады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z110" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) 14 және 15-бағандарда қарыздың бүкіл қолданылу кезеңіндегі және есепті кезеңдегі пайыздар бойынша төлемдердің жалпы сомасы (біржолғы комиссия, резервке қойғаны үшін комиссия, сыйақы, айыппұлдар, өсімпұлдар және сол сияқты) көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z111" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) 12, 13 және 14-бағандарда, егер бұл деректер алдыңғы есепте көрсетілмеген болса, борышты игеру, өтеу және оған қызмет көрсету бойынша түзетілген сомалар көрсетіледі (мұндай ақпарат әрбір осындай жағдай бойынша ғана көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z112" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) 15-бағанда 12, 13 және 14-бағандарда көрсетілген деректерді түзету себептері бойынша ашылған ақпарат немесе басқа да маңызды нақтылайтын ақпарат (қарызды ұзарту, негізгі борышты ішінара немесе толық мерзімінен бұрын өтеу, қарызды өтеу және оған қызмет көрсету бойынша уақтылы төлемеу, қарыз алушының төлем қабілетсіздігі) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z113" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "Барлығы" және "Жиыны" деген жолдарды қоспағанда, барлық цифрлық бағандар қарыз валютасында және мың бірлікпен толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z114" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Барлығы" және "Жиыны" деген жолдар мың теңгемен және Америка Құрама Штаттарының (бұдан әрі – АҚШ) мың долларымен есептеледі және толтырылады. Көрсеткіштерді АҚШ долларына келтіру есепті кезеңнің соңғы күнтізбелік күніне Қазақстан Республикасының Ұлттық Банкі белгілеген ресми бағам бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9753,210 +9714,210 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="91"/>
+    <w:bookmarkStart w:name="z122" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының атауы: орталық мемлекеттік органдарға және жергілікті атқарушы органдарға ведомстволық бағынысты квазимемлекеттік сектор субъектілерінің ішкі және сыртқы қарыздарының (облигацияларды қоса алғанда) игерілуі, өтелуі және оларға қызмет көрсету жөніндегі есеп.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z123" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z123" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны https://www.gov.kz интернет-ресурсында орналастырылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z124" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z124" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық жазылуы): ОЖЕ-618.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z125" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z125" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: тоқсандық.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z126" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z126" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20 ___ жылғы ___ тоқсан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z127" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z127" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деректер өтеусіз негізде ұсынылатын тұлғалар тобы және мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z128" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z128" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) квазимемлекеттік сектор субъектілері (орталық мемлекеттік органдарға және жергілікті атқарушы органдарға ведомстволық бағынысты) мемлекеттік мүлік жөніндегі уәкілетті органға есепті кезеңнен кейінгі айдың 15-і күніне дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z129" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z129" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік мүлік жөніндегі уәкілетті орган бюджетті атқару жөніндегі орталық уәкілетті органға есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10064,90 +10025,90 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="99"/>
+    <w:bookmarkStart w:name="z130" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (деректерді жеке тұлғалар ұсынған, сондай-ақ агрегатталған түрде ұсынылған жағдайда толтырылмайды) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z131" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z131" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -13352,70 +13313,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="101"/>
+    <w:bookmarkStart w:name="z132" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13452,126 +13413,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз валютасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="102"/>
+          <w:bookmarkStart w:name="z133" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартқа қол қойылған/бағалы қағаздар шығарылған күн</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (КК.АА.ЖЖЖЖ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="103"/>
+          <w:bookmarkStart w:name="z134" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтеу мерзімі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="103"/>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (АА.ЖЖЖЖ - АА.ЖЖЖЖ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14067,70 +14028,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="104"/>
+    <w:bookmarkStart w:name="z135" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -14320,70 +14281,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 есепті кезеңде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z136" w:id="105"/>
+          <w:bookmarkStart w:name="z136" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 есепті кезеңнің соңындағы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (8-баған + 9-баған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14968,90 +14929,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="106"/>
+    <w:bookmarkStart w:name="z137" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z138" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z138" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың бірлікпен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15764,210 +15725,210 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="108"/>
+    <w:bookmarkStart w:name="z139" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: "Орталық мемлекеттік органдарға және жергілікті атқарушы органдарға ведомстволық бағынысты квазимемлекеттік сектор субъектілерінің ішкі және сыртқы қарыздарының (облигацияларды қоса алғанда) игерілуі, өтелуі және оларға қызмет көрсету жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме қосымшада көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z140" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z140" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z141" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z141" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АҚШ – Америка Құрама Штаттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z142" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z142" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z143" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z143" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖАО – жергілікті атқарушы органдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z144" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z144" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ЖСН – жеке сәйкестендіру нөмірі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z145" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z145" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КК.АА.ЖЖЖЖ – күні, айы, жылы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z146" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z146" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОМО – орталық мемлекеттік орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16187,187 +16148,187 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="116"/>
+          <w:bookmarkStart w:name="z147" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындаушы ___________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="117"/>
+          <w:bookmarkStart w:name="z148" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қолы, телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="118"/>
+          <w:bookmarkStart w:name="z149" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшы немесе оның міндетін атқарушы адам ________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16378,70 +16339,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="119"/>
+          <w:bookmarkStart w:name="z150" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16614,664 +16575,648 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Орталық мемлекеттік органдарға және жергілікті атқарушы органдарға ведомстволық бағынысты квазимемлекеттік сектор субъектілерінің ішкі және сыртқы қарыздарының (облигацияларды қоса алғанда) игерілуі, өтелуі және оларға қызмет көрсету жөніндегі есеп" нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z156" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әдіснамалық түсіндірмелер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z157" w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z157" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Есепті тоқсанына бір рет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z158" w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z158" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орталық мемлекеттік және жергілікті атқарушы органдарға ведомстволық бағынысты квазимемлекеттік сектор субъектілері мемлекеттік мүлік жөніндегі уәкілетті органға есепті кезеңнен кейінгі айдың 15-і күніне дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z159" w:id="123"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z159" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік мүлік жөніндегі уәкілетті орган бюджетті атқару жөніндегі орталық уәкілетті органға есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейін жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z160" w:id="124"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z160" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Есеп:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z161" w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z161" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бөлімнің символы мен атауы көрсетіліп, әрбір бөлім бойынша жеке-жеке толтырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z162" w:id="126"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z162" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) А бағанында орталық мемлекеттік органдарға/жергілікті атқарушы органдарға, қарыз алудың нарықтық құрылымы бойынша, ведомстволық бағынысты компаниялар деп бөлініп, реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z163" w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z163" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Б бағанында орталық мемлекеттік органдарға/жергілікті атқарушы органдарға, нарықтық құрылымы бойынша, ведомстволық бағынысты ұйымдар бойынша бөліп, қарыз алушының атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z164" w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z164" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) В бағанында жобаның атауы және/немесе қарыз алу мақсаты көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z165" w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z165" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Г бағанында кредитордың немесе облигациялар ұстаушының атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z166" w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z166" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 1-бағанда қарыздың жалпы сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z167" w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z167" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 2-бағанда қарыздың күші жойылған (қайтарылған) сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z168" w:id="132"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z168" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) 3-бағанда қарыз тартылған валютаның атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z169" w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z169" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) 4-бағанда кредиттік келісімге қол қойылған күн немесе бағалы қағаздар шығарылған күн көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z170" w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z170" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) 5-бағанда негізгі борышты өтеу кезеңі (төлемнің бірінші және соңғы күні) көрсетіледі (негізгі борышты өтеу кестесі өзгерген (қысқарту, ұзарту немесе ауыстыру) жағдайда негізгі борышты өтеу кезеңі қосымша көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z171" w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z171" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 6-бағанда қарыз тартылған барлық пайыздық мөлшерлемелер (біржолғы комиссия, резервке қойғаны үшін комиссия, сыйақы мөлшерлемесі) көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z172" w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z172" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) 7-бағанда қарыз алушының кредитор алдындағы есепті кезеңнің басындағы негізгі борышының қалдығы көрсетіледі (17 және 18-бағандарда көзделген түзету жағдайларын қоспағанда, борыш сомасы өткен есепті кезеңдегі 14-бағанға сәйкес келуге тиіс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z173" w:id="137"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z173" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) 8 және 9-бағандарда есепті кезеңнің басындағы және есепті кезеңдегі қарыздың игерілген (түскен) сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z174" w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z174" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пайыздық төлемдер қарыз шартының талаптарында көзделген қарыз алушының негiзгi борышына капиталданған жағдайда деректер 9-бағанда да ескерiледi, ал нақтылайтын ақпарат 20-бағанда көрсетiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z175" w:id="139"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z175" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұған дейін игерілген қарыз қаражаты есепті кезеңде кредиторға қайтарылған жағдайда деректер 9-бағанда (-) минус белгісімен ескеріледі және нақтылайтын ақпарат 20-бағанда көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z176" w:id="140"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z176" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) 10-бағанда есепті кезеңнің соңындағы қарыздың игерілген (түскен) сомасы көрсетіледі және 10-баған = 8-баған + 9-баған формуласымен есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z177" w:id="141"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z177" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) 11, 12-бағандарда есепті кезеңнің басындағы және есепті кезеңде негізгі борышты өтеу (облигацияларды кері сатып алу) бойынша төлемдер сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z178" w:id="142"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z178" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) 13-бағанда есепті кезеңнің соңындағы негізгі борышты өтеу (облигацияларды кері сатып алу) бойынша төлемдер сомасы көрсетіледі және 13-баған = 11-баған + 12-баған формуласымен есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z179" w:id="143"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z179" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-бағанда қарыз алушының кредитор алдындағы есепті кезеңнің соңындағы негізгі борышының қалдығы көрсетіледі және 14-баған = 7-баған + 9-баған - 13-баған + 17-баған - 18-баған формуласымен есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z180" w:id="144"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z180" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15 және 16-бағандарда есепті кезеңнің басындағы және есепті кезеңдегі борышқа қызмет көрсету бойынша төлемдердің (пайыздарды төлеудің) жалпы сомалары көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z181" w:id="145"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z181" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17, 18 және 19-бағандарда, егер бұл деректер алдыңғы есептерде көрсетілмеген болса, игеру, өтеу және борышқа қызмет көрсету бойынша түзетілген сомалар көрсетіледі. Мұндай ақпарат әрбір осындай жағдай бойынша ғана көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z182" w:id="146"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z182" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-бағанда 17, 18 және 19-бағандарда көрсетілген деректерді түзету себептері бойынша ашылған ақпарат немесе басқа да маңызды нақтылайтын ақпарат (қарызды ұзарту, негізгі борышты ішінара немесе толық мерзімінен бұрын өтеу, қарызды өтеу және оған қызмет көрсету бойынша уақтылы төлемеу, қарыз алушының төлем қабілетсіздігі және т.с.с.) көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z183" w:id="147"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z183" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "Барлығы" және "Жиыны" деген жолдарды қоспағанда, барлық цифрлық бағандар қарыз валютасында және мың бірлікпен толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z184" w:id="148"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z184" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Барлығы" және "Жиыны" деген жолдар мың теңгемен және Америка Құрама Штаттарының (бұдан әрі – АҚШ) мың долларымен есептеледі және толтырылады. Көрсеткіштерді АҚШ долларына келтіру есепті кезеңнің соңғы күнтізбелік күніне Қазақстан Республикасының Ұлттық Банкі белгілеген ресми бағам бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17402,210 +17347,210 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="149"/>
+    <w:bookmarkStart w:name="z192" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының атауы: квазимемлекеттік сектор субъектілерінің қарыздары бойынша негізгі борыштың алдағы бесжылдық кезеңге жоспарланып отырған игерілуі және өтелуі жөніндегі есеп.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z193" w:id="150"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z193" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны https://www.gov.kz интернет-ресурсында орналастырылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z194" w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z194" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық жазылуы): КСЕ-618.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z195" w:id="152"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z195" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: жартыжылдық.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z196" w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z196" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20 ___ жылдың ___ жартыжылдығы үшін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z197" w:id="154"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z197" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деректер өтеусіз негізде ұсынатын тұлғалар тобы және мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z198" w:id="155"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z198" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) квазимемлекеттік сектор субъектілері мемлекеттік мүлік жөніндегі уәкілетті органға есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z199" w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z199" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік мүлік жөніндегі уәкілетті орган бюджетті атқару жөніндегі орталық уәкілетті органға есепті кезеңнен кейінгі екінші айдың 25-і күніне дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17638,59 +17583,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН/БСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z200" w:id="157"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkStart w:name="z200" w:id="160"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="5346700" cy="431800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
@@ -17726,90 +17671,90 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z201" w:id="158"/>
+    <w:bookmarkStart w:name="z201" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (деректерді жеке тұлғалар ұсынған, сондай-ақ агрегатталған түрде ұсынылған жағдайда толтырылмайды) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z202" w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z202" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдісі: электрондық түрде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -17849,70 +17794,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z203" w:id="160"/>
+          <w:bookmarkStart w:name="z203" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алушының</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkEnd w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -26044,70 +25989,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z204" w:id="161"/>
+    <w:bookmarkStart w:name="z204" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -26573,70 +26518,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="162"/>
+    <w:bookmarkStart w:name="z205" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -27335,70 +27280,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z206" w:id="163"/>
+    <w:bookmarkStart w:name="z206" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -28097,230 +28042,230 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z207" w:id="164"/>
+    <w:bookmarkStart w:name="z207" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: "Квазимемлекеттік сектор субъектілерінің қарыздары бойынша негізгі борыштың алдағы бесжылдық кезеңге жоспарланып отырған игерілуі және өтелуі жөніндегі есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірме қосымшада көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z208" w:id="165"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z208" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z209" w:id="166"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z209" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АҚШ – Америка Құрама Штаттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z210" w:id="167"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z210" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z211" w:id="168"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z211" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН – жеке сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z212" w:id="169"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z212" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КК.АА.ЖЖЖЖ – күні, айы, жылы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z213" w:id="170"/>
+          <w:bookmarkStart w:name="z213" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Телефоны_____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -28427,243 +28372,243 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z214" w:id="171"/>
+          <w:bookmarkStart w:name="z214" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындаушы ___________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="171"/>
+          <w:bookmarkEnd w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z215" w:id="172"/>
+          <w:bookmarkStart w:name="z215" w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="172"/>
+          <w:bookmarkEnd w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қолы, телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z216" w:id="173"/>
+          <w:bookmarkStart w:name="z216" w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшы немесе оның міндетін атқарушы адам_______________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="173"/>
+          <w:bookmarkEnd w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z217" w:id="174"/>
+          <w:bookmarkStart w:name="z217" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="174"/>
+          <w:bookmarkEnd w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28823,384 +28768,368 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өтеусіз негізде жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Квазимемлекеттік сектор субъектілерінің қарыздары бойынша негізгі борыштың алдағы бесжылдық кезеңге жоспарланып отырған игерілуі және өтелуі жөніндегі есеп" нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="175"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z223" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әдіснамалық түсіндірмелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z224" w:id="176"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z224" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Есепті жарты жылда бір рет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z225" w:id="177"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z225" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) квазимемлекеттік сектор субъектілері есепті кезеңнен кейінгі екінші айдың 10-ы күніне дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z226" w:id="178"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z226" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік мүлік жөніндегі уәкілетті орган есепті кезеңнен кейінгі екінші айдың 25-і күніне дейін жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z227" w:id="179"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z227" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Есеп: бөлімнің символы мен атауы көрсетіліп, әрбір бөлім бойынша жеке-жеке толтырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z228" w:id="180"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z228" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) А бағанында квазимемлекеттік сектор субъектілерін нарықтық құрылымы бойынша ірі және еншілес компаниялар деп бөлініп, реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z229" w:id="181"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z229" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Б бағанында квазимемлекеттік сектор субъектілерін нарықтық құрылымы бойынша ірі және еншілес компаниялар деп бөлініп, қарыз алушының атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z230" w:id="182"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z230" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) В бағанында жобаның атауы және/немесе қарыз алу мақсаты көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z231" w:id="183"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z231" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) 1-бағанда қарыз алушының кредитор алдындағы есепті кезеңнің басындағы негізгі борышының қалдығы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z232" w:id="184"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z232" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 2 және 3-бағандарда бұдан бұрын тартылған немесе тарту жоспарланып отырған қарыздардың ағымдағы жылдың соңына дейін жоспарланатын игерілуі және өтелуі көрсетіледі (бірінші жартыжылдық үшін есеп жасаған кезде толтырылады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z233" w:id="185"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z233" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 4-бағанда қарыз алушының кредитор алдындағы ағымдағы жылдың соңындағы негізгі борышының жоспарланатын қалдығы көрсетіледі және 4-баған = 1-баған + 2-баған - 3-баған формуласымен есептеледі (екінші жартыжылдық үшін есеп жасаған кезде 1-бағанда көрсетілген есепті кезеңнің соңындағы борыш бойынша іс жүзіндегі деректер 4-бағанға ауыстырылады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z234" w:id="186"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z234" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 5, 6 және 7-бағандарда ағымдағы жылдан кейінгі бірінші жоспарланатын жылы жоспарланып отырған игеру, өтеу және борыш көрсетіледі (бұл ретте 7-баған 7-баған = 4-баған + 5-баған - 6-баған формуласымен толтырылады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z235" w:id="187"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z235" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қалған жылдар бойынша жоспарланып отырған игеру, өтеу және борыш осыған ұқсас толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z236" w:id="188"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z236" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        "Барлығы" және "Жиыны" деген жолдарда қоспағанда, барлық цифрлық бағандар қарыз валютасында және мың бірлікпен толтырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z237" w:id="189"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z237" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Барлығы" және "Жиыны" деген жолдар мың теңгемен және Америка Құрама Штаттарының (бұдан әрі – АҚШ) мың долларымен есептеледі және толтырылады. Көрсеткіштерді АҚШ долларына келтіру есепті кезеңнің соңғы күнтізбелік күніне Қазақстан Республикасының Ұлттық Банкі белгілеген ресми бағам бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29292,268 +29221,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 479 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z245" w:id="190"/>
+    <w:bookmarkStart w:name="z245" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Yкiметiнiң күшi жойылған кейбiр шешiмдерiнiң тiзбесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z246" w:id="191"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z246" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Квазимемлекеттік сектордың сыртқы және ішкі қарыздарына мониторинг жүргізу және бақылау қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 20 сәуірдегі № 210 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z247" w:id="192"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z247" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Квазимемлекеттік сектордың сыртқы және ішкі қарыздарына мониторинг жүргізу және бақылау қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 20 сәуірдегі № 210 қаулысына өзгеріс енгізу туралы Қазақстан Республикасы Үкіметінің 2018 жылғы 29 желтоқсандағы № 924 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z248" w:id="193"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z248" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Квазимемлекеттік сектордың сыртқы және ішкі қарыздарына мониторинг жүргізу және бақылау қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 20 сәуірдегі № 210 қаулысына өзгерістер мен толықтыру енгізу туралы Қазақстан Республикасы Үкіметінің 2022 жылғы 29 желтоқсандағы № 1100 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z249" w:id="194"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z249" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Квазимемлекеттік сектордың сыртқы және ішкі қарыздарына мониторинг жүргізу және бақылау қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 20 сәуірдегі № 210 қаулысына өзгеріс енгізу туралы Қазақстан Республикасы Үкіметінің 2023 жылғы 27 шiлдедегi № 615 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z250" w:id="195"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z250" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Квазимемлекеттік сектордың сыртқы және ішкі қарыздарына мониторинг жүргізу және бақылау қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 20 сәуірдегі № 210 қаулысына өзгеріс енгізу туралы Қазақстан Республикасы Үкіметінің 2024 жылғы 29 қарашадағы № 1018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>