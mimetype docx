--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1db1ddd" w14:textId="1db1ddd">
+    <w:p w14:paraId="a9ab7d1" w14:textId="a9ab7d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,67 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қоршаған ортаның жай-күйін жақсартуға бағытталған өңдеу саласындағы жобаларды одан әрі қаржыландыру үшін дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы тікелей немесе жанама түрде мемлекетке және (немесе) ұлттық басқарушы холдингке тиесілі ұйымды өндірушілердің (импорттаушылардың) кеңейтілген міндеттемелері операторының қаржыландыруы қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 2 қыркүйектегі № 604 қаулысына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 25 маусымдағы № 467 қаулысы</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 25 маусымдағы № 467 қаулысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>