--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8998278" w14:textId="8998278">
+    <w:p w14:paraId="c953b92" w14:textId="c953b92">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Үкіметі мен Сауд Арабиясы Корольдігінің Үкіметі арасындағы инвестицияларды өзара көтермелеу және қорғау туралы келісімге қол қою және "Қазақстан Республикасының Үкіметі мен Сауд Арабиясы Корольдігінің Үкіметі арасындағы инвестицияларды көтермелеу және өзара қорғау туралы келісімге қол қою және "Қазақстан Республикасының Үкiметi мен Сауд Арабиясы Корольдігінің Үкіметі арасындағы Инвестицияларды көтермелеу және өзара қорғау туралы келісімге қол қою туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 10 желтоқсандағы № 987 қаулысының күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 23 тамыздағы № 717 қаулысының күші жойылды деп тану туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 12 мамырдағы № 327 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 12 мамырдағы № 327 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -182,54 +182,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мақұлдансын. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Премьер-Министрінің орынбасары – Сыртқы істер министрі Мұрат Əбуғалиұлы Нұртілеу Қазақстан Республикасының Үкіметі мен Сауд Арабиясы Корольдігінің Үкіметі арасындағы инвестицияларды өзара көтермелеу және қорғау туралы келісімге Қазақстан Республикасының Үкіметі атынан қол қойсын, оған қағидаттық сипаты жоқ өзгерістер мен толықтырулар енгізуге рұқсат берілсін.</w:t>
+      2. Қазақстан Республикасы Сыртқы істер министрі Ермек Беделбайұлы Көшербаев Қазақстан Республикасының Үкіметі мен Сауд Арабиясы Корольдігінің Үкіметі арасындағы инвестицияларды өзара көтермелеу және қорғау туралы келісімге Қазақстан Республикасының Үкіметі атынан қол қойсын, оған қағидаттық сипаты жоқ өзгерістер мен толықтырулар енгізуге рұқсат берілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z8" w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының Үкіметі мен Сауд Арабиясы Корольдігінің Үкіметі арасындағы инвестицияларды көтермелеу және өзара қорғау туралы келісімге қол қою және "Қазақстан Республикасының Үкiметi мен Сауд Арабиясы Корольдігінің Үкіметі арасындағы Инвестицияларды көтермелеу және өзара қорғау туралы келісімге қол қою туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 10 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -6576,55 +6638,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6950,31 +7012,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>