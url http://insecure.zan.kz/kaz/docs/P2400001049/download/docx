--- v0 (2025-11-07)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="36acf2f" w14:textId="36acf2f">
+    <w:p w14:paraId="502cdf3" w14:textId="502cdf3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Үкіметі мен Өзбекстан Республикасының Үкіметі арасындағы Қазақстан Республикасының және Өзбекстан Республикасының азаматтық мақсаттағы жерүсті радиоқызметтері пайдаланатын радиожиілік иеленімдерін шекара маңы аймақтарында үйлестіру туралы келісімге қол қою туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2024 жылғы 11 желтоқсандағы № 1049 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2024 жылғы 11 желтоқсандағы № 1049 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -181,55 +181,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мақұлдансын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2. Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрі Жаслан Хасенұлы Мәдиевке Қазақстан Республикасының Үкіметі мен Өзбекстан Республикасының Үкіметі арасындағы Қазақстан Республикасының және Өзбекстан Республикасының азаматтық мақсаттағы жерүсті радиоқызметтері пайдаланатын радиожиілік иеленімдерін шекара маңы аймақтарында үйлестіру туралы келісімге қағидаттық сипаты жоқ өзгерістер мен толықтырулар енгізуге рұқсат бере отырып, Қазақстан Республикасының Үкіметі атынан қол қоюға өкілеттік берілсін. </w:t>
+        <w:t>
+      2. Қазақстан Республикасы Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрі Жаслан Хасенұлы Мәдиевке Қазақстан Республикасының Үкіметі мен Өзбекстан Республикасының Үкіметі арасындағы Қазақстан Республикасының және Өзбекстан Республикасының азаматтық мақсаттағы жерүсті радиоқызметтері пайдаланатын радиожиілік иеленімдерін шекара маңы аймақтарында үйлестіру туралы келісімге қағидаттық сипаты жоқ өзгерістер мен толықтырулар енгізуге рұқсат бере отырып, Қазақстан Республикасының Үкіметі атынан қол қоюға өкілеттік берілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 944</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -2643,55 +2705,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3017,31 +3079,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>