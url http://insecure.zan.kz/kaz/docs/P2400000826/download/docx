--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ed0bd81" w14:textId="ed0bd81">
+    <w:p w14:paraId="0e2aadf" w14:textId="0e2aadf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -142,110 +142,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>98-бабын</w:t>
+        <w:t>241-4-бабын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> іске асыру мақсатында Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1155</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -787,90 +787,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Үкіметінің жанындағы Жоғары ғылыми-техникалық комиссия (бұдан әрі – ЖҒТК) Қазақстан Республикасы Үкіметінің жанындағы консультативтік-кеңесші орган болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. ЖҒТК-ны Қазақстан Республикасының Премьер-Министрі (бұдан әрі – төраға) басқарады, оның ғылым саласындағы және инновациялық қызметті мемлекеттік қолдау саласындағы уәкілетті органдардың бірінші басшылары тұлғасындағы орынбасарлары болады.</w:t>
+      2. ЖҒТК-ны Қазақстан Республикасының Премьер-Министрі (бұдан әрі – төраға) басқарады, оның ғылым және инновациялық қызмет саласындағы уәкілетті органның бірінші басшысы тұлғасындағы орынбасары болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1155</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -889,100 +889,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. ЖҒТК құрамы Қазақстан Республикасы Үкіметінің мүшелері, Қазақстан Республикасы Парламентінің депутаттары, мемлекеттік органдардың, Ұлттық ғылым академиясының басшылары, жетекші ғалымдар, әртүрлі білім салаларының сарапшылары, ұлттық басқарушы холдингтердің, ұлттық даму институттарының, ұлттық холдингтердің, ұлттық компаниялардың, жеке кәсіпкерлік субъектілерінің және республикалық ғылыми қоғамдық бірлестіктердің өкілдері қатарынан қалыптастырылады және Қазақстан Республикасы Үкіметінің қаулысымен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ғылым саласындағы және инновациялық қызметті мемлекеттік қолдау саласындағы уәкілетті органдар ЖҒТК-ның жұмыс органдары болып табылады.</w:t>
+      Ғылым және инновациялық қызмет саласындағы уәкілетті орган ЖҒТК-ның жұмыс органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+        <w:t xml:space="preserve">; 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1422,147 +1442,127 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) салалық бағыттар бойынша тұжырымдалатын мемлекеттік технологиялық саясатты қарау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) мемлекеттік органдардың технологиялық құзыреттердің салалық орталықтарын, нысаналы технологиялық бағдарламаларды айқындау және салалардағы технологиялық платформаларды, сондай ақ жасанды интеллектті енгізуді ұйымдастыру жөніндегі бастамаларын қарау;</w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> және осы Ережеде көзделген өзге де міндеттер болып табылады.</w:t>
+      15) мемлекеттік органдардың нысаналы технологиялық бағдарламаларды бекіту және салаларда технологиялық платформаларды ұйымдастыру бойынша бастамаларын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Қазақстан Республикасының заңдарына сәйкес өзге де міндеттер болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1739,51 +1739,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төраға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) төрағаның орынбасарлары;</w:t>
+      2) төрағаның орынбасары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z43" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) хатшы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z44" w:id="27"/>
     <w:p>
@@ -1808,71 +1808,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+        <w:t xml:space="preserve">; 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z45" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3509,955 +3529,1331 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Құрам жаңа редакцияда - ҚР Үкіметінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 19.03.2025 </w:t>
+        <w:t xml:space="preserve"> қаулысымен; өзгерістер енгізілді - ҚР Үкіметінің 19.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының Премьер-Министрі, төраға.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z148" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының Ғылым және жоғары білім министрі, төрағаның орынбасары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Алып тасталды - ҚР Үкіметінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Ғылым және жоғары білім министрлігі Ғылым комитетінің төрағасы, хатшы.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Алып тасталды - ҚР Үкіметінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Премьер-Министрінің бірінші орынбасары.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z153" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазақстан Республикасы Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z154" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z155" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Қазақстан Республикасы Премьер-Министрінің орынбасары –Мәдениет және ақпарат министрі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z156" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Қазақстан Республикасы Президентінің ғылым және инновациялар мәселелері жөніндегі кеңесшісі (келісу бойынша).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z160" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасының Ауыл шаруашылығы министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z161" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасының Денсаулық сақтау министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z162" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасының Еңбек жəне халықты әлеуметтік қорғау министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z163" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасының Көлік министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z164" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасының Қаржы министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z165" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасының Қорғаныс министрі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Алып тасталды - ҚР Үкіметінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қазақстан Республикасының Оқу-ағарту министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z168" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасының Өнеркәсіп және құрылыс министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z169" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының Сауда және интеграция министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z170" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасының Су ресурстары және ирригация министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z171" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қазақстан Республикасының Туризм және спорт министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z172" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасының Төтенше жағдайлар министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z173" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қазақстан Республикасының Экология және табиғи ресурстар министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z174" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қазақстан Республикасының Энергетика министрі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z175" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қазақстан Республикасы Ұлттық қауіпсіздік комитеті төрағасының орынбасары (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z199" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-1. Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің төрағасы (келісу бойынша).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z176" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қазақстан Республикасының Парламенті Сенатының депутаты (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z177" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қазақстан Республикасының Парламенті Мәжілісінің депутаты (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z178" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қазақстан Республикасының Үкіметі Аппаратының Әлеуметтік даму бөлімінің меңгерушісі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z179" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. "Самұрық-Қазына" ұлттық әл-ауқат қоры" акционерлік қоғамының басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z180" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. "Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z181" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қазақстан Республикасының Президенті жанындағы "Қазақстан Республикасының Ұлттық ғылым академиясы" жоғары ғылыми ұйымының президенті (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z182" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. "Ұлттық мемлекеттік ғылыми-техникалық сараптама орталығы" акционерлік қоғамының басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z183" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Ақшолақов Серік Қуандықұлы – "Ұлттық нейрохирургия орталығы" акционерлік қоғамының басқарма төрағасы, медицина ғылымдарының докторы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z184" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Әбсәметов Мәліс Құдысұлы – "У.М. Ахмедсафин атындағы гидрогеология және геоэкология институты" жауапкершілігі шектеулі серіктестігінің директоры, геология-минералогия ғылымдарының докторы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z185" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Жұмағұлов Бақытжан Тұрсынұлы – "Қазақстан Республикасының Ұлттық инженерлік академиясы" республикалық қоғамдық бірлестігінің президенті (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z186" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Қабылдинов Зиябек Ермұханұлы – Қазақстан Республикасы Ғылым және жоғары білім министрлігі Ғылым комитетінің "Ш.Ш. Уәлиханов атындағы тарих және этнология институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының бас директоры, тарих ғылымдарының докторы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z187" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Наметов Асқар Мырзахметұлы – "Жәңгір хан атындағы Батыс Қазақстан аграрлық-техникалық университеті" коммерциялық емес акционерлік қоғамының басқарма төрағасы – ректоры, ветеринария ғылымдарының докторы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z188" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Сахиев Саябек Қуанышбекұлы – Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің "Ядролық физика институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының бас директоры, физика-математика ғылымдарының докторы (келісу бойынша).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. Алып тасталды - ҚР Үкіметінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z190" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. "Қазақмыс корпорациясы" жауапкершілігі шектеулі серіктестігінің басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z191" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. "Еуразиялық топ" жауапкершілігі шектеулі серіктестігінің бас директоры (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z192" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. "Qarмet" акционерлік қоғамының бас директоры (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z193" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. "Қазатомөнеркәсіп" ұлттық атом компаниясы" акционерлік қоғамының басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z194" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. "ҚазМұнайГаз" ұлттық компаниясы" акционерлік қоғамының басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z195" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. "Электр желілерін басқару жөніндегі Қазақстан компаниясы (Kazakhstan Electricity Grid Operating Company) "KEGOC" акционерлік қоғамының басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z196" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. "QazaqGaz" ұлттық атом компаниясы" акционерлік қоғамының басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z197" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. "KAZ Minerals Management" жауапкершілігі шектеулі серіктестігінің басқарма төрағасы (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z198" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Ахмад Вакар – "Назарбаев Университеті" дербес білім беру ұйымының президенті (келісу бойынша).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4549,978 +4945,978 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 826 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="56"/>
+    <w:bookmarkStart w:name="z123" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z124" w:id="57"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z124" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z125" w:id="58"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z125" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 13 қаңтардағы № 47 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z126" w:id="59"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z126" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрiнiң өкiмiне өзгерiстер енгiзу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 13 қарашадағы № 1445 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрiнiң өкiмiне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z127" w:id="60"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z127" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 26 қарашадағы № 1489 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z128" w:id="61"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z128" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 15 сәуірдегі № 358 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z129" w:id="62"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z129" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне өзгерiстер мен толықтырулар енгізу және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 9 сәуірдегі № 329 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z130" w:id="63"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z130" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне өзгерістер енгізу және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің және Қазақстан Республикасы Премьер-Министрінің өкімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 4 қыркүйектегі № 970 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z131" w:id="64"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z131" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 4 шілдедегі № 394 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z132" w:id="65"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z132" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 28 желтоқсандағы № 885 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z133" w:id="66"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z133" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 13 маусымдағы № 341 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z134" w:id="67"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z134" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылға 20 сәуірдегі № 429 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 19 сәуірдегі № 214 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z135" w:id="68"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z135" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Үкіметінің "Даму институттарын, қаржы ұйымдарын басқару жүйесін оңтайландыру және ұлттық экономиканы дамыту жөніндегі кейбір шаралар туралы" Қазақстан Республикасы Президентiнің 2013 жылғы 22 мамырдағы № 571 Жарлығын іске асыру жөнiндегi шаралар туралы" 2013 жылғы 25 мамырдағы № 516 және "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" 2011 жылғы 20 сәуірдегі № 429 қаулыларына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 18 қыркүйектегі № 697 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z136" w:id="69"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z136" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 23 маусымдағы № 386 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z137" w:id="70"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z137" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне және Қазақстан Республикасы Премьер-Министрінің кейбір өкімдеріне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 1 қазандағы № 624 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z138" w:id="71"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z138" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 2 қыркүйектегі № 603 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z139" w:id="72"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z139" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 28 қаңтардағы № 34 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z140" w:id="73"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z140" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасы Үкіметінің жанындағы консультативтік-кеңесші органдардың кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 29 сәуірдегі № 268 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z141" w:id="74"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z141" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 25 мамырдағы № 329 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z142" w:id="75"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z142" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 26 қазандағы № 846 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z143" w:id="76"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z143" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 17 наурыздағы № 236 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің өкімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z144" w:id="77"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z144" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 2 тамыздағы № 635 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z145" w:id="78"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z145" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 15 қарашадағы № 1005 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z146" w:id="79"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z146" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Қазақстан Республикасы Үкіметінің жанынан Жоғары ғылыми-техникалық комиссия құру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 20 сәуірдегі № 429 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2024 жылғы 20 наурыздағы № 218 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>