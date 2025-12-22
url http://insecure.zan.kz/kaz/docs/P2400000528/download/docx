--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a1a829" w14:textId="6a1a829">
+    <w:p w14:paraId="b7ba6c1" w14:textId="b7ba6c1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -248,139 +248,127 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Премьер-Министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3683,254 +3671,420 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Кепілдік беру кезіндегі тәуекелдер үшін комиссияны банк банктік кепілдік беру туралы шартқа сәйкес күнтізбелік бір жылда бір реттен сиретпей Даму банкінің шотына банктен қаражат аудару арқылы Даму банкінің пайдасына төлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
     <w:bookmarkStart w:name="z161" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. "Бәйтерек" ҰБХ" АҚ бюджеттік кредиттерді Қазақстан Республикасының бюджет заңнамасында айқындалған шарттарға және өлшемшарттарға сәйкес тартады.</w:t>
+      31. "Бәйтерек" ҰИХ" АҚ бюджеттік кредиттерді Қазақстан Республикасының бюджет заңнамасында айқындалған шарттарға және өлшемшарттарға сәйкес тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Үкіметінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z162" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көзделген ережелер орындалғаннан кейін Даму банкі өз лимиттері шегінде бюджет қаражатын бөлу және кепілдік беру мақсатында банктердің тізбесін айқындайды. "Бәйтерек" ҰБХ" АҚ Даму банкінің жеке банктік шотына "Бәйтерек" ҰБХ" АҚ мен Даму банкі арасында жасалған қарыз шартының талаптарына сәйкес қаражат сомасын орналастырады.</w:t>
+        <w:t>
+      32. Осы Кепілдік беру қағидаларының 31-тармағында көзделген ережелер орындалғаннан кейін Даму банкі өз лимиттері шегінде бюджет қаражатын бөлу және осы Кепілдік беру қағидаларына сәйкес кепілдіктер ұсыну мақсатында банктердің тізбесін айқындайды. "Бәйтерек" ҰИХ" АҚ Даму банкінің жеке банктік шотында "Бәйтерек" ҰИХ" АҚ мен Даму банкі арасында жасалған қарыз шартының талаптарына сәйкес қаражат сомасын орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Үкіметінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z163" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Даму банкі қарыз шартына сәйкес "Бәйтерек" ҰБХ" АҚ-дан бюджеттік кредит алуына қарай не банк бюджеттік кредитті мерзімінен бұрын өтегенде Даму банкі бюджет қаражатын банкаралық кредит беру шартын жасасу арқылы банктерге мынадай шарттармен бөледі:</w:t>
+      33. Даму банкі қарыз шартына сәйкес "Бәйтерек" ҰИХ" АҚ-дан бюджеттік кредит алуына қарай не банк бюджеттік кредитті мерзімінен бұрын өтеген кезде Даму банкі бюджет қаражатын банкаралық кредит беру шартын жасасу арқылы банктерге мынадай шарттармен бөледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z164" w:id="158"/>
-[...15 lines deleted...]
-      1) нысаналы мақсаты – банктердің кәсіпкерлік субъектілерінің инвестициялық жобаларын қаржыландыруы;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нысаналы мақсаты – банктің кәсіпкерлік субъектілерінің инвестициялық жобаларын қаржыландыруы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:bookmarkStart w:name="z231" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сыйақы мөлшерлемесі – жылдық 2,5 (екі бүтін оннан бес) %-дан аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:bookmarkStart w:name="z232" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кредит беру мерзімі – жиырма жылға дейін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:bookmarkStart w:name="z233" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) банктің кредиттік қаражатты игеру мерзімі – банкаралық кредиттеу шарты жасалған күннен бастап он сегіз ай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:bookmarkStart w:name="z234" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кредит беру валютасы – теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:bookmarkStart w:name="z235" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) кәсіпкерлік субъектісі банк алдындағы кредитті өтеген кезде банктің осы Кепілдік беру қағидаларында айқындалған шарттарда кәсіпкерлік субъектілерін қайтарылған қаражат есебінен қайта қаржыландыруына рұқсат етіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:bookmarkStart w:name="z236" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) кәсіпкерлік субъектісі үшін банктегі кредит бойынша сыйақы мөлшерлемесі – Даму банкі кепілдік берген кездегі тәуекелдер үшін комиссияны ескергенде жылдық 11,5 (он бір бүтін оннан бес) %-дан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Үкіметінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z171" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Кәсіпкерлік субъектісінің банктегі кредиті бойынша қаржыландыру көздері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
     <w:bookmarkStart w:name="z172" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4668,110 +4822,109 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстанның Даму банкі" акционерлік қоғамы кепілдік берген кезде тәуекелдер үшін комиссия төлеуге республикалық бюджеттен қаражат алуға өтінім</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="1601"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="1082"/>
+        <w:gridCol w:w="453"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="1098"/>
+        <w:gridCol w:w="703"/>
+        <w:gridCol w:w="1754"/>
+        <w:gridCol w:w="1210"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4800,416 +4953,416 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық жобаның/экспорттық операцияның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық жобаның/экспорттық операцияның ЭҚЖЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық жобаның/экспорттық операцияның құны, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит валютасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сұратылған кредит сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Болжалды кредит мерзімі, ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық жобаны/ экспорттық операцияны қаржыландыруды жоспарлайтын банк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепілдік сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Даму банкі кепілдігінің тәуекелдері үшін комиссия құны, жылдық %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Даму банкі кепілдігінің тәуекелдері үшін комиссияның сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5238,339 +5391,339 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5609,1219 +5762,1457 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Жеке кәсіпкерлік субъектілерінің кредиттері бойынша ішінара кепілдік беру қағидаларына сәйкес кепілдік беруге ұсынылатын кәсіпкерлік субъектілерінің инвестициялық жобаларының, экспорттық операцияларының тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6842,349 +7233,419 @@
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7192,3098 +7653,3420 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Жеке кәсіпкерлік субъектілерінің кредиттері бойынша ішінара кепілдік беру қағидаларына сәйкес кепілдік берілетін кәсіпкерлік субъектілеріне банктік кепілдіктер беру туралы жасалған шарттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Р/с № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіпкерлік субъектісінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық жобаның/ экспорттық операцияның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктік кепілдік беру туралы шарттың деректемелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық жобаның/ экспорттық операцияның ЭҚЖЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық жобаның, экспорттық операцияның құны, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит валютасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит мерзімі, ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк-кредитор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепілдік сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Даму банкі кепілдігінің тәуекелдері үшін комиссия құны, жылдық %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Даму банкі кепілдігінің тәуекелдері үшін комиссия сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1082" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z201" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстанның Даму банкі" акционерлік қоғамының кепілдігін беру кезінде комиссияны субсидиялауға өтінім беруге жауапты басшының лауазымы, тегі, аты, әкесінің аты (бар болса) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:bookmarkStart w:name="z202" w:id="194"/>
@@ -10809,221 +11592,220 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кредит бойынша сыйақы мөлшерлемесі: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1025"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="295"/>
+        <w:gridCol w:w="4096"/>
+        <w:gridCol w:w="949"/>
+        <w:gridCol w:w="445"/>
+        <w:gridCol w:w="445"/>
+        <w:gridCol w:w="445"/>
+        <w:gridCol w:w="365"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="286"/>
+        <w:gridCol w:w="2752"/>
+        <w:gridCol w:w="444"/>
+        <w:gridCol w:w="855"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="295" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Р/с № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="4096" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік шарт (№ және күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоба бойынша шығыстар сметасы бойынша шығыстар бабы (кредиттік шартқа сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -11160,1950 +11942,2149 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік шарт валютасындағы төлем сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Келісімшарт валютасындағы төлем сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемді жүзеге асыруға негіз болатын құжаттардың атауы, күні және деректемелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемнің мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нысаналы пайдаланылғанын растайтын құжаттардың атауы, күні және деректемелері (қабылдау-беру актілері, шот-фактуралар, жүкқұжаттар, орындалған жұмыстардың (көрсетілген қызметтердің) актілері, объектіні пайдалануға қабылдау актісі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Растайтын құжаттар бойынша сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз қаражатының нысаналы пайдалануға сәйкес келуі/сәйкес келмеуі туралы белгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="4096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="4096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік желіні ашу туралы ____ жылғы №____ келісімнің шеңберінде _____ жылғы №_____ банктік қарыз шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік шарт бойынша бекітілген шығыстар сметасына сәйкес баптың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз валютасындағы баптың жалпы мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z222" w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...223 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкес келеді/</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәйкес келмейді</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="212"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z223" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       * Екінші деңгейдегі банктің кредиттік қаражаты есебінен қаржыландырылатын шарт </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
     <w:bookmarkStart w:name="z224" w:id="214"/>
@@ -13253,55 +14234,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>