--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="633cd98" w14:textId="633cd98">
+    <w:p w14:paraId="25e706a" w14:textId="25e706a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің "Көмірсутектер кен орнын (кен орындарының тобын, кен орнының бір бөлігін) рентабельділігі төмен, тұтқырлығы жоғары, су басқан, дебиті аз және игерілген санатқа жатқызу қағидаларын және пайдалы қазбаларды өндіру салығы бөлігінде салық салу тәртібін бекіту туралы" 2018 жылғы 18 сәуірдегі № 204 және "Рентабельдігі төмен, тұтқырлығы жоғары, су басқан, дебиті аз және игерілген санатқа жатқызылатын көмірсутек кен орындарының (кен орындары тобының, кен орнының бір бөлігінің) тізбесін бекіту, "Көмірсутектер кен орнын (кен орындарының бір тобын, кен орнының бір бөлігін) рентабельділігі төмен, тұтқырлығы жоғары, су басқан, дебиті аз және игерілген санатқа жатқызу қағидаларын және пайдалы қазбаларды өндіру салығы бөлігінде салық салу тәртібін бекіту туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 18 сәуірдегі № 204 қаулысына өзгерістер мен толықтырулар енгізу және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" 2019 жылғы 27 маусымдағы № 449 қаулыларына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2024 жылғы 15 маусымдағы № 474 қаулысы.</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2024 жылғы 15 маусымдағы № 474 қаулысы. Күші жойылды - Қазақстан Республикасы Үкіметінің 2026 жылғы 23 ақпандағы № 105 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z0" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Үкіметінің 23.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z0" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6348,55 +6426,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6726,35 +6826,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>