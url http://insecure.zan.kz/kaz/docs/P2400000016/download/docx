--- v0 (2025-10-11)
+++ v1 (2026-03-06)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e412b8e" w14:textId="e412b8e">
+    <w:p w14:paraId="ecf44bd" w14:textId="ecf44bd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1443,3158 +1443,3206 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысаналы талаптардың жалпы сомасы орташаланған инвестициялық кіріс мөлшерлемесін ескере отырып, есепті жылдағы нысаналы талаптар мен алдыңғы кезеңдердегі нысаналы талаптардың жалпы сомасын қосу арқылы қалыптастырылады. Бұл ретте алдыңғы кезеңдердегі нысаналы талаптардың жалпы сомасынан нысаналы жинақтарды алушыларға жыл сайынғы іс жүзіндегі төлемдер шегеріледі.</w:t>
+      Нысаналы талаптардың жалпы сомасы орташаланған инвестициялық кіріс мөлшерлемесін ескере отырып, есепті жылдағы нысаналы талаптар мен алдыңғы кезеңдердегі нысаналы талаптардың жалпы сомасын қосу арқылы қалыптастырылады. Бұл ретте алдыңғы кезеңдердегі нысаналы талаптардың жалпы сомасынан нысаналы жинақтарды алушыларға Ұлттық қордан берілетін жыл сайынғы іс жүзіндегі төлемдер шегеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осылайша, нысаналы талаптардың есепті жылдың аяғындағы жиынтық сомасы (НТжиыны) мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      НТжиыны = НТ50%ОИК + (НТалдыңғы – ТС)*(1 + КМ), мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТС – БЖЗҚ деректеріне сәйкес айқындалатын есепті жылдың ішіндегі Ұлттық қордан берлетін төлемдердің жалпы сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТалдыңғы – нысаналы талаптардың есепті жылдың алдындағы жылдың соңындағы жағдай бойынша сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы талаптардың сомасы үтірден кейін екі белгіге дейінгі дәлдікпен дөңгелектенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      НТжиыны= </w:t>
+      Ұлттық қорды басқару қорытындылары бойынша 2022 жылғы нысаналы талаптардың іс жүзіндегі қалыптасқан сомасын көрсете отырып, нысаналы талаптарды есептеу мысалы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. ҚР ҰБ жыл сайын (1 қазан) БЖЗҚ-ға "Қазақстан Республикасының Ұлттық қорын сенімгерлік басқару туралы шарт туралы" Қазақстан Республикасының Үкіметінің 2001 жылғы 18 мамырдағы № 655 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақұлданған Ұлттық қорды сенімгерлік басқару туралы шартта белгіленген Қазақстан Республикасының Үкіметіне есеп ұсыну мерзімдеріне ұқсас мерзімдерде нысаналы талаптардың жалпы сомасы, есепті жылдағы есепке жазылған нысаналы талаптардың сомасы және орташаланған инвестициялық кіріс мөлшерлемесі, есепті жылдың алдындағы жылдың соңындағы жағдай бойынша нысаналы талаптардың сомасына есепке жазылған инвестициялық кіріс сомасы туралы ақпарат қамтылатын Ұлттық қордың активтерін сенімгерлікпен басқару нәтижелері туралы жыл сайынғы есепті жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысаналы талаптарға қатысушылар он сегіз жасқа толған жылға дейін нысаналы талаптар Ұлттық қорды басқару жөніндегі инвестициялық қызмет шеңберінде қаржы құралдарына инвестицияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ҚР ҰБ-да АҚШ долларымен ашылған БЖЗҚ-ның нысаналы активтер шотына (бұдан әрі – нысаналы активтер шоты) ақша есепке жатқызылғаннан кейін нысаналы жинақтар қаржы құралдарына инвестицияланбайды және осы Қағидаларда айқындалған шарттар басталған кезде нысаналы жинақтарды алушылардың немесе мұрагерлердің алуы үшін қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. БЖЗҚ ақпараттық жүйелерді интеграциялау арқылы "Жеке тұлғалар" мемлекеттік дерекқорынан (бұдан әрі – ЖТ МДҚ) нысаналы талаптарға қатысушылар бойынша мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z101" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының азаматтығын туған кезде алғаны туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z102" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының азаматтығын алған күнін көрсетіп, Қазақстан Республикасының азаматтығын туғанынан кейін қабылдағаны туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z103" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) "Қазақстан Республикасының азаматтығы туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының азаматтығынан айырылғаны немесе шыққаны туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z104" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қайтыс болған күнін не соттың қайтыс болды деп жариялау туралы шешімінің заңды күшіне енген күнін көрсетіп, қайтыс болғаны туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z105" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ЖТ МДҚ-да қамтылған мәліметтердің жаңартылғаны туралы мәліметтерді алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БЖЗҚ ЖТ МДҚ-дан алынған мәліметтер негізінде БЖЗҚ ақпараттық жүйесінде нысаналы талаптарға қатысушылардың электрондық тізімін дербес қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8-1. БЖЗҚ нысаналы талаптарға қатысушылардың электрондық тізімін қалыптастыру кезінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z107" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЖТ МДҚ-да "азаматтығы" деген жолда "Қазақстан" деген жазу жоқ адамдарды "Қазақстан Республикасының азаматтығынан айырылған немесе азаматтығынан шыққан" деген санатқа жатқызады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z108" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ЖТ МДҚ-да "өмірлік мәртебесі" деген жолда "қайтыс болған" деп көрсетілген адамдарды "қайтыс болған не заңды күшіне енген сот шешімімен қайтыс болды деп жарияланған" деген санатқа жатқызады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 8-1-тармақпен толықтырылды - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. БЖЗҚ есепті 2023 жылдың соңындағы нысаналы талаптарға қатысушылардың жалпы санын 2023 жылдың соңына дейін соттардың заңды күшіне енген шешімдеріне сәйкес қайтыс болған не қайтыс болды деп жарияланған адамдарды қоспағанда, электрондық тізімге енгізілген 2023 жылдың соңындағы нысаналы талаптарға қатысушылардың жалпы санын негізге ала отырып айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кейінгі жылдары БЖЗҚ есепті жылдың соңындағы нысаналы талаптарға қатысушылардың жалпы санын есептеуді мынадай формула бойынша жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ = Қалдыңғы+ ТҚ + ҚА – ҚҚ – АЖҚ – ОТҚ + ББҚ – ҚБҚ, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Қ – есепті жылдың соңындағы нысаналы талаптарға қатысушылар (оның ішінде есепті жылдың ішінде қайтыс болғандар не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланғандар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қалдыңғы – есепті жылдың алдындағы жылдың соңындағы нысаналы талаптарға қатысушылар (оның ішінде есепті жылдың алдындағы жылдың ішінде қайтыс болғандар не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланғандар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТҚ – есепті жылы туған нысаналы талаптарға қатысушылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚА – есепті жылы Қазақстан Республикасының азаматтығын қабылдаған нысаналы талаптарға қатысушылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚҚ – есепті жылдың алдындағы жылдың ішінде қайтыс болған не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған нысаналы талаптарға қатысушылар (2023 жылдың соңына дейін қайтыс болғандарды не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланғандарды қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АЖҚ – есепті жылы Қазақстан Республикасының азаматтығын жоғалтқан, Қазақстан Республикасының азаматтығынан шыққан нысаналы талаптарға қатысушылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ОТҚ – есепті жылы он сегіз жасқа толған нысаналы талаптарға қатысушылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ББҚ – нысаналы талаптарға қатысушы болуға құқығы бар не болған, бұрын есепке алынбаған балалар, сондай-ақ бұрын есепке алынғандарды қоса алғанда, туған күнінде, қайтыс болған күнінде, Қазақстан Республикасының азаматтығын қабылдаған күнінде өзгерістер болған адамдар (бұдан әрі – нысаналы талаптарға қатысушы болуға құқығы болған, бұрын есепке алынбағандар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚБҚ – нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынған балалар, сондай-ақ туған күнінде, қайтыс болған күнінде, Қазақстан Республикасының азаматтығын қабылдаған күнінде өзгерістер болған адамдар (бұдан әрі – нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынғандар).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жыл сайын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z109" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) есепті жылдан кейінгі бірінші айдың жиырмасыншы күнінен кешіктірмей БЖЗҚ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ағымдағы жылдың бірінші айының он бесінші күні Астана қаласының уақыты бойынша сағат 23:59:59-дағы жағдай бойынша БЖЗҚ-ға ЖТ МДҚ-дан түскен өзгерістерді ескере отырып, есепті жылдың соңындағы (31 желтоқсанды қоса алғанда) жағдай бойынша осы Қағидалардың 9-тармағына сәйкес ЖТ МДҚ-дан алынған мәліметтердің негізінде БЖЗҚ ақпараттық жүйесінде нысаналы талаптарға қатысушылардың электрондық тізімін қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      верификациялауды жүргізу үшін "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторына нысаналы талаптарға қатысушылардың электрондық тізімін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер соңғы күн жұмыс істемейтін күнге келсе, онда одан кейінгі бірінші жұмыс күні мерзімі аяқталған күн болып есептеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) БЖЗҚ-дан электрондық тізімді алған күннен бастап үш жұмыс күнінен кешіктірмей "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторы осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша нысаналы талаптарға қатысушылардың қалыптастырылған тізімінің дұрыстығын растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ағымдағы жылы есепке жазу үшін бір нысаналы талаптарға қатысушыға нысаналы талаптарды есептеу мынадай формула бойынша жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1079500" cy="292100"/>
+            <wp:extent cx="3124200" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1079500" cy="292100"/>
+                      <a:ext cx="3124200" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ТС – БЖЗҚ деректеріне сәйкес айқындалатын есепті жылдың ішіндегі төлемдердің жалпы сомасы.</w:t>
-[...35 lines deleted...]
-      Нысаналы талаптардың сомасы үтірден кейін екі белгіге дейінгі дәлдікпен дөңгелектенеді.</w:t>
+      Қ – осы Қағидалардың 9-тармағына сәйкес есептелген есепті жылдың соңындағы нысаналы талаптарға қатысушылардың жалпы саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТ – мына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есепті жылы Қазақстан Республикасының азаматтығын жоғалтқан, Қазақстан Республикасының азаматтығынан шыққан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысаналы талаптардың қатысушысы болуға құқығы бар не болған, бұрын есепке алынбаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұлттық қорды басқару қорытындылары бойынша 2022 жылғы нысаналы талаптардың іс жүзіндегі қалыптасқан сомасын көрсете отырып, нысаналы талаптарды есептеу мысалы осы Қағидаларға </w:t>
-[...653 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынған нысаналы талаптарға қатысушылардың нысаналы талаптарының сомасына және нысаналы жинақтарды алушылардың нысаналы жинақтарының сомасына; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сондай-ақ есепті жылдың алдындағы күнтізбелік жылдағы НТС50%ОИК дөңгелектегеннен кейінгі қалдықтар және есепті жылдың алдындағы жылдың соңындағы жағдай бойынша нысаналы талаптар сомасына есептелген инвестициялық кіріс шамасына (ҚЖМДК) түзетуді ескере отырып, есепті жылдағы нысаналы талаптар сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТС50%ОИК кесу әдісін қолдана отырып, үтірден кейін екі белгіге дейінгі дәлдікпен дөңгелектеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТ мәні мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТ = НТ50%ОИК + НТтүз, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТ50%ОИК – есепті жылдағы нысаналы талаптардың сомасы, ол Қағидалардың 5-тармағына сәйкес есептеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТтүз – түзету сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТтүз мәні мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТтүз = НТАЖҚ + НТҚБҚ – НТББҚ + ҚЖМДК, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТАЖҚ – есепті жылдың ішінде Қазақстан Республикасының азаматтығын жоғалту, Қазақстан Республикасының азаматтығынан шығу себептерінен шығып қалған нысаналы талаптарға қатысушылардың нысаналы талаптарының жалпы сомасы, ол осы нысаналы талаптарға қатысушылар бойынша мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1739900" cy="406400"/>
+            <wp:extent cx="5016500" cy="901700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1739900" cy="406400"/>
+                      <a:ext cx="5016500" cy="901700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қ – осы Қағидалардың 9-тармағына сәйкес есептелген есепті жылдың соңындағы нысаналы талаптарға қатысушылардың жалпы саны;</w:t>
-[...89 lines deleted...]
-      НТ мәні мына формула бойынша есептеледі:</w:t>
+      НТҚБҚ – есепті жылдың алдындағы күнтізбелік жылдың электрондық тізіміне нысаналы талаптарға қатысушылар болуға құқығы жоқ ретінде енгізілген нысаналы талаптарға қатысушылардың нысаналы талаптарының жалпы сомасы, ол осы нысаналы талаптарға қатысушылар бойынша мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2273300" cy="215900"/>
+            <wp:extent cx="4394200" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2273300" cy="215900"/>
+                      <a:ext cx="4394200" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НТС50%ОИК – есепті жылдағы нысаналы талаптардың сомасы, оны есептеу Қағидалардың 5-тармағына сәйкес жүзеге асырылады;</w:t>
-[...17 lines deleted...]
-      НТтүз – БЖЗҚ жүйесінде көрсетілетін және ағымдағы жылдан кейінгі жылы нысаналы талаптарға қатысушылар арасында бөлуге жататын түзету сомасы. НТтүз мәні мынадай формула бойынша есептеледі:</w:t>
+      НТББҚ – есепті жылдың алдындағы күнтізбелік жылдың электрондық тізімінде болмаған нысаналы талаптарға қатысушылардың нысаналы талаптарының жалпы сомасы, ол осы нысаналы талаптарға қатысушылар бойынша мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4102100" cy="254000"/>
+            <wp:extent cx="4495800" cy="812800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4102100" cy="254000"/>
+                      <a:ext cx="4495800" cy="812800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НТАЖҚ – есепті жылдың ішінде Қазақстан Республикасының азаматтығын жоғалту, Қазақстан Республикасының азаматтығынан шығу себебінен шығып қалған нысаналы талаптарға қатысушылардың нысаналы талаптарының жалпы сомасы осы нысаналы талаптарға қатысушылар бойынша мына формула бойынша есептеледі:</w:t>
+      НЖ – мына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өткен жылдар немесе ағымдағы жыл ішінде Қазақстан Республикасының азаматтығын жоғалту, Қазақстан Республикасының азаматтығынан шығу себептерінен шығып қалғандардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынғандардың нысаналы жинақтарының жалпы сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚЖМДК – бір нысаналы талаптарға қатысушыға есепті жылдың нысаналы талаптарының сомасы мен барлық нысаналы талаптарға қатысушылар бойынша бір нысаналы талаптарға қатысушыға арналған нысаналы талаптардың есепті жылдың алдындағы (НТСалдыңғы*ЖК) жылдың соңындағы сомасына есепке жазылған инвестициялық кіріс сомасын дөңгелектегеннен кейінгі қалдықтардың жиынтық мөлшері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті жылдың алдындағы күнтізбелік жылдың электрондық тізімінде болмаған әрбір нысаналы талаптарға қатысушы үшін осы нысаналы талаптарға қатысушы нысаналы талаптарға қатысушы ретінде ескерілетін күнтізбелік жыл (бұдан әрі – кіру жылы) айқындалады. Осы нысаналы талаптарға қатысушы үшін НТСкалдыңғы мәні көрсетілген кіру жылындағы нысаналы талаптарға қатысушылар ретінде есепке алынған нысаналы талаптарға қатысушылардың НТСалдыңғы мәніне тең деп қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептi жылдың алдындағы жыл басталғанға дейiн қайтыс болған, не соттың заңды күшiне енген шешiмiмен қайтыс болды деп жарияланған, не есептi жыл басталғанға дейiн он сегiз жасқа толған нысаналы талаптарға қатысушылар үшiн кiру жылы, сондай-ақ осы нысаналы талаптарға қатысушы нысаналы талаптарға қатысушы болуын тоқтататын күнтiзбелiк жыл (бұдан әрi – шығу жылы) айқындалады. Мұндай нысаналы талаптарға қатысушы үшін нысаналы талаптардың шамасы кіру жылы нысаналы талаптарға қатысушылар ретінде ескерілген нысаналы талаптарға қатысушылар үшін шығу жылындағы нысаналы талаптардың мәніне тең деп қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...41 lines deleted...]
-        </w:drawing>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Есепті жылдың соңындағы жағдай бойынша бір нысаналы талаптарға қатысушыға нысаналы талаптардың сомасы мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТС = НТС50%ОИК + НТСалдыңғы * (1 + ОК), мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТСалдыңғы  – нысаналы талаптарға қатысушыға арналған нысаналы талаптардың есепті жылдың алдындағы жылдың соңындағы сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТСалдыңғы * (1 + ОК) кесу әдісі қолданылып, үтірден кейін екі белгіге дейінгі дәлдікпен дөңгелектенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дөңгелектегеннен кейінгі қалдықтардың шамалары барлық нысаналы талаптарға қатысушылар үшін қалдықтардың жиынтық мөлшерін есептеу үшін қосылады (ҚЖМДК);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ОК – осы Қағидалардың 5-тармағына сәйкес есептелетін Ұлттық қордың валюталық активтерінің он сегіз жылдағы орташа жылдық (орташа геометриялық) кірістілігі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мұндағы:</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...734 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. БЖЗҚ-ның нысаналы талаптарды, нысаналы жинақтарды және нысаналы активтерді есепке алуды жүргізу тәртібін бақылауды қаржы нарығын және қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z40" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. БЖЗҚ осы Қағидалардың 6-тармағына сәйкес ҚР ҰБ-дан алынған ақпараттың және осы Қағидалардың 10-тармағына сәйкес қалыптастырылған электрондық тізімге енгізілген нысаналы талаптарға қатысушылар санының негізінде бір нысаналы талаптарға қатысушы бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z41" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нысаналы талаптардың есепті жылдағы сомасы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z42" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) есепті жылдың алдындағы жылдың соңындағы жағдай бойынша нысаналы талаптар сомасына есептелген инвестициялық кіріс сомасы туралы деректерді есептейді және БЖЗҚ ақпараттық жүйесіне енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z43" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Нысаналы талаптарды, нысаналы жинақтарды және нысаналы активтерді есепке алу АҚШ долларымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z44" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Нысаналы жинақтау шоттары осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысаналы жинақтар сомалары БЖЗҚ-ның нысаналы активтер шотына түскен күннен бастап үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z45" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы жылы он сегіз жасқа толған және толатын нысаналы жинақтарды алушыларға (бұл ретте нысаналы жинақтарды алушыда нысаналы жинақтарды алу құқығы нысаналы жинақтардың сомалары нысаналы жинақтау шотына есепке жатқызылған күннен бастап, бірақ ерте дегенде он сегіз жасқа толған күннен туындайды);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z46" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қайтыс болған не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған нысаналы талаптарға қатысушыларға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z47" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нысаналы талаптарға қатысушы немесе нысаналы жинақтарды алушы болуға құқығы болған, бұрын есепке алынбаған балаларға ашылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті оператордан немесе соттың заңды күшіне енген шешімі бойынша нысаналы жинақ төлемдері қайтарылған жағдайларда нысаналы жинақтар нысаналы жинақтау шотына есепке жатқызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. БЖЗҚ нысаналы жинақтарды алушының нысаналы жинақтау шотын Қазақстан Республикасының заңнамасында белгіленген БЗЖҚ міндеттемелері орындалған күннен бастап, сондай-ақ осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайда бір ай өткеннен кейін жабады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысаналы талаптарға қатысушылардың жалпы санын есептеген кезде есепке алынбаған, бірақ нысаналы талаптарға қатысушылар болуға құқығы бар не болған адамдар жүгінген кезде нысаналы талаптар жүгінген жылдан кейінгі жылдағы өткізіп алынған кезең (кезеңдер) үшін есепке жазылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkStart w:name="z49" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. БЖЗҚ осы Қағидалардың 14-тармағы орындалғаннан кейін үш жұмыс күні ішінде ҚР ҰБ-ға осы Қағидаларға 3-қосымшаға сәйкес ағымдағы күнтізбелік жылы он сегіз жасқа толған/толатын, есепті жылы қайтыс болған не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған нысаналы талаптарға қатысушылар, сондай-ақ алдыңғы кезеңдер ішінде нысаналы талаптарға қатысушылар болуға құқығы бар не болған, бұрын есепке алынбаған балалар, нысаналы талаптарға қатысушылар немесе нысаналы жинақтарды алушылар бойынша нысаналы жинақтар сомасында нысаналы активтер шотына алдыңғы кезеңдер ішінде Қазақстан Республикасының азаматтығын жоғалтқан, Қазақстан Республикасының азаматтығынан шыққан адамдар, сондай-ақ нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынған адамдар бойынша нысаналы жинақтар сомасына азайтылған нысаналы талаптарды аударуға өтінім жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. ҚР ҰБ осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БЖЗҚ нысаналы талаптарды аударуға өтінім алған күннен бастап екі жұмыс күні ішінде нысаналы активтер шотына ақша аударуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z51" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Нысаналы жинақтарды алушы он сегіз жасқа толғаннан кейін нысаналы жинақтардың талап етілмеген сомалары он жыл өткеннен кейін нысаналы жинақ төлемдерін алуға жүгінген кезде нысаналы жинақтарды алушының ерікті зейнетақы жарналарын есепке алуға арналған жеке зейнетақы шотына аударылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысаналы жинақтардың сомасы Қазақстан Республикасының заңнамасында белгіленген тәртіппен нысаналы жинақтарды алушы немесе оның мұрагері (мұрагерлері) осы соманы талап еткенге дейін ерікті зейнетақы жарналарын есепке алуға арналған жеке зейнетақы шотында болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қайтыс болған не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған нысаналы талаптарға қатысушылардың, нысаналы жинақтарды алушылардың нысаналы жинақтарының талап етілмеген сомалары нысаналы жинақтау шоттарында есепке алынады және ерікті зейнетақы жарналарын есепке алуға арналған жеке зейнетақы шотына аударылмайды және Қазақстан Республикасының азаматтық заңнамасында белгіленген тәртіппен мұраға қалдырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z53" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. БЖЗҚ-ның нысаналы жинақтарды нысаналы жинақтау шоттарынан ерікті зейнетақы жарналарын есепке алуға арналған жеке зейнетақы шоттарына аударуы нысаналы активтер шотынан БЖЗҚ-ның ҚР ҰБ-дағы ағымдағы зейнетақы жарналарының шотына ақша аударылғаннан кейін теңгемен жүзеге асырылады. Нысаналы жинақтарды аудару жүзеге асырылған күні нысаналы жинақтар аудару жүргізілген күнге ҚР ҰБ белгілеген ресми валюта бағамы бойынша теңгемен қайта айырбасталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z54" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. БЖЗҚ ҚР ҰБ-ға "Бірыңғай жинақтаушы зейнетақы қоры есептілігінің тізбесін, нысандарын, мерзімдерін және оларды табыс ету қағидаларын бекіту туралы" ҚР ҰБ-ның 2017 жылғы 28 тамыздағы № 167 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15863 болып тіркелген) сәйкес есептілікті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z55" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Нысаналы жинақтарды төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...98 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkStart w:name="z56" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Есепті жылдың ішінде ЖТ МДҚ-дан Қазақстан Республикасының азаматтығынан айырылылғаны немесе шыққаны туралы, ЖТ МДҚ-да мәліметтердің жаңартылғаны туралы мәліметтерді, сондай-ақ нысаналы талаптарға қатысушылар болуға құқығының жоқ екендігі туралы мәліметтерді алған кезде нысаналы талаптарға қатысушы немесе нысаналы жинақтарды алушы нысаналы жинақтар төлемдерін алу құқығын жоғалтады, бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z111" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нысаналы талаптарға қатысушының нысаналы талаптары осы Қағидалардың 11-тармағына сәйкес басқа нысаналы талаптарға қатысушылар арасында бөлінуге тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z112" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нысаналы жинақтарды алушының нысаналы жинақтары нысаналы жинақтау шотынан есептен шығарылуға және осы Қағидалардың 11-тармағына сәйкес басқа нысаналы талаптарға қатысушылар арасында бөлінуге тиіс. Бұл ретте нысаналы жинақтарды алушының нысаналы жинақтау шоты осы Қағидалардың 17-тармағына сәйкес жабылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Нысаналы талаптарға қатысушы, нысаналы жинақтарды алушы қайтыс болған не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған кезде нысаналы талаптарға қатысушының, нысаналы талаптарды алушының мұрагеріне (мұрагерлеріне) нысаналы жинақтар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттар БЖЗҚ-ға ұсынылған кезде төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте мұрагер (мұрагерлер) нысаналы жинақтар қайтыс болған не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған нысаналы талаптарға қатысушының, нысаналы жинақтарды алушының нысаналы жинақтау шотына есепке жатқызылғаннан кейін оларды төлеу үшін БЖЗҚ-ға жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:bookmarkStart w:name="z60" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Тұрғын үй жағдайларын жақсарту және (немесе) оқу ақысын төлеу үшін уәкілетті операторға, сондай-ақ нысаналы талаптарға қатысушының және нысаналы жинақтарды алушының мұрагерлеріне нысаналы жинақ төлемдері АҚШ долларымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z61" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Нысаналы жинақтарды алушы он сегіз жасқа толған және онда Қазақстан Республикасының азаматтығы болған жағдайда Заңда және Қазақстан Республикасының заңнамасында айқындалған нысаналы мақсатқа сәйкес нысаналы жинақтау шотындағы нысаналы жинақтарды қолда бар нысаналы жинақтар шегінде шексіз мәрте пайдалануға болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z62" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Тұрғын үй жағдайларын жақсартуға және (немесе) оқу ақысын төлеуге нысаналы жинақ төлемдерін алу үшін нысаналы жинақтарды алушы не оның заңды өкілі (нысаналы жинақтарды алушы әрекетке қабілетсіз (әрекет қабілеті шектеулі) болған жағдайда) уәкілетті операторға жүгінеді, онда нысаналы жинақтарды алушының атына АҚШ долларымен банктік шот ашады және тізбесін Қазақстан Республикасы заңнамасының талаптарын ескере отырып, уәкілетті оператор айқындаған құжаттармен қоса уәкілетті оператордың интернет-ресурсы арқылы не мобильді қосымшасында нысаналы жинақтарды төлеуге арналған электрондық өтініш (бұдан әрі – төлеуге арналған өтініш) береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z63" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Уәкілетті операторлар мен БЖЗҚ-ның ақпараттық өзара іс-қимыл және ақпарат алмасу тәртібі өзара іс-қимыл тараптары арасында жасалған тиісті келісіммен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z64" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Уәкілетті оператор нысаналы жинақтарды алушылар не осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес олардың заңды өкілдері берген төлеуге арналған өтініш пен құжаттарды қарағаннан және мақұлдағаннан кейін екі жұмыс күні ішінде БЖЗҚ-ға уәкілетті оператор тіркеген төлеуге арналған өтініштер туралы электрондық хабарламалар жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z65" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Уәкілетті оператор осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген жағдайларда уәкілетті оператордың ішкі құжаттарына сәйкес нысаналы жинақ төлемдерін қайтару бойынша жұмыс жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z66" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Нысаналы жинақтарды алушы нысаналы жинақ төлемдерін қайтаруды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z67" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нысаналы жинақтарды алушы не оның заңды өкілі нысаналы жинақтарды алушының тұрғын үй жағдайларын жақсарту және (немесе) оқу ақысын төлеу мақсатында БЖЗҚ-дан алынған нысаналы жинақ төлемдерін есепке жатқызуға арналған нысаналы жинақтарды алушының банктік шотына есепке жатқызылған нысаналы жинақ төлемдерінің барлық сомасын немесе сомасының бір бөлігін БЖЗҚ-ға қайтаруға уәкілетті операторға өтініш берген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z68" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нысаналы жинақ төлемдерімен толықтырылған мемлекеттік білім беру жинақтау жүйесі шеңберінде жасалған білім беру жинақтау салымы туралы шарт немесе білім беру жинақтау сақтандыруы шарты бұзылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z69" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нысаналы жинақтарды алушы тұрғын үй жағдайларын жақсартуға және (немесе) оқу ақысын төлеуге арналған барлық қажетті құжаттарды ұсынбаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z70" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) екінші деңгейдегі банктерден немесе сақтандыру ұйымдарынан немесе техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі (магистратура) білім беру бағдарламаларын іске асыратын білім беру ұйымдарынан нысаналы жинақ төлемдері қайтарылған жағдайларда жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың 2) тармақшасында көрсетілген жағдайда нысаналы жинақ төлемдерінің сомасы алушының уәкілетті операторда ашылған банктік шотына бес жұмыс күні ішінде қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:bookmarkStart w:name="z71" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Уәкілетті оператор БЖЗҚ-ға нысаналы жинақ төлемдерінің сомасын қайтаруды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z72" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың 32-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайда нысаналы жинақтарды алушыдан қайтаруға өтініш алған күннен бастап үш жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z73" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың 32-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4609,91 +4657,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайда ол тұрғын үй жағдайларын жақсарту және (немесе) оқу ақысын төлеу мақсатында нысаналы жинақтарды алушының БЖЗҚ-дан нысаналы жинақ төлемдерін есепке жазуға арналған банктік шотына түскен күннен бастап бес жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z74" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы Қағидалардың 32-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайда ол тұрғын үй жағдайларын жақсарту және (немесе) оқу ақысын төлеу мақсатында нысаналы жинақтарды алушының БЖЗҚ-дан нысаналы жинақ төлемдерін есепке жазуға арналған банктік шотына түскен күннен бастап қырық бес жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағында көрсетілген нысаналы жинақ төлемдерінің сомаларын қайтару уәкілетті оператордың ҚР ҰБ-да АҚШ долларымен ашылған корреспонденттік шоты арқылы нысаналы активтер шотына жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4704,458 +4752,540 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысаналы жинақ төлемдерінің сомасы қайта айырбасталып қайтарылған кезде уәкілетті оператор қайтару кезінде белгілеген валюта бағамы бойынша қайта айырбасталған АҚШ долларындағы сома қайтарылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте қайта айырбастауға байланысты шығыстарға ақы төлеу, нысаналы жинақтарды алушының БЖЗҚ-да ашылған нысаналы жинақтау шотына нысаналы жинақ төлемдерін аударуға (қайтаруға) байланысты банктік көрсетілетін қызметтерге ақы төлеу нысаналы жинақтарды алушының қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:bookmarkStart w:name="z75" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Уәкілетті оператор қайтарған нысаналы жинақ төлемдерінің сомаларын БЖЗҚ нысаналы жинақтарды алушылардың нысаналы жинақтау шоттарына БЖЗҚ-ның ішкі құжаттарында белгіленген тәртіппен және мерзімде есепке жатқызады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
-[...15 lines deleted...]
-      3) ЖТ МДҚ-да нысаналы талаптарға қатысушының немесе нысаналы жинақтарды алушының қайтыс болғаны туралы мәліметтер болмаған жағдайда қайтыс болған нысаналы талаптарға қатысушының немесе нысаналы жинақтарды алушының қайтыс болғаны туралы куәліктің түпнұсқасы немесе нотариат куәландырған көшірмесі;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Қайтыс болған немесе соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған нысаналы талаптарға қатысушының немесе нысаналы жинақтарды алушының нысаналы талаптарын алу үшін мұрагерлер БЖЗҚ-ға жеке жүгіне отырып, мынадай құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
-[...15 lines deleted...]
-      4) мұраға құқық туралы куәліктің түпнұсқасы немесе нотариалды куәландырған көшірмесі не мұраға қалдырылатын мүлікті бөлу туралы келісімнің түпнұсқасы немесе нотариат куәландырған көшірмесі не соттың заңды күшіне енген шешімі;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) БЖЗҚ-ның ішкі құжатымен бекітілген нысан бойынша нысаналы жинақтар төлемдерін тағайындау туралы өтініш (бұдан – өтініш);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:bookmarkStart w:name="z114" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұрагердің немесе жеке басын куәландыратын құжаттың түпнұсқасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z115" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мұраға құқық туралы куәліктің түпнұсқасы немесе нотариат куәландырған көшірмесі, не мұраға қалдырылатын мүлікті бөлу туралы келісімнің түпнұсқасы немесе нотариат куәландырған көшірмесі, не соттың заңды күшіне енген шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z116" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мұрагердің уәкілетті операторда АҚШ долларымен ашылған банктік шотының деректемелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұрагер (мұрагерлер) БЖЗҚ-ға осы Қағидалардың 16-тармағында көзделген тәртіппен нысаналы жинақтар түрінде нысаналы жинақтау шотына есепке жатқызылғаннан кейін қайтыс болған не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланған нысаналы талаптарға қатысушының нысаналы талаптарының төленуі үшін жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БЖЗҚ жоғарыда көрсетілген құжаттарды мұрагерден (мұрагерлерден) алған кезде ЖТ МДҚ-дан нысаналы талаптарға қатысушының немесе нысаналы жинақтарды алушының қайтыс болғаны туралы мәліметтердің бар-жоғы туралы мәліметтерді сұратады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы жинақтау шоты және (немесе) ЖТ МДҚ-да нысаналы талаптарға қатысушының немесе нысаналы жинақтарды алушының қайтыс болғаны туралы мәліметтер болмаған жағдайда БЖЗҚ мұрагер (мұрагерлер) жеке жүгінген кезде БЖЗҚ-ның ішкі құжатында айқындалатын нысан бойынша өтінішті қабылдаудан бас тарту туралы қолхат беріп, жүгінген күні оның (олардың) өтінішін қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Өтініш:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...55 lines deleted...]
-      нотариат куәландырған сенімхаттың түпнұсқасын немесе оның өтініш беру жөніндегі өкілеттіктері көрсетілген нотариат куәландырған көшірмесін;</w:t>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z117" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) үшінші тұлға арқылы берілген кезде үшінші тұлға (сенім білдірілген тұлға, заңды өкіл) осы Қағидалардың 35-тармағында көрсетілген құжаттарға қосымша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нотариат куәландырған сенімхаттың түпнұсқасын немесе оның өтініш беру жөніндегі өкілеттіктері, дербес деректерді жинауға және өңдеуге келісімі көрсетілген нотариат куәландырған көшірмесін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжаттың түпнұсқасын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      заңды өкіл жүгінген жағдайда заңды өкілдің мәртебесін растайтын құжатты қоса береді.</w:t>
+      заңды өкіл жүгінген жағдайда заңды өкілдің мәртебесін растайтын құжатты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте мұрагердің жеке басын куәландыратын құжаттың көшірмесі нотариатта куәландырылады (нотариаттық куәландыру тұратын мемлекетте жүргізілген жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="82"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:bookmarkStart w:name="z118" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пошта байланысы құралдары арқылы берілген кезде мұрагердің, заңды өкілдің жеке басын куәландыратын құжаттың, заңды өкілдің мәртебесін растайтын құжаттың көшірмесі, сондай-ақ мұрагердің, заңды өкілдің өтініштегі қолы нотариатта куәландырылады (нотариаттық куәландыру тұратын мемлекетте жүргізілген жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Қазақстан Республикасы Азаматтық кодексінің 1083-бабына сәйкес қайтыс болған нысаналы талаптарға қатысушылардың, нысаналы жинақтарды алушылардың иесіз қалған мүлік деп танылған нысаналы жинақтарына сот актісі бойынша жүгінген адам БЖЗҚ-ға мынадай құжаттар ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z86" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды күшіне енген сот актісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z87" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уәкілетті операторда АҚШ долларымен ашылған банктік шоттың деректемелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5190,167 +5320,167 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды мемлекеттік органдардың ақпараттық жүйелерінен, оның ішінде цифрлық құжаттар сервисінен алу мүмкіндігі болған кезде оларды ұсыну талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:bookmarkStart w:name="z88" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Егер түпнұсқасы бар құжат көшірмесінің дұрыстығын, мұрагердің, заңды өкілдің өтініштегі қолының төлнұсқалығын куәландыру, сенімхатты куәландыру бөлігінде нотариаттық ic-әрекеттерді шетелдік нотариустар жүргізсе, онда оларды Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше белгіленген жағдайларды қоспағанда, заңдастыру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z89" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. БЖЗҚ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z90" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті оператордан электрондық хабарлама түскен күннен бастап бес жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысаналы жинақтарды алушының төлеуге арналған өтініште көрсетілген нысаналы жинақтар сомасында нысаналы активтер шотынан уәкілетті операторға ақша аудару арқылы нысаналы жинақтарды төлеуді, ол уәкілетті оператор тұрғын үй жағдайларын жақсарту және (немесе) оқу ақысын төлеу мақсатында нысаналы жинақтарды төлеу үшін ашқан нысаналы жинақтарды алушының банктік шотына кейіннен есепке жатқызу үшін уәкілетті оператордан электрондық хабарлама алынған күнгі нысаналы жинақтардың сомасынан аспауға тиіс, не</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұсынылған мәліметтер Қазақстан Республикасы заңнамасының және осы Қағидалардың талаптарына сәйкес келмеген жағдайда бас тарту себебін көрсете отырып, нысаналы жинақтарды төлеуден бас тартуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:bookmarkStart w:name="z91" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) БЖЗҚ осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5385,51 +5515,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген, Қазақстан Республикасы заңнамасының талаптарына сәйкес келетін құжаттарды қабылдаған не оған түскен күннен бастап он жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысаналы активтер шотынан ақшаны уәкілетті операторда АҚШ долларымен ашылған және өтініште мұрагер көрсеткен банктік шотқа немесе сот актісі бойынша жүгінген адамдар ұсынған банктік шотқа аудару арқылы мұрагерге бір мезгілде нысаналы жинақтарды төлеуді, не</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5681,68 +5811,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есепке жазу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="90"/>
+    <w:bookmarkStart w:name="z93" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық қорын (бұдан әрі – Ұлттық қор) басқарудың 2022 жылғы қорытындылары бойынша нысаналы талаптардың іс жүзінде қалыптасқан сомасы көрсетілген нысаналы талаптарды есептеу мысалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7611,70 +7741,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="91"/>
+          <w:bookmarkStart w:name="z94" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 * үтірден кейін екі белгіге дейін дөңгелектенген;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9234,51 +9364,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1079500" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId17"/>
+                          <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1079500" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
@@ -9377,51 +9507,51 @@
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1079500" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId18"/>
+                          <a:blip r:embed="rId10"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1079500" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
@@ -9583,51 +9713,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1079500" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19"/>
+                          <a:blip r:embed="rId11"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1079500" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
@@ -9638,70 +9768,70 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> + (НТалдыңғы – ТС)*(1+КМ)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:bookmarkStart w:name="z95" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҰҚтаза – жаһандық кастодиан деректеріне сәйкес нысаналы талаптардың сомасын қамтитын есепке жазылған міндеттемелерді шегергендегі валюталық активтердің есепті жылдың алдындағы жылдың әрбір айының соңындағы нарықтық құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9774,51 +9904,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1079500" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1079500" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -10041,415 +10171,443 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есепке жазу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="93"/>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есепті 20 ___ жылдың соңындағы жағдай бойынша нысаналы талаптарға қатысушылардың саны туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымшаға өзгеріс енгізілді - ҚР Үкіметінің 15.05.2025 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 342</w:t>
+        <w:t>№ 1132</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Р/с №</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Нысаналы талаптарға қатысушылардың санаты</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы талаптарға қатысушылардың санаты *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Саны</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдың басындағы барлығы</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы туғандар</w:t>
+Есепті жылдың басында барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10478,87 +10636,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы Қазақстан Республикасының азаматтығын қабылдағандар</w:t>
+Есепті жылы туғандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10587,87 +10745,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдың алдындағы жылы қайтыс болғандар не соттың заңды күшіне енген шешімдерімен қайтыс болды деп жарияланғандар**</w:t>
+Есепті жылы Қазақстан Республикасының азаматтығын қабылдағандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10696,87 +10854,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы Қазақстан Республикасының азаматтығын жоғалтқандар не Қазақстан Республикасының азаматтығынан шыққандар</w:t>
+Есепті жылдың алдындағы жылы қайтыс болғандар не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланғандар**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10805,87 +10963,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы он сегіз жасқа толғандар</w:t>
+Есепті жылы Қазақстан Республикасының азаматтығын жоғалтқандар не Қазақстан Республикасының азаматтығынан шыққандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10914,87 +11072,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.1.</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өткен жылдың қорытындысы бойынша барлығы</w:t>
+Есепті жылы он сегіз жасқа толғандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11023,87 +11181,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.2.</w:t>
+6.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы Қазақстан Республикасының азаматтығын жоғалтқандар не Қазақстан Республикасының азаматтығынан шыққандар (5-бағанда ескерілді)</w:t>
+Өткен жылдың қорытындысы бойынша барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11132,87 +11290,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.3.</w:t>
+6.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы талаптарға қатысушы болуға құқығы болған, бұрын ескерілмегендер (7-бағанда ескерілді)</w:t>
+Есепті жылы Қазақстан Республикасының азаматтығын жоғалтқандар не Қазақстан Республикасының азаматтығынан шыққандар (5-бағанда ескерілді)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11241,87 +11399,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.4.</w:t>
+6.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы талаптарға қатысушы болуға құқығы болмаған, бұрын ескерілгендер (8-бағанда ескерілді)</w:t>
+Нысаналы талаптарға қатысушылар болуға құқығы болған, бұрын есепке алынбағандар (7-бағанда ескерілді)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11350,87 +11508,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.5.</w:t>
+6.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.1 – 6.4-бағандарда көрсетілген өзгерістерді ескергенде барлығы (6.1 - 6.2 + 6.3 - 6.4-бағандар)</w:t>
+Нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынғандар (8-бағанда ескерілді)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11459,87 +11617,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
+6.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Нысаналы талаптарға қатысушы болуға құқығы бар бұрын ескерілмегендер </w:t>
+              <w:t>
+6.1 – 6.4-бағандарда көрсетілген өзгерістерді ескергенде, барлығы (6.1 - 6.2 + 6.3 - 6.4-бағандар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11568,87 +11726,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы талаптарға қатысушы болуға құқығы жоқ, бұрын есепке алынғандар</w:t>
+Нысаналы талаптарға қатысушылар болуға құқығы болған, бұрын есепке алынбағандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11677,87 +11835,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдың соңындағы барлығы *</w:t>
+Нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынғандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11786,160 +11944,434 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті жылдың соңында барлығы ***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдан кейінгі күнтізбелік жылы он сегізге толатындар*</w:t>
+Есепті жылдан кейінгі күнтізбелік жылы он сегізге толатындар***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті жылдың ішінде қайтыс болғандар не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланғандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z98" w:id="94"/>
-[...34 lines deleted...]
-      * * есепті 2024 жыл үшін ақпарат 4-бағанда = 0</w:t>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * нысаналы талаптарға қатысушылар санатына осы Нысаналы талаптарды, нысаналы жинақтарды және нысаналы жинақ төлемдерін қалыптастыру мен есепке алу, сондай-ақ нысаналы талаптарды есепке жазу қағидаларының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүргізілген верификацияның қорытындылары бойынша өзге де нақтылаулар енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** есепті 2024 жыл үшін 4-бағандағы ақпарат = 0;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** есепті 2023 жыл үшін ақпарат 9 және 10-бағандарда ғана көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12257,51 +12689,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бірыңғай жинақтаушы зейнетақы қоры" акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________/______________/_______________</w:t>
+      ______________/ ______________/ _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөр орны лауазымы қолы толық жазылуы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12329,87 +12761,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ұлттық ақпараттық технологиялар" акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________/______________/_______________</w:t>
+      ________________/ ______________/ _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөр орны лауазымы қолы толық жазылуы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қол қойылған күн _____________ </w:t>
+        <w:t>
+      Қол қойылған күн _____________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12529,50 +12961,190 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есепке жазу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нысаналы талаптарды аударуға № __ өтінім                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      күні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-қосымша жаңа редакцияда - ҚР Үкіметінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы талаптарды, нысаналы жинақтарды және нысаналы жинақ төлемдерін қалыптастыру мен есепке алу, сондай-ақ нысаналы талаптарды есепке жазу қағидаларына сәйкес нысаналы талаптар "Бірыңғай жинақтаушы зейнетақы қоры" акционерлік қоғамының нысаналы активтер шотына мына сомада аударылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12584,733 +13156,579 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы талаптарды аударуға № __ өтінім</w:t>
+Ағымдағы күнтізбелік жылы он сегіз жасқа толған және толатын адамдар бойынша нысаналы талаптардың сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-күні ________ </w:t>
+ _________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтыс болғандар не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланғандар бойынша нысаналы талаптардың сомасы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...121 lines deleted...]
- _______________ </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қайтыс болғандар не соттың заңды күшіне енген шешімімен қайтыс болды деп жарияланғандар бойынша нысаналы талаптардың сомасы</w:t>
+Нысаналы талаптарға қатысушылар болуға құқығы бар, бұрын есепке алынбағандар бойынша нысаналы талаптардың сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- _______________ </w:t>
+ _________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы талаптарға қатысушылар болуға құқығы бар, бұрын есепке алынбаған адамдар бойынша нысаналы талаптардың сомасы</w:t>
+"Бірыңғай жинақтаушы зейнетақы қоры" акционерлік қоғамының нысаналы активтер шотына нысаналы жинақтар түрінде аударуға арналған нысаналы талаптардың барлық сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- _______________ </w:t>
+ _________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бірыңғай жинақтаушы зейнетақы қоры" акционерлік қоғамының нысаналы активтер шотына нысаналы жинақтар түрінде аударуға арналған нысаналы талаптардың барлық сомасы</w:t>
+Нысаналы жинақтар нысаналы жинақтау шотына есепке жатқызылғаннан кейін Қазақстан Республикасының азаматтығын жоғалтқан, Қазақстан Республикасының азаматтығынан шыққан, сондай-ақ нысаналы талаптарға қатысушылар болуға құқығы болмаған, бұрын есепке алынғандар бойынша аударуға арланған нысаналы талаптардың сомасын түзету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- _______________ </w:t>
+ _________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы жинақтар нысаналы жинақтау шотына есепке жатқызылғаннан кейін Қазақстан Республикасының азаматтығын жоғалтқан, Қазақстан Республикасының азаматтығынан шыққан адамдар бойынша аударуға арналған нысаналы талаптардың сомасын түзету</w:t>
+"Бірыңғай жинақтаушы зейнетақы қоры" акционерлік қоғамының нысаналы активтер шотына аударуға арналған соманың жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...77 lines deleted...]
- _______________ </w:t>
+              <w:t>
+________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бірыңғай жинақтаушы зейнетақы қоры" акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________/______________/_______________</w:t>
+      ______________/ ______________/ _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөр орны лауазымы қолы толық жазылуы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қол қойылған күн _____________</w:t>
+      Қол қойылған күн _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -13688,35 +14106,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>