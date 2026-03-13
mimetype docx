--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="17c440c" w14:textId="17c440c">
+    <w:p w14:paraId="331caea" w14:textId="331caea">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Ұлттық геологиялық қызмет" акционерлік қоғамының 2023 – 2032 жылдарға арналған даму жоспарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2023 жылғы 28 желтоқсандағы № 1211 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2023 жылғы 28 желтоқсандағы № 1211 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңы 184-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1014,50 +1014,88 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бөлім. Тәуекелдерді басқару</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кіріспе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Кіріспеге өзгеріс енгізілді - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жер, жер қойнауы, су, өсімдіктер мен жануарлар дүниесі сияқты тұтынушылық құндылығы бар табиғи ресурстар мемлекет экономикасының материалдық негізі болып табылады. Атап айтқанда, пайдалы қазбалардың бай қорлары бар Қазақстанның жер қойнауы Қазақстан Республикасының табиғи бәсекелестік артықшылығын білдіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1569,72 +1607,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> әрдайым".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z40" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>
+      4. Қазақстан Республикасы Президентінің 2024 жылғы 30 шілдедегі № 611 Жарлығымен бекітілген Қазақстан Республикасының 2029 жылға дейінгі ұлттық даму жоспары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z41" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген ҚР-ның геологиялық саласын дамытудың 2023-2027 жылдарға арналған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -8835,50 +8853,88 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-бөлім. Қызметтің стратегиялық бағыттары, мақсаттары, қызметтің негізгі көрсеткіштері және күтілетін нәтижелер </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
     <w:bookmarkStart w:name="z202" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-кіші бөлім. Стратегиялық бағыт: геологиялық ақпаратты жинау, сақтау, жинақтау, жүйелеу және ұсыну</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-кіші бөлімге өзгеріс енгізілді - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z203" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-мақсат. Геологиялық ақпаратты жинауды және қорытуды қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:bookmarkStart w:name="z204" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9252,2137 +9308,2285 @@
         </w:rPr>
         <w:t>Негізгі көрсеткіштер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
     <w:bookmarkStart w:name="z221" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. пайдалы қазбаларды жинау талдау және мемлекеттік есепке алуды жасау–жыл сайын 103 есептен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z222" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Алып тасталды - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z223" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. лицензиялық міндеттемелерді орындау туралы барлық есептіліктің деректерін жинау, өңдеу – жыл сайын 100 % қамтамасыз ету.</w:t>
+        <w:t xml:space="preserve">
+      2-мақсат. Геологиялық материалдарды сақтау, сүйемелдеу, өңдеу және өзектендіру </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z223" w:id="189"/>
+    <w:bookmarkStart w:name="z224" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2-мақсат. Геологиялық материалдарды сақтау, сүйемелдеу, өңдеу және өзектендіру </w:t>
+      РГҚ жер қойнауын мемлекет мүддесі үшін тиімді және ұтымды пайдалану үшін, сондай-ақ пайдалы қазбалардың жаңа кен орындарын ашу үшін қажетті ақпараттық база болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z224" w:id="190"/>
+    <w:bookmarkStart w:name="z225" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      РГҚ жер қойнауын мемлекет мүддесі үшін тиімді және ұтымды пайдалану үшін, сондай-ақ пайдалы қазбалардың жаңа кен орындарын ашу үшін қажетті ақпараттық база болып табылады. </w:t>
+        <w:t>
+      Геологиялық материалдарды сақтау, сүйемелдеу, өңдеу және өзектендіру геологиялық ақпаратты басқару мен пайдаланудың негізгі кезеңдерін білдіреді. Бұл процестер деректердің қауіпсіздігі мен қолжетімділігін, сондай-ақ олардың өзектілігін қамтамасыз етеді, бұл әртүрлі геологиялық жобалар мен зерттеулерде негізделген шешімдер қабылдаудың кілті. Мемлекет алған табиғи және жасанды геологиялық ақпарат оны сақтау бойынша заманауи инфрақұрылыммен қамтамасыз етілуге тиіс. Бұл материалдарды алдыңғы жұмыстарды талдау, заманауи әдістер мен материалдарды ескере отырып, аудандардың геологиялық сипаттамаларын құру және болашақ ғылыми және білім беру зерттеулері үшін пайдалануға болады. Начало формы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z225" w:id="191"/>
+    <w:bookmarkStart w:name="z226" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Геологиялық материалдарды сақтау, сүйемелдеу, өңдеу және өзектендіру геологиялық ақпаратты басқару мен пайдаланудың негізгі кезеңдерін білдіреді. Бұл процестер деректердің қауіпсіздігі мен қолжетімділігін, сондай-ақ олардың өзектілігін қамтамасыз етеді, бұл әртүрлі геологиялық жобалар мен зерттеулерде негізделген шешімдер қабылдаудың кілті. Мемлекет алған табиғи және жасанды геологиялық ақпарат оны сақтау бойынша заманауи инфрақұрылыммен қамтамасыз етілуге тиіс. Бұл материалдарды алдыңғы жұмыстарды талдау, заманауи әдістер мен материалдарды ескере отырып, аудандардың геологиялық сипаттамаларын құру және болашақ ғылыми және білім беру зерттеулері үшін пайдалануға болады. Начало формы</w:t>
+      1-міндет. Қорды және жынысөзекті сақтау орнын сүйемелдеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z226" w:id="192"/>
+    <w:bookmarkStart w:name="z227" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-міндет. Қорды және негізгі қойманы сүйемелдеу</w:t>
+      Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспарына сәйкес 2028 жылдың соңына дейін геологиялық материалдарды сақтауға және өңдеуге арналған инфрақұрылым құру көзделген. Құрылыс аяқталғаннан кейін геологиялық материалдарды сақтауды, сүйемелдеуді және өзектілендіруді қамтамасыз ету мақсатында оларды "ҰГҚ" АҚ теңгеріміне беру жоспарланып отыр.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z227" w:id="193"/>
+    <w:bookmarkStart w:name="z228" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Геологиялық саланы дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасына сәйкес 2027 жылдың соңына дейін қор қоймасы мен керн қоймаларын салу көзделген. Құрылыс аяқталғаннан кейін геологиялық материалдарды сақтауды, сүйемелдеуді және өзектендіруді қамтамасыз ету мақсатында оларды "ҰГҚ" АҚ балансына беру жоспарлануда.</w:t>
+      2-міндет. Координаталық жүйені түрлендіру, геологиялық материалдардың тікбұрышты координаттарын географиялық координаттарға қайта есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z228" w:id="194"/>
+    <w:bookmarkStart w:name="z229" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-міндет. Координаталық жүйені түрлендіру, геологиялық материалдардың тікбұрышты координаттарын географиялық координаттарға қайта есептеу</w:t>
+      РГҚ-да сақталған тау-кен қазбаларының координаттар каталогтары 1942 жылғы координаттар жүйесінде (тікбұрышты) орындалған және шектеу белгісі бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z229" w:id="195"/>
+    <w:bookmarkStart w:name="z230" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      РГҚ-да сақталған тау-кен қазбаларының координаттар каталогтары 1942 жылғы координаттар жүйесінде (тікбұрышты) орындалған және шектеу белгісі бар.</w:t>
+        <w:t xml:space="preserve">
+      Кен орнын зерделеу және игеру кезінде геологиялық ақпарат беру қажет, оның 20 %  бүгінгі күні "құпия" белгісі бар және ол мемлекеттік құпияларды қорғау жөніндегі бөлімше болмаған жағдайда жер қойнауын пайдаланушыға ұсынылмайды. Қазіргі уақытта 1942 жылғы тікбұрышты координаттардың мемлекеттік жүйесін құпияландыру саласындағы қолданыстағы нормативтік актілер геологиялық материалдарды алуды қиындатады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z230" w:id="196"/>
+    <w:bookmarkStart w:name="z231" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Кен орнын зерделеу және игеру кезінде геологиялық ақпарат беру қажет, оның 20 %  бүгінгі күні "құпия" белгісі бар және ол мемлекеттік құпияларды қорғау жөніндегі бөлімше болмаған жағдайда жер қойнауын пайдаланушыға ұсынылмайды. Қазіргі уақытта 1942 жылғы тікбұрышты координаттардың мемлекеттік жүйесін құпияландыру саласындағы қолданыстағы нормативтік актілер геологиялық материалдарды алуды қиындатады. </w:t>
+        <w:t>
+      Геологиялық материалдардың ашықтығы мен қолжетімділігін қамтамасыз ету мақсатында 2028 жылға қарай 7399 бірліктің жалпы көлемінің 74 %-ы (5500 бірлік) құпиясыздандыру жоспарлануда, содан кейін құпия материалдарды құпия емес форматқа түрлендіру арқылы 2032 жылға қарай 100 % құпиясыздандыру жоспарлануда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z231" w:id="197"/>
+    <w:bookmarkStart w:name="z232" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Геологиялық материалдардың ашықтығы мен қолжетімділігін қамтамасыз ету мақсатында 2028 жылға қарай 7399 бірліктің жалпы көлемінің 74 %-ы (5500 бірлік) құпиясыздандыру жоспарлануда, содан кейін құпия материалдарды құпия емес форматқа түрлендіру арқылы 2032 жылға қарай 100 % құпиясыздандыру жоспарлануда.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Күтілетін нәтижелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z232" w:id="198"/>
+    <w:bookmarkStart w:name="z233" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>Күтілетін нәтижелер</w:t>
+      Геологиялық үлгілерге арналған арнайы қойманы қамтитын инфрақұрылымды құру, сондай-ақ географиялық карталарда дәлірек бейнелеуді қамтамасыз ете отырып, геологиялық деректердің координаттарын түрлендіру алгоритмдерін енгізу күтілуде. Бұл шаралар геологиялық материалдарды ғылыми, коммерциялық және стратегиялық мақсаттарда тиімдірек сақтауға, өңдеуге және пайдалануға ықпал етеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z233" w:id="199"/>
+    <w:bookmarkStart w:name="z234" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Геологиялық үлгілерге арналған арнайы қойманы қамтитын инфрақұрылымды құру, сондай-ақ географиялық карталарда дәлірек бейнелеуді қамтамасыз ете отырып, геологиялық деректердің координаттарын түрлендіру алгоритмдерін енгізу күтілуде. Бұл шаралар геологиялық материалдарды ғылыми, коммерциялық және стратегиялық мақсаттарда тиімдірек сақтауға, өңдеуге және пайдалануға ықпал етеді. </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі көрсеткіштер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z234" w:id="200"/>
+    <w:bookmarkStart w:name="z235" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Негізгі көрсеткіштер</w:t>
+        <w:t>
+      1. Геологиялық материалдарды сақтау мүмкіндігін қамтамасыз ету – 2032 жылға қарай 66000 есеп.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z235" w:id="201"/>
+    <w:bookmarkStart w:name="z236" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Геологиялық материалдарды сақтау мүмкіндігін қамтамасыз ету – 2032 жылға қарай 66000 есеп.</w:t>
+      2. Құпия геологиялық материалдарды нормативтік құқықтық актілердің талаптарына сәйкес құпия емес форматқа келтіру – 2032 жылға қарай 100 %.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z236" w:id="202"/>
+    <w:bookmarkStart w:name="z237" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Құпия геологиялық материалдарды нормативтік құқықтық актілердің талаптарына сәйкес құпия емес форматқа келтіру – 2032 жылға қарай 100 %.</w:t>
+      3-мақсат. Геологиялық ақпаратты сақтаудың сандық форматы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z237" w:id="203"/>
+    <w:bookmarkStart w:name="z238" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-мақсат. Геологиялық ақпаратты сақтаудың сандық форматы</w:t>
+      Әлемдік тәжірибе көрсеткендей, бүгінгі таңда геологиялық ақпарат барған сайын қолжетімді болып, электрондық форматта ұсынылуда. Барлық мүдделі пайдаланушыларға геологиялық ақпарат беру процесін жеңілдету геология саласын дамытудағы маңызды қадам болып табылады. Сақтаудың цифрлық форматын және геологиялық ақпаратқа ашық қол жеткізуді қамтамасыз ету мақсатында мынадай іс-әрекеттер Орындалатын болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z238" w:id="204"/>
+    <w:bookmarkStart w:name="z239" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әлемдік тәжірибе көрсеткендей, бүгінгі таңда геологиялық ақпарат барған сайын қолжетімді болып, электрондық форматта ұсынылуда. Барлық мүдделі пайдаланушыларға геологиялық ақпарат беру процесін жеңілдету геология саласын дамытудағы маңызды қадам болып табылады. Сақтаудың цифрлық форматын және геологиялық ақпаратқа ашық қол жеткізуді қамтамасыз ету мақсатында мынадай іс-әрекеттер Орындалатын болады.</w:t>
+      1-міндет. Бастапқы геологиялық ақпаратты цифрландыру және қайталама геологиялық ақпаратты құрылымдау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z239" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z240" w:id="205"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1-міндет. Бастапқы геологиялық ақпаратты цифрландыру және қайталама геологиялық ақпаратты құрылымдау</w:t>
+        <w:t xml:space="preserve">
+      Қайталама геологиялық ақпаратқа жататын геологиялық есептердің мәтіндік/графикалық бөлігін құрылымдау шеңберінде құрылымдық есептің мета-деректерін көрсете отырып, геологиялық-геофизикалық есептердің қолда бар графикалық және мәтіндік материалдарын (РГФ/ТГФ есептің нөмірі, есептің атауы, авторы, орындалған жылы және т.б.) өңдеу және бірыңғай форматқа және есеп мазмұнының бірыңғай құрылымы бойынша жұмыс жүргізілетін болады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z240" w:id="206"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қайталама геологиялық ақпаратқа жататын геологиялық есептердің мәтіндік/графикалық бөлігін құрылымдау шеңберінде құрылымдық есептің мета-деректерін көрсете отырып, геологиялық-геофизикалық есептердің қолда бар графикалық және мәтіндік материалдарын (РГФ/ТГФ есептің нөмірі, есептің атауы, авторы, орындалған жылы және т.б.) өңдеу және бірыңғай форматқа және есеп мазмұнының бірыңғай құрылымы бойынша жұмыс жүргізілетін болады. </w:t>
+        <w:t>Сондай-ақ оларды салалық ақпараттық платформада дұрыс көрсету мақсатында Қазақстан Республикасының зерделеу аумағына географиялық байланыстыру жүзеге асады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z241" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Сондай-ақ оларды салалық ақпараттық платформада дұрыс көрсету мақсатында Қазақстан Республикасының зерделеу аумағына географиялық байланыстыру жүзеге асады.</w:t>
+        <w:t>
+      Геологиялық қорларда сақталатын бастапқы геологиялық ақпаратты цифрландыру шеңберінде бастапқы-қағаз (бастапқы) материалдарды электрондық заманауи форматтарға көшіру бойынша жұмыстар жүргізілетін болады. Яғни, бастапқы материалдың қағаз нұсқасын (қағаз тасымалдағыштар, графика және т.б.) ЖҚПБП-да деректерді көрсетудің бірыңғай форматына сканерлеу (.pdf, jpg), сондай-ақ ескірген аналогтық тасымалдағыштарды (магниттік таспалар, картридждер және т.б.) қазіргі заманғы форматтағы жаңа үлгідегі тасымалдаушыларға қайта жазу (.las,.segy және т.б.). Сондай-ақ, цифрландырылған ақпарат түрлері бойынша құрылымдау жүргізіледі (яғни, зерттеу түрі, кен орнының атауы, партия нөмірі, жұмыстың орындалған жылы және т.б.). Бұл рәсімдер қазіргі заманғы электрондық тасымалдағыштарда жүйеленген цифрландырылған бастапқы геологиялық ақпараттың болуына әкеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="207"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z242" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Геологиялық қорларда сақталатын бастапқы геологиялық ақпаратты цифрландыру шеңберінде бастапқы-қағаз (бастапқы) материалдарды электрондық заманауи форматтарға көшіру бойынша жұмыстар жүргізілетін болады. Яғни, бастапқы материалдың қағаз нұсқасын (қағаз тасымалдағыштар, графика және т.б.) ЖҚПБП-да деректерді көрсетудің бірыңғай форматына сканерлеу (.pdf, jpg), сондай-ақ ескірген аналогтық тасымалдағыштарды (магниттік таспалар, картридждер және т.б.) қазіргі заманғы форматтағы жаңа үлгідегі тасымалдаушыларға қайта жазу (.las,.segy және т.б.). Сондай-ақ, цифрландырылған ақпарат түрлері бойынша құрылымдау жүргізіледі (яғни, зерттеу түрі, кен орнының атауы, партия нөмірі, жұмыстың орындалған жылы және т.б.). Бұл рәсімдер қазіргі заманғы электрондық тасымалдағыштарда жүйеленген цифрландырылған бастапқы геологиялық ақпараттың болуына әкеледі.</w:t>
+      2-міндет. Minerals.gov.kz ЖҚПБП толтыру, өңдеу және сүйемелдеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z242" w:id="208"/>
+    <w:bookmarkStart w:name="z243" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-міндет. Minerals.gov.kz ЖҚПБП толтыру, өңдеу және сүйемелдеу.</w:t>
+      Барлық геологиялық ақпарат үшін ашық электрондық қолжетімділік ұсынылады. "ҰГҚ" АҚ-ның міндеті жер қойнауын пайдаланушылардың бірыңғай платформасын "minerals.gov.kz" ЖҚПБП 2025 жылдың соңына дейін 4579342 бірлік бастапқы геологиялық материалдармен, сондай-ақ 2024 жылдың соңына дейін құрылымдалған 56180 бірлік қайталама геологиялық есептермен толтыру болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z243" w:id="209"/>
+    <w:bookmarkStart w:name="z244" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Барлық геологиялық ақпарат үшін ашық электрондық қолжетімділік ұсынылады. "ҰГҚ" АҚ-ның міндеті жер қойнауын пайдаланушылардың бірыңғай платформасын "minerals.gov.kz" ЖҚПБП 2025 жылдың соңына дейін 4579342 бірлік бастапқы геологиялық материалдармен, сондай-ақ 2024 жылдың соңына дейін құрылымдалған 56180 бірлік қайталама геологиялық есептермен толтыру болып табылады.</w:t>
+      Осы платформада жер қойнауын пайдаланушылардың есептілігін тапсыруды автоматтандыру іске асырылатын болады. Бизнес-процестерді іске асыру бөлігінде барлық жұмыстар аяқталғаннан кейін minerals.gov.kz ЖҚПБП арқылы қайталама геологиялық есепті тапсыру процесін автоматтандыру жоспарлануда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z244" w:id="210"/>
+    <w:bookmarkStart w:name="z245" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Осы платформада жер қойнауын пайдаланушылардың есептілігін тапсыруды автоматтандыру іске асырылатын болады. Бизнес-процестерді іске асыру бөлігінде барлық жұмыстар аяқталғаннан кейін minerals.gov.kz ЖҚПБП арқылы қайталама геологиялық есепті тапсыру процесін автоматтандыру жоспарлануда.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Күтілетін нәтижелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z245" w:id="211"/>
+    <w:bookmarkStart w:name="z246" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Күтілетін нәтижелер</w:t>
+        <w:t>
+      2026 жылға дейін толық цифрланған бастапқы және құрылымдалған қайталама геологиялық ақпарат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z246" w:id="212"/>
+    <w:bookmarkStart w:name="z247" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2026 жылға дейін толық цифрланған бастапқы және құрылымдалған қайталама геологиялық ақпарат.</w:t>
+      2026 жылы салалық ақпараттық платформада жасырын және құпияны қоспағанда, барлық геологиялық материалдар ашық қолжетімділікте көрсетілетін болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z247" w:id="213"/>
+    <w:bookmarkStart w:name="z248" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2026 жылы салалық ақпараттық платформада жасырын және құпияны қоспағанда, барлық геологиялық материалдар ашық қолжетімділікте көрсетілетін болады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі көрсеткіштер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z248" w:id="214"/>
+    <w:bookmarkStart w:name="z249" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Негізгі көрсеткіштер</w:t>
+        <w:t>
+      Жасырын және құпия ақпаратты қоспағанда, жинақталған тарихи геологиялық ақпаратты цифрландыруды аяқтау, 2026 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылы – 97, 5 %, 2026 жылы – 100 %.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z249" w:id="215"/>
+    <w:bookmarkStart w:name="z250" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-кіші бөлім. Стратегиялық бағыттар: жер қойнауын пайдалануға инвестициялар тарту бойынша қолайлы климат құру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2025 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 % . </w:t>
+      Ескерту. 2-кіші бөлімге өзгеріс енгізілді - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z251" w:id="217"/>
+    <w:bookmarkStart w:name="z251" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-мақсат. Геологиялық саланы ақпараттық-талдамалық және әдістемелік қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z252" w:id="218"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z252" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "ҰГҚ" АҚ-ның бұл мақсаты мемлекеттік және квазимемлекеттік ұйымдарды, сондай-ақ осы қажеттілікті сезінетін жер қойнауын пайдаланушыларды ақпараттық-талдамалық және әдістемелік қамтамасыз етуге бағытталатын болады. Сонымен қатар, әлеуетті кен орындарын барлауға инвестициялар тарту, тұтынушыларға геологиялық ақпарат пен ақпараттық-талдау өнімдерін ұсыну мақсатында геологиялық ақпараттың инвестициялық пакеттерінің портфелін қалыптастыру жоспарлануда. Сондай-ақ ғылыми және өндірістік ұйымдармен бірлесіп геологиялық ақпаратты өңдеу мен түсіндіруді жүргізу көзделеді. Бұған қоса, ниет геологиялық саланың тиімді жұмыс істеуіне ықпал ететін нормативтік ұсыныстарды әзірлеуге белсенді қатысу болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z253" w:id="219"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z253" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазіргі уақытта Қазақстан Республикасында қазіргі заманғы ақпараттық технологияларды пайдаланып, жер қойнауын, атап айтқанда жерасты суларын ұтымды басқару және пайдалану жөніндегі міндеттерді шешу өзекті бола түсуде. Барлық бақыланатын су объектілерінде жерасты суларының мониторингін жүргізуді ақпараттық қамтамасыз ету үшін облыстық, аумақтық және республикалық деңгейлерде жерасты сулары мен қауіпті геологиялық процестер мониторингінің деректер банкін қалыптастыру және жүргізу жөніндегі жұмыстарды жүргізу қажет. Бұл қызметті көптеген жылдар бойы "Мемлекеттік су кадастрын және жерасты сулары мен қауіпті геологиялық процестердің мемлекеттік мониторингінің деректер банкін жүргізу" бойынша "ҰГҚ" АҚ көрсетеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z254" w:id="220"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z254" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бүгінгі таңда мониторингтің Мемлекеттік желісінде республика бойынша 389 бақылау бекетінде шамамен 3921 бақылау ұңғымалары бар. Бақылау бекеттерінің мониторингі 15 режимдік партиямен жүргізіледі және "Жерасты сулары" бірыңғай дерекқорына қалыптастырылады. Деректер базасында режим және су алу бойынша ақпарат, қорлар мен пайдалану, гидрохимия, ҚР сумен қамтамасыз етудің картографиялық дерекқоры, кадастрлар және жерасты суларының ластануы бойынша ақпарат бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z255" w:id="221"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z255" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қоршаған ортаны ластау учаскелерінің мемлекеттік тізілімі ластау учаскелерінің түрлері мен шығу тегі, оларда ластаушы заттардың көлемі мен шоғырлануы, ластау учаскелерінің тиесілігі және оларды жою жөніндегі шаралар туралы деректер жиналатын деректер банкі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z256" w:id="222"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z256" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ҚР Жерасты суларының ластану учаскелерінің мемлекеттік кадастрын жүргізу бойынша жұмыстар 2014 жылға дейін "Қауіпті геологиялық процестер" кіші жүйесі негізінде енгізілді. 1999 жылдан 2005 жылға дейін кадастр ластану көздері мен ошақтарының 1145 объектісін тіркеді. Тізілім ластану учаскесінің тізілім паспорты негізінде тұрды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z257" w:id="223"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z257" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы бағытта "ҰГҚ" АҚ-ның мақсаты "Қауіпті геологиялық процестер" (бұдан әрі – ҚГП) дерекқорын қайта құру болып табылады, оның міндеті геологиялық ортаның қауіпсіз жай-күйіне әсер ететін ҚГП дамуын уақтылы анықтау және болжау, халықтың және ел экономикасының қауіпсіздігін қамтамасыз ету үшін төтенше жағдайлардың алдын алу және жою жөніндегі шараларды әзірлеу және іске асыру ҚГП мониторингі болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z258" w:id="224"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z258" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл процесс ластану учаскелері мен ҚГП көріністеріне мониторинг жүргізу үшін материалдарды жинауды, зерделеуді, жүйелеуді және талдауды, схемалық карталарды дайындауды, жерасты суларының ластану жағдайларын және олардың қорғалуын, инженерлік-геологиялық жағдайларды зерделеуді және өндірістік, сондай-ақ ғылыми бағытты, сондай-ақ геологиялық ортада техногендік жүктемеге әсер ету көздері мен тетіктерін дамытуды қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z259" w:id="225"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z259" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы міндеттерді іске асыру нәтижесінде бүкіл республика бойынша "Ластану учаскелері мен ҚГП" Мемлекеттік деректер банкі құрылатын болады. Тұрақты үздіксіз мониторинг жерасты суларының ластану ошақтарын, ластану қаупін анықтауға мүмкіндік береді. Геологиялық ортаға ҚГП-ны болдырмау жөнінде уақтылы шаралар қабылдау үшін мемлекеттік органдарды уақтылы құлақтандыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z260" w:id="226"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z260" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-міндет. Геологиялық саланың жұмыс істеуі үшін нормативтік ұсынымдар әзірлеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z261" w:id="227"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z261" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы тәуелсіздік алғаннан кейін геология саласындағы нұсқаулықтар, нормативтер, әдістемелер және басқа да нормативтік құжаттар кеңестік бастапқы көздерден алынғанын атап өткен жөн. Сол кезеңдегі қолданыстағы нормативтік-құқықтық база уақыт талабымен кеңес кезеңінде құрастырылған және әзірленген ескірген материал бола бастады. Мұның бәрі геологиялық саланы ғылыми-әдістемелік қамтамасыз етуді іске асыруды және мемлекеттік және квазимемлекеттік ұйымдардың, сондай-ақ осы қажеттілікті сезінетін жер қойнауын пайдаланушылардың қызметін ақпараттық-талдамалық сүйемелдеуді талап етті.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z262" w:id="228"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z262" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2017 жылғы 27 желтоқсанда "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) қабылдануы арқылы жер қойнауын пайдалану саласында жүргізілген құқықтық реформа жер қойнауына, жер қойнауы және жер қойнауын пайдалану туралы мәліметтерге, геологиялық ақпаратқа неғұрлым бәсекелі қолжетімділікті қамтамасыз ете отырып, кен орнын ашушының оны игеруге айрықша құқықтарын қорғауды күшейту арқылы жер қойнауын пайдалану саласындағы нормативтік-құқықтық архитектураны түбегейлі өзгертті. Нәтижесінде геология саласында 30-ға жуық заңға тәуелді актілер әзірленіп, бекітілді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z263" w:id="229"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z263" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Геология саласындағы уәкілетті органды үйлестіру кезінде "ҰГҚ" АҚ қолданыстағы нормативтік құжаттарға, нұсқаулықтарға, әдістемелік талаптар мен ұсынымдарға олардың геологиялық салада қолданылуын бағалай отырып, талдау жүргізетін болады. Осы талдаудың нәтижелері негізінде қолданыстағы және жаңа нұсқаулықтарды, әдістемелік талаптар мен ұсынымдарды әзірлеуге тиісті өзгерістер мен толықтырулар енгізілетін болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z264" w:id="230"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z264" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Атап айтқанда, Қазақстан Республикасы геологиялық саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасына сәйкес 1:50000 масштабтағы картаға түсіруді жүргізу бойынша нормативтік талаптар мен әдістемелік ұсынымдар әзірленеді, мұнда оны жүргізудің шарттары мен өлшемшарттары қарастырылатын болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z265" w:id="231"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z265" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұдан басқа, ЖҚМГЗ қызметін ұйымдастыру бойынша нормативтік-әдістемелік базаны жаңарту және толықтыру жоспарланған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z266" w:id="232"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z266" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-міндет. Геологиялық ақпараттың инвестициялық пакеттерінің портфельдерін қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z267" w:id="233"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z267" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестицияларды тарту және коммерциялық қызметтер есебінен компанияның пайдасын арттыру мақсатында "ҰГҚ" АҚ геологиялық ақпарат пакеттерін қалыптастыру қызметінің негізінде геологиялық ақпараттың инвестициялық пакеттерінің портфелін әзірлеуді жоспарлап отыр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z268" w:id="234"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z268" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Белгіленген шетелдік стандарттарды ескере отырып, геологиялық ақпарат пакеті республикалық геологиялық қорларда сақталатын карталарды, есептерді және басқа материалдарды қамтитын учаске аумағын геологиялық және геофизикалық зерттеулер негізінде қалыптастырылады. Ол үшін электрондық картотека, интерактивті карта, аумақты зерттеу карточкалары қолданылады. Ұсынылатын геологиялық ақпарат пакеті жер қойнауының геологиялық құрылымы, тау жыныстарының, пайдалы қазбалардың және басқа да геологиялық түзілімдердің, геофизикалық және геохимиялық өрістердің, геологиялық процестердің, пайдалы қазбалардың қорлары және геологиялық ақпаратты қамтитын басқа қосымшалар туралы деректерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z269" w:id="235"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z269" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұдан басқа, уәкілетті мемлекеттік орган мен жер қойнауын пайдаланушыларға қызмет көрсету процесін жеделдету шеңберінде геологиялық-геофизикалық материалдарды экспресс өңдеу және түсіндіру жүзеге асырылатын болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z270" w:id="236"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z270" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өз кезегінде, геологиялық ақпараттың инвестициялық пакеті экономикалық көрсеткіштерді, жұмыс түрлерін, жұмыс көлемін, техникалық–экономикалық есептеулер мен ұсынымдарды көрсете отырып, жер қойнауының белгілі бір учаскелерінде жер қойнауын пайдалану перспективаларын бағалауды қамтитын болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z271" w:id="237"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z271" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-міндет. Ақпараттық-талдау орталығын құру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z272" w:id="238"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z272" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Айта кету керек, Саланы ақпараттық-талдамалық қамтамасыз етуді қамтамасыз ету мақсатында "ҰГҚ" АҚ "Оңтүстік геологиялық қызмет" өкілдігінің базасында ақпараттық-талдау орталығын құру жоспарланатынын атап өткен жөн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z273" w:id="239"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z273" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық-талдау орталығы (бұдан әрі – АТО) жұмыс істеуі шеңберінде минералды-шикізат базасының жай-күйі, өзгеруі және пайдаланылуы бойынша ақпараттық-құқықтық бюллетеньдерді, жинақтарды, анықтамалықтарды, материалдарды қалыптастыру үшін деректерді жинау және қорыту, зерделеу элементтері мен ғылыми зерттеулердің нәтижелері бар жер қойнауын пайдалану жөніндегі карталарды, схемаларды дайындау және дайындау, геологиялық саланы дамыту мәселелері бойынша жер қойнауын, оқу-әдістемелік материалдарды пайдалану құқығына жер қойнауы учаскелері бойынша аукционға шығарылатын геологиялық ақпарат пакеттерін дайындау жоспарлануда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z274" w:id="240"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z274" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өнім шығару ақпараттық-құқықтық бюллетеньдер, жинақтар, анықтамалықтар, карталарды дайындау және дайындау әлемнің көптеген геологиялық қызметтері үшін маңызды қосымша табыс көзі болып табылатынын атап өткен жөн. Бұл тәсіл құнды білім мен ақпаратты тиімді таратып қана қоймай, компанияның қаржылық тұрақтылығын қамтамасыз етеді. Геологиялық қызметтің өнімін табысты монетизациялаудың мысалы ретінде Британдық геологиялық қызметтің (BGS) 2021–2022 жылдар кезеңіндегі тәжірибесі болып табылады, өнім шығарудан түскен табыс жалпы бюджеттің 8 % – 555,1 млн фунт стерлингті құрады. Бұл "ҰГҚ" АҚ-да сәтті жүзеге асырылуы мүмкін қосымша табыс көзінің айтарлықтай әлеуетін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z275" w:id="241"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z275" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Күтілетін нәтижелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z276" w:id="242"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z276" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қойылған міндеттерді іске асыру арқылы геология саласында ақпараттық және талдамалық қолдауды нығайтуға қол жеткізілетін болады: нормативтік ұсынымдар жиынтығы әзірленеді, геологиялық ақпараты бар инвестициялық пакеттер қалыптастырылады және саланың неғұрлым тиімді жұмыс істеуі мен дамуын қолдайтын геологиялық деректерді алмасуға, талдауға және пайдалануды оңтайландыруға ықпал ететін ақпараттық-талдау орталығы құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z277" w:id="243"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z277" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Негізгі көрсеткіштер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z278" w:id="244"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z278" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. геологиялық саладағы нормативтік ұсынымдардың саны – жыл сайын кемінде 2 нормативтік құжат.</w:t>
+      1. геологиялық саладағы әдістемелік ұсынымдардың саны – жыл сайын кемінде 2 нормативтік құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z279" w:id="245"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z279" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. геологиялық ақпараттың инвестициялық пакеттерінің саны – 2032 жылға қарай геологиялық ақпараттың 31 пакеті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z280" w:id="246"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z280" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы әкімшілік бірліктері бөлінісінде негізгі басым салалар бойынша минералдық-шикізат базасының жай-күйін талдау – жыл сайын 17 есеп.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z281" w:id="247"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z281" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-мақсат. Жер қойнауын геологиялық зерттеудің сапасы мен тиімділігін қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z282" w:id="248"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z282" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-міндет. Пайдалы қазбаларды іздеудің тиімді өңірлік әдістерін енгізу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z283" w:id="249"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z283" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекет басшысының "Әділетті Қазақстанның экономикалық бағдары" атты Қазақстан халқына Жолдауында 2026 жылға қарай геологиялық-геофизикалық зерттеу алаңын ағымдағы бір жарым миллионнан 2 миллион 200 мың шаршы шақырымға дейін жеткізу міндеті қойылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z284" w:id="250"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z284" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы міндетті орындау үшін бастапқы геологиялық ақпаратты түгендеу, геологиялық барлау жұмыстарын кешенді талдау жүзеге асырылатын болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z285" w:id="251"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z285" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сондай-ақ, "ҰГҚ" АҚ жобалық-сметалық құжаматтаны әзірлеуді және жобаларға авторлық қадағалауды жүзеге асыратын болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z286" w:id="252"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z286" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұдан басқа, "ҰГҚ" халықаралық стандарттарға сәйкес жерді қашықтықтан зондтауды, геофизиканы, геохимияны, пайдалы қазбалардың заттық құрамын зертханалық-талдамалық зерттеуді, Қазақстанның ғылыми мекемелерімен бірлесіп геологиялық, геофизикалық, геохимиялық деректерді өңдеуді және кешенді талдауды жүзеге асырады деп жоспарлануда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z287" w:id="253"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z287" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Геологиялық саланы дамыту тұжырымдамасына сәйкес ғылыми және ғылыми-білім беру ұйымдарын интеграциялай отырып 1:200000 масштабтан 1:50000-ға дейін картаға түсіру бойынша көшу жүзеге асырылатын болады, бұл пайдалы қазбаларға перспективалы учаскелерді анықтауға, Қазақстан Республикасы нарығында геологиялық барлау компанияларының қызметін жандандыруға мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z288" w:id="254"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z288" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "ҰГҚ" АҚ қызметінің қорытындысы аумақтық жоспарлауды, құрылысты, перспективаларды анықтауды, пайдалы қазбаларды іздеуді, халықты жерасты суларымен қамтамасыз етуді, қалдықтарды оқшаулау учаскелерін таңдауды, көлік коммуникацияларын орналастыруды, саябақтарды күзетуді және дамытуды, геологиялық қауіптер мен тәуекелдерді болжауды қоса алғанда, тұтынушылардың кең ауқымы үшін деректер алу болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z289" w:id="255"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z289" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұдан басқа, бастапқы ореолдарды және кен орындарының аймақтылығын зерттеу негізінде кен алқаптарының ресурстарын, металлогендік провинциялардың, облыстардың, аймақтар мен кен аудандарының шекараларын анықтау, локализациялау, олардың перспективаларын кеңейту үшін кен орындарының қапталдары мен терең көкжиектерін анықтау, жасырын кендеу және бағалау үшін олардың минерагендік әлеуетін бағалау мақсатында жер қойнауын мемлекеттік геологиялық зерттеу бойынша супервайзинг және авторлық қадағалау жүзеге асырылатын болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z290" w:id="256"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z290" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-міндет. Геологиялық барлау жұмыстарын жоспарлау және жобалау сапасын қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z291" w:id="257"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z291" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сараптама көрсеткендей, қазіргі таңда ғылыми білім беру және ғылыми ұйымдардың әлеуеті – ең алдымен жүйелі аймақтық геологиялық зерттеулерді жоспарлау және жобалау кезінде тиісті деңгейде пайдаланылмай отыр. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z292" w:id="258"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z292" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "ҰГҚ" АҚ геология саласындағы ғылыми-білім беру және ғылыми ұйымдармен бірлесіп, сервистік ұйымдар орындайтын далалық жұмыстарын (бұрғылау, геофизикалық зерттеулер, супервайзинг) сүйемелдей отырып, жоспарлау, жобалау мен іске асыруды қалыптастыруға және ғылыми негіздеудегі барлық жұмыстарға қатысатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z293" w:id="258"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұдан басқа, Қазақстан Республикасы Үкіметінің 2022 жылғы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z293" w:id="259"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бұдан басқа, Қазақстан Республикасы Үкіметінің 2022 жылғы </w:t>
+        <w:t xml:space="preserve">30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геологиялық саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасына сәйкес пайдалы қазбаларға күрделі талдамалық зерттеулер жүргізу, ғылыми мекемелермен бірлесіп геологиялық, геофизикалық, геохимиялық және қашықтық деректердің орасан зор көлемін өңдеу және кешенді талдау жүргізу мүмкіндігін қамтамасыз ету қажеттігі, оның нәтижесі көрсетілген зерттеулердің тереңдігін арттыру, минералды-шикізат базасын дамыту бағдарламаларын әзірлеу бойынша негізделген ұсыныстар болуы керек. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z294" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геологиялық саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасына сәйкес пайдалы қазбаларға күрделі талдамалық зерттеулер жүргізу, ғылыми мекемелермен бірлесіп геологиялық, геофизикалық, геохимиялық және қашықтық деректердің орасан зор көлемін өңдеу және кешенді талдау жүргізу мүмкіндігін қамтамасыз ету қажеттігі, оның нәтижесі көрсетілген зерттеулердің тереңдігін арттыру, минералды-шикізат базасын дамыту бағдарламаларын әзірлеу бойынша негізделген ұсыныстар болуы керек. </w:t>
+        <w:t>
+      Тиісінше, "ҰГҚ" АҚ инновациялық тәсілді ескере отырып, геологиялық барлау жұмыстарын ғылыми-зерттеумен сүйемелдеуді, сондай-ақ жинақталған деректерді жүйелеуді, талдауды және жинақтауды қоса алғанда, жер қойнауын геологиялық зерттеуді жоспарлау мен жүргізуді ғылыми негіздеу мақсатында елдің бейіндеуші жоғары оқу орындарымен және ғылыми мекемелерімен өзара іс-қимылды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z294" w:id="260"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z295" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тиісінше, "ҰГҚ" АҚ инновациялық тәсілді ескере отырып, геологиялық барлау жұмыстарын ғылыми-зерттеумен сүйемелдеуді, сондай-ақ жинақталған деректерді жүйелеуді, талдауды және жинақтауды қоса алғанда, жер қойнауын геологиялық зерттеуді жоспарлау мен жүргізуді ғылыми негіздеу мақсатында елдің бейіндеуші жоғары оқу орындарымен және ғылыми мекемелерімен өзара іс-қимылды жүзеге асырады.</w:t>
+      3-міндет. Пайдалы қазбалар бойынша перспективаларды жалпылама талдау, ЖҚМГЗ бойынша перспективалы учаскелерді анықтау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z295" w:id="261"/>
+    <w:bookmarkStart w:name="z296" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-міндет. Пайдалы қазбалар бойынша перспективаларды жалпылама талдау, ЖҚМГЗ бойынша перспективалы учаскелерді анықтау</w:t>
+      ЖҚМГЗ-ді іске асыруды қамтамасыз ету мақсатында "ҰГҚ" АҚ-ның негізгі міндеттерінің бірі Қазақстанның МШБ-ын нығайту болады, оған пайдалы қазбалар бойынша перспективаларға талдау жүргізу, перспективалы учаскелерді анықтау, сондай-ақ отандық және шетелдік жер қойнауын пайдаланушылар үшін геологиялық ақпараттың сапалы пакеттерін ұсыну арқылы қол жеткізілетін болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z296" w:id="262"/>
+    <w:bookmarkStart w:name="z297" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖҚМГЗ-ді іске асыруды қамтамасыз ету мақсатында "ҰГҚ" АҚ-ның негізгі міндеттерінің бірі Қазақстанның МШБ-ын нығайту болады, оған пайдалы қазбалар бойынша перспективаларға талдау жүргізу, перспективалы учаскелерді анықтау, сондай-ақ отандық және шетелдік жер қойнауын пайдаланушылар үшін геологиялық ақпараттың сапалы пакеттерін ұсыну арқылы қол жеткізілетін болады.</w:t>
+      Геологиялық және геофизикалық материалдарды талдау тау жыныстарының сипаттамаларын, литологиялық құрамын, геохимиялық және минералогиялық параметрлерін анықтай отырып, зерттелетін учаскенің геологиялық құрылымы мен ерекшеліктерін түсінуді байытады. Мұндай талдаулар сонымен қатар ұңғымаларды бұрғылау және барлау жұмыстарын жүргізу үшін перспективалы аймақтарды анықтауға ықпал етеді, бұл ресурстық бағалауды және кен орындарының әлеуетін анықтауды одан әрі нақтылайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z297" w:id="263"/>
+    <w:bookmarkStart w:name="z298" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Геологиялық және геофизикалық материалдарды талдау тау жыныстарының сипаттамаларын, литологиялық құрамын, геохимиялық және минералогиялық параметрлерін анықтай отырып, зерттелетін учаскенің геологиялық құрылымы мен ерекшеліктерін түсінуді байытады. Мұндай талдаулар сонымен қатар ұңғымаларды бұрғылау және барлау жұмыстарын жүргізу үшін перспективалы аймақтарды анықтауға ықпал етеді, бұл ресурстық бағалауды және кен орындарының әлеуетін анықтауды одан әрі нақтылайды.</w:t>
+      Алынған ақпаратқа сүйене отырып, әртүрлі есептердегі деректерді салыстыру, геологиялық карталарды жасау, зерттеудің перспективалық учаскелерін анықтау және одан әрі дамыту арқылы геологиялық ақпаратты талдау және түсіндіру жүргізіледі. Сондай-ақ, геологиялық және геофизикалық материалдарды бағдарламаларды және математикалық модельдерді пайдалана отырып талдаудың заманауи әдістері пайдаланылатын болады, бұл кен орындарын жоспарлау мен игеру кезінде негізделген шешімдер қабылдау, геологиялық барлау жұмыстарының жалпы тиімділігін арттыру үшін алынған деректерді тиімді өңдеуге және түсіндіруге мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z298" w:id="264"/>
+    <w:bookmarkStart w:name="z299" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алынған ақпаратқа сүйене отырып, әртүрлі есептердегі деректерді салыстыру, геологиялық карталарды жасау, зерттеудің перспективалық учаскелерін анықтау және одан әрі дамыту арқылы геологиялық ақпаратты талдау және түсіндіру жүргізіледі. Сондай-ақ, геологиялық және геофизикалық материалдарды бағдарламаларды және математикалық модельдерді пайдалана отырып талдаудың заманауи әдістері пайдаланылатын болады, бұл кен орындарын жоспарлау мен игеру кезінде негізделген шешімдер қабылдау, геологиялық барлау жұмыстарының жалпы тиімділігін арттыру үшін алынған деректерді тиімді өңдеуге және түсіндіруге мүмкіндік береді.</w:t>
+      Тұтастай алғанда, геологиялық және геофизикалық материалдарды талдау және түсіндіру нәтижелері геологиялық барлау жұмыстарын жоспарлау, учаскелердің ресурстық әлеуетін айқындау, кен орындарын одан әрі игеру туралы шешімдер қабылдау, кейіннен уәкілетті органға, отандық және шетелдік жер қойнауын пайдаланушыларға мемлекет мүдделерін сақтай отырып ұсыныстар енгізу үшін пайдаланылатын болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z299" w:id="265"/>
+    <w:bookmarkStart w:name="z300" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тұтастай алғанда, геологиялық және геофизикалық материалдарды талдау және түсіндіру нәтижелері геологиялық барлау жұмыстарын жоспарлау, учаскелердің ресурстық әлеуетін айқындау, кен орындарын одан әрі игеру туралы шешімдер қабылдау, кейіннен уәкілетті органға, отандық және шетелдік жер қойнауын пайдаланушыларға мемлекет мүдделерін сақтай отырып ұсыныстар енгізу үшін пайдаланылатын болады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Күтілетін нәтижелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z300" w:id="266"/>
+    <w:bookmarkStart w:name="z301" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Күтілетін нәтижелер</w:t>
+        <w:t>
+      Пайдалы қазбалар бойынша перспективалы учаскелерді, оның ішінде ЖҚМГЗ деректерін талдау болашақ инвестициялар мен өндіру үшін әлеуетті пайдалы аумақтарды жақсырақ анықтауға және бағалауға мүмкіндік береді, бұл саланың дамуына ықпал ете отырып, жер қойнауын неғұрлым тиімді және дәл геологиялық зерттеуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z301" w:id="267"/>
+    <w:bookmarkStart w:name="z302" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Пайдалы қазбалар бойынша перспективалы учаскелерді, оның ішінде ЖҚМГЗ деректерін талдау болашақ инвестициялар мен өндіру үшін әлеуетті пайдалы аумақтарды жақсырақ анықтауға және бағалауға мүмкіндік береді, бұл саланың дамуына ықпал ете отырып, жер қойнауын неғұрлым тиімді және дәл геологиялық зерттеуді қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі көрсеткіштер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z302" w:id="268"/>
+    <w:bookmarkStart w:name="z303" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Негізгі көрсеткіштер</w:t>
+        <w:t>
+      1. ЖҚМГЗ шеңберінде пайдалы қазбалар бойынша перспективаларды жалпылама талдау – жыл сайын 1 есеп.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z303" w:id="269"/>
+    <w:bookmarkStart w:name="z304" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. ЖҚМГЗ шеңберінде пайдалы қазбалар бойынша перспективаларды жалпылама талдау – жыл сайын 1 есеп.</w:t>
+      2. ЖҚМГЗ шеңберінде жобалау-сметалық құжаттаманы әзірлеу бойынша қызметтер көрсету – жыл сайын кемінде 2 жоба.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z304" w:id="270"/>
+    <w:bookmarkStart w:name="z305" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. ЖҚМГЗ шеңберінде жобалық-сметалық құжаттаманы әзірлеу – жыл сайын кемінде 2 жоба.</w:t>
+        <w:t xml:space="preserve">
+      3-мақсат. Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен өзара іс-қимыл жасау </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z305" w:id="271"/>
+    <w:bookmarkStart w:name="z306" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3-мақсат. Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен өзара іс-қимыл жасау </w:t>
+      Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен, шетелдік геологиялық қызметтермен өзара іс-қимыл жасау геология саласында қойылған мақсаттарға қол жеткізуде маңызды рөл атқарады. Ынтымақтастық жай ғана ақпарат алмасумен шектелмейді, олар қазіргі заманғы минералды ресурстар нарығының күрделі жағдайларында тиімді жұмыс істеуге мүмкіндік беретін өзекті білімдермен және озық технологиялармен қамтамасыз етуге бағытталған үйлесімді өзара іс-қимыл болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z306" w:id="272"/>
+    <w:bookmarkStart w:name="z307" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен, шетелдік геологиялық қызметтермен өзара іс-қимыл жасау геология саласында қойылған мақсаттарға қол жеткізуде маңызды рөл атқарады. Ынтымақтастық жай ғана ақпарат алмасумен шектелмейді, олар қазіргі заманғы минералды ресурстар нарығының күрделі жағдайларында тиімді жұмыс істеуге мүмкіндік беретін өзекті білімдермен және озық технологиялармен қамтамасыз етуге бағытталған үйлесімді өзара іс-қимыл болып табылады. </w:t>
+        <w:t>
+      1-міндет. Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен, халықаралық геологиялық қызметтермен ынтымақтастық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z307" w:id="273"/>
+    <w:bookmarkStart w:name="z308" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1-міндет. Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен, халықаралық геологиялық қызметтермен ынтымақтастық</w:t>
+        <w:t xml:space="preserve">
+      Синергетикалық әсерге қол жеткізу үшін "ҰГҚ" АҚ-ны геология саласындағы ғылыми-зерттеу және білім беру ұйымдарымен интеграциялау жоспарлануда. Осы ынтымақтастық шеңберінде геологиялық қызметті ғылыми-әдістемелік және техникалық қамтамасыз етуді, сондай-ақ мемлекеттік және квазимемлекеттік ұйымдардың, жер қойнауын пайдаланумен айналысатын компаниялардың жұмысын талдамалық қолдауды бірлесіп жүзеге асыратын болады. "ҰГҚ" АҚ сұранысы бойынша геологиялық саланы жүйелеу, талдау және цифрландыру үшін ресурстарды пайдалану, сондай-ақ геологиялық карталарды жаңарту жоспарлануда. Ғылыми ұйымдармен ынтымақтастықтың маңызды аспектісі жер қойнауын геологиялық зерттеу саласындағы мемлекеттік саясатты қалыптастыру мен іске асыруды қолдау болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z308" w:id="274"/>
+    <w:bookmarkStart w:name="z309" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Синергетикалық әсерге қол жеткізу үшін "ҰГҚ" АҚ-ны геология саласындағы ғылыми-зерттеу және білім беру ұйымдарымен интеграциялау жоспарлануда. Осы ынтымақтастық шеңберінде геологиялық қызметті ғылыми-әдістемелік және техникалық қамтамасыз етуді, сондай-ақ мемлекеттік және квазимемлекеттік ұйымдардың, жер қойнауын пайдаланумен айналысатын компаниялардың жұмысын талдамалық қолдауды бірлесіп жүзеге асыратын болады. "ҰГҚ" АҚ сұранысы бойынша геологиялық саланы жүйелеу, талдау және цифрландыру үшін ресурстарды пайдалану, сондай-ақ геологиялық карталарды жаңарту жоспарлануда. Ғылыми ұйымдармен ынтымақтастықтың маңызды аспектісі жер қойнауын геологиялық зерттеу саласындағы мемлекеттік саясатты қалыптастыру мен іске асыруды қолдау болып табылады. </w:t>
+      Сонымен қатар, ғылыми-білім беру ұйымдарымен ынтымақтастық шеңберінде "ҰГҚ" АҚ салалық жоғары оқу орындары мен жер қойнауын пайдаланушылардың, сондай-ақ қайта даярлауға мүдделі геологтардың қатысуымен қайта даярлау және біліктілікті арттыру бойынша оқыту курстарын өткізу үшін мамандандырылған алаң ұйымдастыруды жоспарлап отыр. Бұл қолданбалы дағдыларды арттыруға, жаңа білім алуға, кәсіби тәжірибені байытуға және жоғарыда аталған мамандықтардың білікті мамандарын даярлауға мүмкіндік береді. Мұндай бастама кадрлық әлеуетті арттыруға ықпал етеді және экономика мен ғылыми зерттеулердің түрлі салаларында геологиялық ақпаратты одан әрі жан-жақты қолдануды қамтамасыз етеді. Әлемдік білім мен тәжірибені тарту үшін "ҰГҚ" АҚ шетелдік салалық университеттердің филиалдарын Қазақстанға тарту бойынша жұмыстарды жүргізуге ұмтылатын болады. Бұл білім мен тәжірибе алмасуға ықпал етеді, сондай-ақ геологиялық барлаудың озық әдістері мен технологиялары бойынша жергілікті кадрларды оқытуды қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z309" w:id="275"/>
+    <w:bookmarkStart w:name="z310" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сонымен қатар, ғылыми-білім беру ұйымдарымен ынтымақтастық шеңберінде "ҰГҚ" АҚ салалық жоғары оқу орындары мен жер қойнауын пайдаланушылардың, сондай-ақ қайта даярлауға мүдделі геологтардың қатысуымен қайта даярлау және біліктілікті арттыру бойынша оқыту курстарын өткізу үшін мамандандырылған алаң ұйымдастыруды жоспарлап отыр. Бұл қолданбалы дағдыларды арттыруға, жаңа білім алуға, кәсіби тәжірибені байытуға және жоғарыда аталған мамандықтардың білікті мамандарын даярлауға мүмкіндік береді. Мұндай бастама кадрлық әлеуетті арттыруға ықпал етеді және экономика мен ғылыми зерттеулердің түрлі салаларында геологиялық ақпаратты одан әрі жан-жақты қолдануды қамтамасыз етеді. Әлемдік білім мен тәжірибені тарту үшін "ҰГҚ" АҚ шетелдік салалық университеттердің филиалдарын Қазақстанға тарту бойынша жұмыстарды жүргізуге ұмтылатын болады. Бұл білім мен тәжірибе алмасуға ықпал етеді, сондай-ақ геологиялық барлаудың озық әдістері мен технологиялары бойынша жергілікті кадрларды оқытуды қамтамасыз етеді. </w:t>
+        <w:t>
+      Өз кезегінде геологиялық қызметтерді, тау-кен және отын-энергетикалық кешендерді дамыту, жер қойнауын пайдалану мәселелері бойынша республикалық және халықаралық семинарлар, конференциялар, ғылыми-практикалық семинарлар өткізуді ұйымдастыру жоспарлануда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z310" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z311" w:id="276"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Өз кезегінде геологиялық қызметтерді, тау-кен және отын-энергетикалық кешендерді дамыту, жер қойнауын пайдалану мәселелері бойынша республикалық және халықаралық семинарлар, конференциялар, ғылыми-практикалық семинарлар өткізуді ұйымдастыру жоспарлануда.</w:t>
+        <w:t xml:space="preserve">
+      "ҰГҚ" АҚ өзінің ықпалын кеңейтуге және өз қызметін оңтайландыруға ұмтыла отырып, әлемдік геологиялық қызметтермен тереңдетілген өзара іс-қимыл перспективасын қарастырады. Білім, тәжірибе және технологиялармен алмасу геологиялық зерттеу, жер қойнауын бағалау және т.б. әдістерін жақсартуға көмектеседі. Озық әзірлеушілері бар шетелдік компаниялармен әріптестік </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z311" w:id="277"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      "ҰГҚ" АҚ өзінің ықпалын кеңейтуге және өз қызметін оңтайландыруға ұмтыла отырып, әлемдік геологиялық қызметтермен тереңдетілген өзара іс-қимыл перспективасын қарастырады. Білім, тәжірибе және технологиялармен алмасу геологиялық зерттеу, жер қойнауын бағалау және т.б. әдістерін жақсартуға көмектеседі. Озық әзірлеушілері бар шетелдік компаниялармен әріптестік </w:t>
+        <w:t>"ҰГҚ" АҚ-ға өз жұмысына инновациялық әдістер мен құралдарды бағалауға және енгізуге, жер қойнауын геологиялық зерттеу тиімділігін жақсартуға және геологиялық құрылымдарды болжауға, сондай-ақ халықаралық сарапшылардың тәжірибесі мен білімімен алмасуға мүмкіндік береді. Бұл өзінің жұмыс әдістерін жетілдіріп қана қоймай, қызметкерлердің біліктілігін арттыруға, оқыту бағдарламалары мен халықаралық семинарларға қатысуға ықпал етеді. Сондай-ақ Қазақстан Республикасының минералды ресурстары мен инвестициялық ахуалының инвестициялық әлеуетін насихаттау, отандық және шетелдік фирмалардың мамандандырылған ұлттық көрмелерін өткізуге жәрдемдесу мақсатында көрмелерді, оның ішінде шетелде ұйымдастыру жоспарлануда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z312" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"ҰГҚ" АҚ-ға өз жұмысына инновациялық әдістер мен құралдарды бағалауға және енгізуге, жер қойнауын геологиялық зерттеу тиімділігін жақсартуға және геологиялық құрылымдарды болжауға, сондай-ақ халықаралық сарапшылардың тәжірибесі мен білімімен алмасуға мүмкіндік береді. Бұл өзінің жұмыс әдістерін жетілдіріп қана қоймай, қызметкерлердің біліктілігін арттыруға, оқыту бағдарламалары мен халықаралық семинарларға қатысуға ықпал етеді. Сондай-ақ Қазақстан Республикасының минералды ресурстары мен инвестициялық ахуалының инвестициялық әлеуетін насихаттау, отандық және шетелдік фирмалардың мамандандырылған ұлттық көрмелерін өткізуге жәрдемдесу мақсатында көрмелерді, оның ішінде шетелде ұйымдастыру жоспарлануда.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Күтілетін нәтижелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="278"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z313" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>Күтілетін нәтижелер</w:t>
+      Жалпы, ғылыми-зерттеу және білім беру ұйымдарымен, халықаралық геологиялық қызметтермен өзара іс-қимыл геологиялық салада белгіленген мақсаттарды табысты іске асыруда шешуші рөл атқарады деп күтілуде. Бұл дамудың алдыңғы қатарында қалуға, озық технологияларды енгізуге, дарынды мамандарды тартуға және Қазақстан Республикасының ғылыми және өндірістік әлеуетін нығайтуға мүмкіндік береді.   </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z313" w:id="279"/>
+    <w:bookmarkStart w:name="z314" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жалпы, ғылыми-зерттеу және білім беру ұйымдарымен, халықаралық геологиялық қызметтермен өзара іс-қимыл геологиялық салада белгіленген мақсаттарды табысты іске асыруда шешуші рөл атқарады деп күтілуде. Бұл дамудың алдыңғы қатарында қалуға, озық технологияларды енгізуге, дарынды мамандарды тартуға және Қазақстан Республикасының ғылыми және өндірістік әлеуетін нығайтуға мүмкіндік береді.   </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі көрсеткіштер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z314" w:id="280"/>
+    <w:bookmarkStart w:name="z315" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>Негізгі көрсеткіштер</w:t>
+      1) шетелдік геологиялық қызметтермен жұмыс жүргізу – жыл сайын 2 меморандумнан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z315" w:id="281"/>
+    <w:bookmarkStart w:name="z642" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. халықаралық геологиялық қызметтермен немесе трансұлттық компаниялармен меморандумдар жасасу – жыл сайын 2 меморандум.</w:t>
+      2) "ҰГҚ" АҚ-ның өнімдерін халықаралық көрмелерде, семинарларда, конференцияларда, іс-шараларда ұсыну – жыл сайын 2 іс-шарада;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z316" w:id="282"/>
+    <w:bookmarkStart w:name="z643" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. халықаралық көрмелерде, семинарларда, конференцияларда "ҰГҚ" АҚ өнімдерін ұсыну, іс-шара – жыл сайын 2 іс-шара.</w:t>
+      3) жер қойнауын пайдаланушыларға арналған семинарлар, практикалық курстар өткізу – жыл сайын кемінде 4 курс/семинар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z317" w:id="283"/>
+    <w:bookmarkStart w:name="z644" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. жер қойнауын пайдаланушылар үшін семинарлар, практикалық курстар өткізу – жыл сайын кемінде 4 курс/семинар.</w:t>
+      4) отандық ғылыми-зерттеу институттарымен (ҒЗИ) бірлесіп геологиялық ақпаратты цифрландыру жобаларын бағдарламалық-нысаналы қаржыландыру (БНҚ) арқылы іске асыру: 2027 жылы – 1 жоба.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
     <w:bookmarkStart w:name="z318" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-кіші бөлім. Стратегиялық бағыттар: "Ұлттық геологиялық қызмет" акционерлік қоғамының тұрақты дамуы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-кіші бөлімге өзгеріс енгізілді - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z319" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тұрақты дамудың мақсаты "ҰГҚ" АҚ қызметін оның ұйымдық құрылымын, процестерін және ішкі мәдениетін кешенді трансформациялау арқылы жетілдіру болып табылады. Бұл трансформация компанияның нарықтағы позициясын нығайтуға, оның тиімділігін арттыруға және корпоративтік бренд құруға бағытталған.  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
     <w:bookmarkStart w:name="z320" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -12112,51 +12316,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) іске асырылуы – ұзақ мерзімді мақсаттар қою және оларға қол жеткізу стратегиясын айқындау кезінде кәсіпорынның нақты мүмкіндіктері ескеріледі. Қойылған мақсаттар іске асырылуы, ал міндеттер орындалуы керек; </w:t>
+        <w:t xml:space="preserve">2) іске асырылуы – ұзақ мерзімді мақсаттар қою және оларға қол жеткізу стратегиясын айқындау кезінде кәсіпорынның нақты мүмкіндіктері ескеріледі. Қойылған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мақсаттар іске асырылуы, ал міндеттер орындалуы керек; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
     <w:bookmarkStart w:name="z351" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -12402,71 +12616,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "ҰГҚ" АҚ еңбек өнімділігінің өсуі жөніндегі ұлттық индикаторды орындауға қатысады. Мемлекеттік органдарға геологиялық деректер мен бейіндік қызметтер пакетін ұсынудан түсетін табысты арттыруға, сыртқы нарықта сату құзыретін дамытуға, қызметкерлердің штат санын оңтайландыруға, өнімнің/көрсетілетін қызметтердің өзіндік құнын басқаруға баса назар аударылды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
     <w:bookmarkStart w:name="z363" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       3-міндет. Негізгі капиталға инвестициялардың өсуін қамтамасыз ету</w:t>
+      3-міндет. Негізгі капиталға инвестициялардың өсуін қамтамасыз ету</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
     <w:bookmarkStart w:name="z364" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Геология саласының 2023 – 2027 жылдарға арналған тұжырымдамасына сәйкес 2024 жылдың соңына қарай Қарағанды, Қостанай, Ақтөбе және Орал қалаларында жұмыс істеп тұрған керн қоймаларын жаңғырту, ал 2025 жылы Астана қаласында қор қоймасын және Астана және Атырау қалаларында екі керн қоймасын салу көзделген сақтау болашақта елдің барлық аймақтарында. Аяқтау қорытындысы бойынша жарғылық капиталды ұлғайту жолымен "ҰГҚ" АҚ балансына беру жоспарлануда. </w:t>
+        <w:t>
+      Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспарына сәйкес 2028 жылға қарай геологиялық материалдарды сақтауға және өңдеуге арналған инфрақұрылым құру көзделген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
     <w:bookmarkStart w:name="z365" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -12582,91 +12796,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
     <w:bookmarkStart w:name="z370" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. салық салуға дейінгі пайданың өсуі – 2032 жылы 181 млн теңге;</w:t>
+      1) салық салуға дейінгі пайданың өсуі – 2026 жылдан бастап жыл сайын 10 %-дан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z371" w:id="337"/>
+    <w:bookmarkStart w:name="z645" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. еңбек өнімділігінің өсуі – 2032 жылы 7,6 млн теңгені құрайды/адам;</w:t>
+      2) еңбек өнімділігінің өсуі – 2032 жылы 7,6 млн теңге/адамды құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z372" w:id="338"/>
+    <w:bookmarkStart w:name="z646" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. негізгі капиталға инвестициялар – 2026 жылы 120 млн теңге, 2027 жылы 3528 млн теңге.</w:t>
+      3) негізгі капиталға салынған инвестициялар – 2026 жылы – 69,8 млн теңге, 2027 жылы – 85,1 млн теңге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
     <w:bookmarkStart w:name="z373" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-мақсат. Корпоративтік басқару жүйесін жетілдіру </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
     <w:bookmarkStart w:name="z374" w:id="340"/>
     <w:p>
@@ -22540,113 +22754,164 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық геологиялық қызмет</w:t>
+              <w:t>"Ұлттық геологиялық қызмет"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акционерлік қоғамының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2023 – 2032 жылдарға арналған</w:t>
+              <w:t>2023 – 2032 жылдарға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>даму жоспарына 2–қосымша</w:t>
+              <w:t>даму жоспарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z537" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Ұлттық геологиялық қызметі" акционерлік қоғамы қызметінің 2023 – 2032 жылдарға арналған негізгі көрсеткіштері</w:t>
+        <w:t xml:space="preserve"> "Ұлттық геологиялық қызмет" акционерлік қоғамы қызметінің 2023 – 2032 жылдарға арналған негізгі көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -22668,51 +22933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22740,18927 +23005,27183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2023 жыл</w:t>
+2023 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024 жыл</w:t>
+2024 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2025 жыл</w:t>
+2025 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2026 жыл</w:t>
+2026 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2027 жыл</w:t>
+2027 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2028 жыл</w:t>
+2028 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2029 жыл</w:t>
+2029 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2030 жыл</w:t>
+2030 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2031 жыл</w:t>
+2031 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2032 жыл</w:t>
+2032 ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стратегиялық 1-бағыт. Геологиялық ақпаратты жинау, сақтау, жинақтау, жүйелеу және ұсыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-мақсат. Геологиялық ақпаратты жинауды және қорытуды қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалы қазбаларды жинау, талдау және мемлекеттік есепке алуды жасау, есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер қойнауын пайдаланушылардың лицензиялық міндеттемелерді орындауы туралы есептілік деректерін жинау, өңдеу, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-мақсат. Геологиялық материалдарды сақтау, сүйемелдеу, өңдеу және өзектендіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық материалдарды сақтау мүмкіндігін қамтамасыз ету, бірліктер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62 800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық материалдарды мемлекеттік органдар құпияландыруға тиіс ведомстволық мәліметтер тізбелерінің талаптарына сәйкес келтіру, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-мақсат. Геологиялық ақпаратты сақтаудың цифрлық форматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасырын және құпия ақпаратты қоспағанда, жинақталған тарихи геологиялық ақпаратты цифрландыруды аяқтау, %-бен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стратегиялық 2-бағыт: жер қойнауын пайдалануға инвестициялар тарту бойынша қолайлы климат құру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-мақсат. Геологиялық саланы ақпараттық-талдамалық және әдістемелік қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық ақпараттың инвестициялық топтамаларын қалыптастыру, топтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық саланың жұмыс істеуіне арналған әдістемелік ұсынымдар тұжырымдау, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының әкімшілік бірліктері бөлінісінде негізгі басым салалар бойынша минералдық-шикізаттық базаның жай-күйін талдау, есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-мақсат. Жер қойнауын геологиялық зерттеудің сапасы мен тиімділігін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚМГЗ шеңберінде пайдалы қазбалар бойынша перспективаларды жалпылама талдау, есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚМГЗ шеңберінде жобалау-сметалық құжаттаманы әзірлеу бойынша қызметтер көрсету, жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-мақсат. Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен өзара іс-қимыл жасау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шетелдік геологиялық қызметтермен жұмыс жүргізу, меморандум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҰГҚ" АҚ-ның өнімдерін халықаралық көрмелерде, семинарларда, конференцияларда, іс-шараларда ұсыну, іс-шара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер қойнауын пайдаланушыларға арналған семинарлар, практикалық курстар өткізу, іс-шара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отандық ғылыми-зерттеу институттарымен (ҒЗИ) бірлесіп геологиялық ақпаратты цифрландыру жобаларын бағдарламалық-нысаналы қаржыландыру (БНҚ) арқылы іске асыру, жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стратегиялық 3-бағыт: "ҰГҚ" АҚ-ның тұрақты дамуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-мақсат. Персоналды басқаруды жетілдіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық және техникалық ғылымдар бағыттары бойынша ғылыми дәрежесінің, сондай-ақ ғылым кандидаты (PhD) дәрежесінің болуы, %-бен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тар бейінді мамандарды тарту, %-бен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-мақсат. Қаржылық тұрақтылықты қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық салуға дейінгі пайданың өсуі, млн теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен жылға қатысты салық салуға дейінгі пайданың өсуі, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек өнімділігінің өсуі, млн теңге/ адам;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталға салынған инвестициялар, млн теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-мақсат. Корпоративтік басқару жүйесін жетілдіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпоративтік басқаруды бағалау, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шешім қабылдау деңгейінде әйелдердің үлесін ұлғайту, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ұлттық геологиялық қызмет"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акционерлік қоғамының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2023 – 2032 жылдарға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>даму жоспарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z541" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...4 lines deleted...]
-          <w:b w:val="false"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Ұлттық геологиялық қызмет" акционерлік қоғамы қызметінің негізгі көрсеткіштерінің нысаналы мәндері бойынша есептеулердің негіздемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z538" w:id="429"/>
+    <w:bookmarkEnd w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсаттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Негізгі көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есептеу әдістемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық ақпарат жинауды қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалы қазбаларды жинау, талдау және мемлекеттік есепке алуды жасау, есептер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалы қазбаларды мемлекеттік есепке алуды жасау Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2018 жылғы 25 мамырдағы № 392 бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 122619 болып тіркелген) сәйкес Қағидалар бойынша жер қойнауын пайдаланушы ұсынған пайдалы қазбаларды өндіру туралы есептің деректері негізінде жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғарыда көрсетілген Қағидаларға сәйкес жыл сайынғы негізде, есепті жылдан кейінгі 30 сәуірге дейінгі мерзімде пайдалы қазбаларды мемлекеттік есепке алу 103 құрауыш бойынша жүргізіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осыған сүйене отырып, жыл сайынғы негізде пайдалы қазбаларды мемлекеттік есепке алуды 100 % жинауды қамтамасыз ету жоспарлануда.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық материалдарды сақтау, сүйемелдеу, өңдеу және өзектендіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық материалдарды сақтау мүмкіндігін қамтамасыз ету, бірліктер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсеткіш іс жүзінде қабылданған және сақтауда тұрған геологиялық есептер негізінде қалыптастырылады. Осы кезеңде 58000-ға жуық геологиялық есеп сақтауда тұр. 2032 жылға қарай 800 бірлік мөлшерінде күтілетін жыл сайынғы өсімді ескере отырып, РГҚ-да сақтаудың жоспарланатын көлемі (өңірлерде сақталатын есептерді есепке алмағанда) 66000 бірлік қайталама геологиялық ақпаратты құрайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хр = (а+В), мұндағы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А – республикалық геологиялық қорда сақталатын геологиялық есептердің саны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В – геологиялық есептердің жыл сайынғы жоспарланатын өсуі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық материалдарды мемлекеттік органдар құпияландыруға тиіс ведомстволық мәліметтер тізбелерінің талаптарына сәйкес келтіру, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық материалдардың ашықтығы мен қолжетімділігін қамтамасыз ету мақсатында 2032 жылға қарай 100 % құпиясыздандыру жоспарлануда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х = (А/В*100), мұндағы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А – құпиясыздандыруға арналған материалдардың жыл сайынғы жоспарланатын саны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В – республикалық геологиялық қорда сақталатын құпия геологиялық материалдардың саны.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық ақпаратты сақтаудың цифрлық форматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасырын және құпия ақпаратты қоспағанда, жинақталған тарихи геологиялық ақпаратты цифрландыруды аяқтау, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұл көрсеткіш Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасының "Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі, 2026 жылы 100 %" индикаторына сәйкес келеді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық саланы ақпараттық-талдамалық және әдістемелік қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық ақпараттың инвестициялық топтамаларын қалыптастыру, бірліктер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық ақпараттың инвестициялық топтамалары жер қойнауының барлық учаскелерін, оның ішінде Жер қойнауы қорын мемлекеттік басқару бағдарламасына кіретін учаскелерді қамти отырып, жер қойнауын пайдаланушылардың сұраныстары негізінде қалыптастырылады. Көрсетілетін қызметтің негізгі нәтижесі – есептерді талдауды қоса алғанда, аумақтың зерттелуі туралы деректерді және басқасын қамтитын геологиялық ақпарат топтамасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинақталған топтамалар саны: бұл көрсеткіш геологиялық ақпараттың бірнеше жыл бойы қалыптастырылатын топтамаларының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жалпы санын көрсетеді. Оны әр жылдағы топтамалар санын қосу арқылы есептеуге болады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мысалы, ГАИТ = (А+В), мұндағы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А – алдыңғы жылғы дайын инвестициялық топтамалар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В – есепті кезеңдегі жаңа инвестициялық топтамаларды дайындау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының әкімшілік бірліктері бөлінісінде негізгі басым салалар бойынша минералдық-шикізаттық базаның жай-күйін талдау, есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 өңір бойынша жыл сайынғы негізде уәкілетті органмен жасалатын шарт бойынша есептердің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер қойнауын геологиялық зерттеудің сапасы мен тиімділігін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚМГЗ шеңберінде пайдалы қазбалар бойынша перспективаларды жалпылама талдау, есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіш пайдалы қазбалар бойынша перспективаларға талдау жүргізу, перспективалы учаскелерді анықтау, сондай-ақ отандық және шетелдік жер қойнауын пайдаланушыларға арналған геологиялық ақпараттың сапалы топтамаларын ұсыну негізінде қалыптастырылады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық және геофизикалық материалдарды талдау және түсіндіру нәтижелері геологиялық барлау жұмыстарын жоспарлау, учаскелердің ресурстық әлеуетін айқындау, кейіннен ұсыныстар енгізе отырып, кен орындарын одан әрі игеру туралы шешімдер қабылдау үшін пайдаланылатын болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Осы жұмыстың нәтижелері бойынша уәкілетті органға, отандық және шетелдік жер қойнауын пайдаланушыларға мемлекет мүдделерін сақтай отырып, жыл сайын есеп беріледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ЖҚМГЗ шеңберінде жобалау-сметалық құжаттаманы әзірлеу бойынша қызметтер көрсету, жоба </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіш пайдалы қазбалар бойынша перспективаларға талдау жүргізу, уәкілетті органның өтінімдері немесе конкурстық рәсімдер бойынша жобалау-сметалық құжаттаманы әзірлеу жүзеге асырылатын негізде перспективалы учаскелерді анықтау негізінде қалыптастырылады. Геологиялық және геофизикалық материалдарды талдау мен түсіндіруге сәйкес геологиялық барлау жұмыстарын жоспарлау, учаскелердің ресурстық әлеуетін айқындау, кейіннен ұсыныстар енгізе отырып, кен орындарын одан әрі игеру туралы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ шешімдер қабылдау үшін пайдаланылатын болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы жұмыстың нәтижелері бойынша жыл сайын (кемінде 2) жобалау-сметалық құжаттама әзірленетін болады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен өзара іс-қимыл жасау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шетелдік геологиялық қызметтермен жұмыс жүргізу, шарт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2024 жылдан бастап шетелдік геологиялық қызметтермен меморандумдар жасасу (кемінде 2 іс-шара).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҰГҚ" АҚ-ның өнімдерін халықаралық көрмелерде, семинарларда, конференцияларда, іс-шараларда ұсыну, іс-шара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2024 жылдан бастап халықаралық көрмелерге, семинарларға, конференцияларға қатысу (кемінде 2 іс-шара)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер қойнауын пайдаланушыларға арналған семинарлар, практикалық курстар өткізу, іс-шара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының геологиялық саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасын іске асыру жөніндегі іс-қимыл жоспарына сәйкес (жыл сайын кемінде 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отандық ғылыми-зерттеу институттарымен (ҒЗИ) бірлесіп геологиялық ақпаратты цифрландыру жобаларын бағдарламалық-нысаналы қаржыландыру (БНҚ) арқылы іске асыру, жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отандық ғылыми-зерттеу институттарымен (ҒЗИ) бірлесіп геологиялық ақпаратты цифрландыру жобаларын бағдарламалық-нысаналы қаржыландыру (БНҚ) арқылы іске асыру, 2027 жылы – 1 жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Персоналды басқаруды жетілдіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық және техникалық ғылымдар бағыттары бойынша ғылыми дәрежесінің, сондай-ақ ғылым кандидаты (PhD) дәрежесінің болуы, %-бен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми дәрежесі бар қызметкерлердің болу деңгейі мына формула бойынша есептеледі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайыз = (А/В) *100, мұндағы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А – ғылыми дәрежесі бар қызметкерлер саны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В – қызметкерлердің іс жүзіндегі саны.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тар бейінді мамандарды тарту, %-бен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тар бейінді мамандардың пайызы мына формула бойынша есептеледі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайыз = (А/В) *100, мұндағы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А – тар бейінді қызметкерлер саны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В – қызметкерлердің жалпы саны.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық тұрақтылықты қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық салуға дейінгі пайданың өсуі, %-бен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық салуға дейінгі пайданың өсуі мына формула бойынша есептеледі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С = А/В*100, мұндағы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А – ағымдағы кезеңнің пайдасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В – алдыңғы кезеңнің пайдасы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек өнімділігінің өсуі, млн теңге/ адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек өнімділігі Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті бекіткен әдістеме бойынша есептеледі (формула: бір жылдағы табыс/ жұмыскерлердің жыл соңындағы орташа тізімдік саны. Бұл ретте 2023 – 2032 жылдарға арналған болжам үшін сан ретінде жоспарлы штат саны пайдаланылады).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталға салынған инвестициялар, млн теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорды сақтау орны мен жынысөзекті сақтау орындарының құрылысын аяқтау қорытындысы бойынша жарғылық капиталды ұлғайту арқылы "ҰГҚ" АҚ теңгеріміне беру жоспарлануда (2026 жылы – 69,8 млн теңге, 2027 жылы – 85,1 млн теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпоративтік басқару жүйесін жетілдіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпоративтік басқаруды бағалау, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рейтингтің іс жүзіндегі деңгейі компанияның корпоративтік басқару деңгейін айқындау үшін қоғам тартқан мамандандырылған тәуелсіз компанияның бағалау қорытындысы бойынша алынады (2026, 2029 және 2032 жылдары жоспарланады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау нәтижелері бойынша тәуелсіз ұйым корпоративтік басқаруды бағалау қорытындылары бойынша есеп дайындайды, онда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+корпоративтік басқарудың жалпы рейтингі және құрауыштар мен қосалқы құрауыштар бойынша рейтингтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+акционерлік қоғамдағы корпоративтік басқару жүйесінің сипаттамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+акционердің рейтингтік пункттерде көрініс тапқан және ықпал ету факторлары бойынша бөлінген корпоративтік басқару практикасына теріс (тежеуші) әсері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+негізгі оң сәттер мен кемшіліктердің сипаттамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қандай да бір фактіні оң сәттерге немесе кемшіліктерге жатқызуды негіздей отырып, акционерлік қоғамдағы корпоративтік басқарудың оң сәттері мен кемшіліктерінің нақты сипаттамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+анықталған сәйкессіздіктерді жою және корпоративтік басқару жүйесін одан әрі жетілдіру жөніндегі ұсынымдар қамтылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шешім қабылдау деңгейінде әйелдердің үлесін ұлғайту, %-бен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоғамның құрылымдық бөлімшелерін қоса алғанда, басшы әйелдер санының басшы құрамның жалпы санына қатынасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ұлттық геологиялық қызмет"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акционерлік қоғамының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2023 – 2032 жылдарға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>даму жоспарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z575" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Ұлттық геологиялық қызмет" акционерлік қоғамының стратегиялық картасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-            </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мақсат қою құжаттары ("Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік жоспарлау жүйесінің құжаттары (Қазақстан Республикасының ұлттық даму жоспары, Қазақстан Республикасының Ұлттық қауіпсіздік стратегиясы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік жоспарлау жүйесінің құжаттары (мемлекеттік органдардың даму жоспарлары, облыстардың, республикалық маңызы бар қалалардың, астананың даму жоспарлары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік жоспарлау жүйесіне кірмейтін өзге де құжаттар (тұжырымдамалар, ұлттық жобалар, мемлекеттік бағдарламалар, доктриналар (стратегиялар), кешенді жоспарлар, Ұлттық инфрақұрылымдық жоспар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...395 lines deleted...]
-12</w:t>
+Даму жоспарында көзделген компания қызметінің негізгі көрсеткіштері (бұдан әрі – ҚНК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...40 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...49 lines deleted...]
-        </w:trPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдалы қазбаларды жинау талдау және мемлекеттік есепке алуды жасау, есеп</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
-[...4620 lines deleted...]
-              <w:t>
 12</w:t>
-            </w:r>
-[...4547 lines deleted...]
-Есептеу әдістемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...155 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басымдық / Міндет / Бастама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат/ негізгі қағидаттар/ бағыттар / басымдық/ мақсат/ міндет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі ұлттық индикаторлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсаттың/ міндеттің бағыттары/ ресурстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы индикаторлар /нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іс-шара/ индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...97 lines deleted...]
-Осыған сүйене отырып, жыл сайынғы негізде лицензиялық/ келісімшарттық міндеттемелерді орындау туралы ұсынылған есептерді 100 % жинауды қамтамасыз ету жоспарлануда.</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші Аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-іс-шара. Жинақталған тарихи геологиялық ақпаратты, оның ішінде сирек кездесетін металдар бойынша цифрландыруды аяқтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Пайдалы қазбаларды жинау, талдау және мемлекеттік есепке алуды жасау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Геологиялық материалдарды сақтау, сүйемелдеу, өңдеу және өзектендіру </w:t>
-[...164 lines deleted...]
-В – геологиялық есептердің жыл сайынғы жоспарланған өсуі.</w:t>
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші Аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-іс-шара. Жинақталған тарихи геологиялық ақпаратты, оның ішінде сирек кездесетін металдар бойынша цифрландыруды аяқтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК: Геологиялық материалдарды сақтау мүмкіндігін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...205 lines deleted...]
-В – республикалық геологиялық қорда сақталатын геологиялық есептердің саны;</w:t>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші Аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-іс-шара. Жинақталған тарихи геологиялық ақпаратты, оның ішінде сирек кездесетін металдар бойынша цифрландыруды аяқтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Геологиялық материалдарды мемлекеттік органдар құпияландыруға тиіс ведомстволық мәліметтер тізбелерінің талаптарына сәйкес келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Геологиялық ақпаратты сақтаудың сандық форматы </w:t>
-[...71 lines deleted...]
-Бұл көрсеткіш Қазақстан Республикасының геологиялық саласын дамытудың 2023 – 2027 жылдарға арналған "құпия және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2025 жылғы 100 %" тұжырымдамасының индикаторына сәйкес келеді</w:t>
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші Аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-іс-шара. Жинақталған тарихи геологиялық ақпаратты, оның ішінде сирек кездесетін металдар бойынша цифрландыруды аяқтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Жасырын және құпия ақпаратты қоспағанда, жинақталған тарихи геологиялық ақпаратты цифрландыруды аяқтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...239 lines deleted...]
-В – есепті кезеңде жаңа инвестициялық пакеттерді дайындау</w:t>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Геологиялық ақпараттың инвестициялық топтамаларын қалыптастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...97 lines deleted...]
-Өзгерістер мен толықтырулар қолданыстағы нормативтік базаны өзектендіруге, жетіспейтін құжаттарды, ұсынымдарды әзірлеуге, процестерді оңтайландыруға және автоматтандыруға, саланың әдіснамалық жай-күйін жақсартуға бағытталған.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Қазақстан Республикасының әкімшілік бірліктері бөлінісінде негізгі басым салалар бойынша минералдық-шикізаттық базаның жай-күйін талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-Уәкілетті органмен жыл сайынғы негізде 17 өңір бойынша шарт бойынша есептер саны</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. ЖҚМГЗ шеңберінде пайдалы қазбалар бойынша перспективаларды жалпылама талдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...183 lines deleted...]
-Осы жұмыстың нәтижелері бойынша уәкілетті органға, отандық және шетелдік жер қойнауын пайдаланушыларға мемлекет мүдделерін сақтай отырып, жыл сайын есеп беріледі.</w:t>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алтыншы сын-қатер – табиғи ресурстардың сарқылуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біз оларды сатудан қазынамызға кіріс құя отырып, оларды дұрыс басқаруды, ең бастысы, еліміздің табиғи байлығын орнықты экономикалық өсуге барынша тиімді кіріктіруді үйренуіміз керек.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. ЖҚМГЗ шеңберінде жобалау-сметалық құжаттаманы әзірлеу бойынша қызметтер көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық зерттеулерді дамытудың жаңа саясаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оған қоса, біз ауқымды халықаралық ғылыми-зерттеу жобаларына әбден-ақ белсене қатыса аламыз. Бұл бізге ғалымдарымыздың күш-жігерін шетелдік ғылыми-зерттеушілік қоғамдастықпен стратегиялық инновациялық бағыттар бойынша ықпалдастыруға мүмкіндік береді. Біздің мақсатымыз – жаһандық технологиялық төңкерістің бөлшегіне айналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-Көрсеткіш пайдалы қазбалар бойынша перспективаларға талдау жүргізу, оның негізінде уәкілетті органның өтінімдері бойынша перспективалы учаскелерді анықтау немесе конкурстық рәсімдер негізінде ЖСҚ әзірлеу жүзеге асырылатын болады. Геологиялық және геофизикалық материалдарды талдау мен түсіндіруге сәйкес геологиялық барлау жұмыстарын жоспарлау, учаскелердің ресурстық әлеуетін айқындау, кен орындарын одан әрі игеру туралы шешімдер қабылдау, кейіннен ұсыныстар енгізу үшін пайдаланылатын болады. Осы жұмыстың нәтижелері бойынша жыл сайын (кемінде 2) ЖСҚ әзірленетін болады.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Шетелдік геологиялық қызметтермен жұмыс жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық зерттеулерді дамытудың жаңа саясаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...12 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оған қоса, біз ауқымды халықаралық ғылыми-зерттеу жобаларына әбден-ақ белсене қатыса аламыз. Бұл бізге ғалымдарымыздың күш-жігерін шетелдік ғылыми-зерттеушілік қоғамдастықпен стратегиялық инновациялық бағыттар бойынша ықпалдастыруға мүмкіндік береді. Біздің мақсатымыз – жаһандық технологиялық төңкерістің бөлшегіне айналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қазақстандық және шетелдік ғылыми және ғылыми-зерттеу, білім беру ұйымдарымен өзара іс-қимыл жасау </w:t>
-[...71 lines deleted...]
-2024 жылдан бастап шетелдік геологиялық қызметтермен меморандум жасасу кемінде 2.</w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. "ҰГҚ" АҚ өнімдерін халықаралық көрмелерде, семинарларда, конференцияларда, іс-шараларда ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық зерттеулерді дамытудың жаңа саясаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оған қоса, біз ауқымды халықаралық ғылыми-зерттеу жобаларына әбден-ақ белсене қатыса аламыз. Бұл бізге ғалымдарымыздың күш-жігерін шетелдік ғылыми-зерттеушілік қоғамдастықпен стратегиялық инновациялық бағыттар бойынша ықпалдастыруға мүмкіндік береді. Біздің мақсатымыз – жаһандық технологиялық төңкерістің бөлшегіне айналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-2024 жылдан бастап халықаралық көрмелерге, семинарларға, конференцияларға кемінде 2 іс-шараға қатысу.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Жер қойнауын пайдаланушыларға арналған семинарлар, практикалық курстар өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңа бағыттың экономикалық саясаты – пайда алу, инвестициялар мен бәсекеге қабілеттіліктен қайтарым алу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>принципіне негізделген түгел қамтитын экономикалық прагматизм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық және басқару шешімдерін түгелдей экономикалық мақсаттылық және ұзақ мерзімді мүдделер тұрғысында қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-Қазақстан Республикасының геологиялық саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасын іске асыру жөніндегі іс-қимыл жоспарына сәйкес.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-мақсат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономика мен қоғамның түпкілікті түрленуі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5-негізгі қағидат. Заң үстемдігін қамтамасыз ету және мемлекеттік басқарудың тиімділігін арттыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5-негізгі қағидат. Заң үстемдігін қамтамасыз ету және мемлекеттік басқарудың тиімділігін арттыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Инновациялар саласындағы белсенділік деңгейі, %" негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міндет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өңдеу өнеркәсібінің еңбек өнімділігін арттыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы индикатор өңдеу өнеркәсібіндегі еңбек өнімділігінің жинақталған өсу индексі, 2022=100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Отандық ғылыми-зерттеу институттарымен (ҒЗИ) бірлесіп геологиялық ақпаратты цифрландыру жобаларын бағдарламалық-нысаналы қаржыландыру (БНҚ) арқылы іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...211 lines deleted...]
-В – қызметкерлердің жалпы саны.</w:t>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық зерттеулерді дамытудың жаңа саясаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оған қоса, біз ауқымды халықаралық ғылыми-зерттеу жобаларына әбден-ақ белсене қатыса аламыз. Бұл бізге ғалымдарымыздың күш-жігерін шетелдік ғылыми-зерттеушілік қоғамдастықпен стратегиялық инновациялық бағыттар бойынша ықпалдастыруға мүмкіндік береді. Біздің мақсатымыз – жаһандық технологиялық төңкерістің бөлшегіне айналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Геологиялық және техникалық ғылымдар бағыттары бойынша ғылыми дәрежесінің, сондай-ақ ғылым кандидаты (PhD) дәрежесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық зерттеулерді дамытудың жаңа саясаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оған қоса, біз ауқымды халықаралық ғылыми-зерттеу жобаларына әбден-ақ белсене қатыса аламыз. Бұл бізге ғалымдарымыздың күш-жігерін шетелдік ғылыми-зерттеушілік қоғамдастықпен стратегиялық инновациялық бағыттар бойынша ықпалдастыруға мүмкіндік береді. Біздің мақсатымыз – жаһандық технологиялық төңкерістің бөлшегіне айналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...153 lines deleted...]
-В – қызметкерлердің жалпы саны.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Аумақты геологиялық-геофизикалық зерттеумен қамту, мың шаршы км." негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Тар бейінді мамандарды тарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...211 lines deleted...]
-В – алдыңғы кезеңнің пайдасы.</w:t>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық зерттеулерді дамытудың жаңа саясаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оған қоса, біз ауқымды халықаралық ғылыми-зерттеу жобаларына әбден-ақ белсене қатыса аламыз. Бұл бізге ғалымдарымыздың күш-жігерін шетелдік ғылыми-зерттеушілік қоғамдастықпен стратегиялық инновациялық бағыттар бойынша ықпалдастыруға мүмкіндік береді. Біздің мақсатымыз – жаһандық технологиялық төңкерістің бөлшегіне айналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Экономиканың нақты өсу қарқыны, өткен жылмен салыстырғанда %" негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Салық салуға дейінгі пайданың өсуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңа бағыттың экономикалық саясаты – пайда алу,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инвестициялар мен бәсекеге қабілеттіліктен қайтарым алу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+принципіне негізделген түгел қамтитын экономикалық прагматизм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық және басқару шешімдерін түгелдей экономикалық мақсаттылық және ұзақ мерзімді мүдделер тұрғысында қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-Еңбек өнімділігі Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті бекіткен әдістеме бойынша есептеледі (формула: бір жылдағы табыс/жыл соңындағы қызметкерлердің орташа тізімдік саны. Бұл ретте 2023 – 2032 жылдарға арналған болжам үшін жоспарлы штат саны Сан ретінде пайдаланылады).</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-мақсат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономика мен қоғамның түпкілікті түрленуі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5-негізгі қағидат. Заң үстемдігін қамтамасыз ету және мемлекеттік басқарудың тиімділігін арттыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5-негізгі қағидат. Заң үстемдігін қамтамасыз ету және мемлекеттік басқарудың тиімділігін арттыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Еңбек өнімділігінің жинақталған өсу индексі, 2022=100" негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міндет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңдеу өнеркәсібінің еңбек өнімділігін арттыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы индикатор өңдеу өнеркәсібіндегі еңбек өнімділігінің жинақталған өсу индексі, 2022=100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Еңбек өнімділігінің өсуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050", Қазақстан Республикасының көміртегі бейтараптығына қол жеткізуінің 2060 жылға дейінгі стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық зерттеулерді дамытудың жаңа саясаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оған қоса, біз ауқымды халықаралық ғылыми-зерттеу жобаларына әбден-ақ белсене қатыса аламыз. Бұл бізге ғалымдарымыздың күш-жігерін шетелдік ғылыми-зерттеушілік қоғамдастықпен стратегиялық инновациялық бағыттар бойынша ықпалдастыруға мүмкіндік береді. Біздің мақсатымыз – жаһандық технологиялық төңкерістің бөлшегіне айналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-Қор қоймасы мен Керн қоймаларының құрылысын аяқтау қорытындысы бойынша жарғылық капиталды ұлғайту жолымен "ҰГҚ" АҚ балансына беру жоспарлануда</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. Минералды-шикізат базасы: металдар және басқа да пайдалы қазбалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-басымдық. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ресурстық базаны дамыту: геологиялық барлауды ынталандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Негізгі капиталға инвестициялар (НКИ), ЖІӨ-ден %" негізгі ұлттық индикаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-іс-шара. Нарық қатысушыларының кері байланысын ескере отырып, жер қойнауын пайдаланушылардың бірыңғай платформасының функционалын құруды аяқтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Негізгі капиталға салынған инвестициялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...323 lines deleted...]
-анықталған сәйкессіздіктерді жою және корпоративтік басқару жүйесін одан әрі жетілдіру жөніндегі ұсынымдар.</w:t>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050" Стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050" Стратегиясы – тым құбылмалы тарихи жағдайдағы жаңа Қазақстан үшін жаңа саяси бағыт.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Жаңа бағыттың экономикалық саясаты – пайда алу,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инвестициялар мен бәсекеге қабілеттіліктен қайтарым алу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+принципіне негізделген түгел қамтитын экономикалық прагматизм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менеджменттің жаңа құралдарын және мемлекеттік сектордағы корпоративтік басқарудың қағидаларын енгізу қажет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-мақсат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономика мен қоғамның түпкілікті түрленуі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5-негізгі қағидат. Заң үстемдігін қамтамасыз ету және мемлекеттік басқарудың тиімділігін арттыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39-көрсеткіш. Дүниежүзілік банктен мемлекеттік басқару тиімділігі индексінің мәні (-2,5-тен 2,5-ке дейінгі шкала бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-іс-шара. Жинақталған тарихи геологиялық ақпаратты, оның ішінде сирек кездесетін металдар бойынша цифрландыруды аяқтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің 2022 жылғы 30 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасының геология саласын дамытудың 2023 – 2027 жылдарға арналған тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-нысаналы индикатор. Жасырын және құпия ақпаратты қоспағанда, геологиялық ақпаратқа ашық электрондық қолжетімділікпен қамтамасыз ету деңгейі 2027 жылға қарай 100 %, оның ішінде 2023 жылы – 20 %, 2024 жылы – 50 %, 2025 жылдан бастап – 100 %.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Корпоративтік басқаруды бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан – 2050" Стратегиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік саясаттың жаңа қағидаттары – әлеуметтік кепілдіктер және жеке жауапкершілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ананы қорғау. Әйелдерге үндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдерді мемлекеттік және қоғамдық басқару ісіне белсене тартқан жөн, әсіресе, жергілікті деңгейдегі өңірлерде. Олардың бизнес ашып, оны жүргізуіне де қолайлы жағдай жасаған абзал.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...337 lines deleted...]
-          </w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының 2029 жылға дейінгі ұлттық даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-мақсат. Экономика мен қоғамның түпкілікті түрленуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрінің 2025 жылғы 1 қазандағы № 412 бұйрығымен бекітілген Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің 2023 – 2027 жылдарға арналған даму жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсат. Ресурстық базаны дамыту: геологиялық барлауды ынталандыру. Міндет. Геологиялық базаны дамыту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-нысаналы индикатор геологиялық барлау белсенділігін орташа әлемдік деңгейге жеткізу (90 АҚШ долл. шаршы км.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.1-нәтиже көрсеткіші аумақты геологиялық-геофизикалық зерттеумен қамтуды арттыру, мың шаршы км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-іс-шара. Жинақталған тарихи геологиялық ақпаратты, оның ішінде сирек кездесетін металдар бойынша цифрландыруды аяқтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2030 жылға дейінгі отбасылық және гендерлік саясат тұжырымдамасы</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...86 lines deleted...]
-"Ұлттық геологиялық қызметі" АҚ қызметінің негізгі көрсеткіштері</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8-индикатор.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Биліктің атқарушы, өкілді және сот органдарында, экономиканың барлық секторларында шешімдер қабылдау деңгейінде әйелдердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚНК. Шешім қабылдау деңгейінде әйелдердің үлесін ұлғайту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...4449 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>