--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="95ba828" w14:textId="95ba828">
+    <w:p w14:paraId="5820db0" w14:textId="5820db0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -11495,4276 +11495,4162 @@
         <w:t>
       394) креативті индустрияға жататын экономикалық қызмет түрлерінің тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
     <w:bookmarkStart w:name="z486" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       395) тарих және мәдениет ескерткішінің паспортын рәсімдеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z487" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      396) республикалық меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелерін белгiлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z488" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      397) Қазақстан Республикасының дүниежүзілік мәдени мұрасының алдын ала тізімін қалыптастыру және ұсыну қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z489" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      398) тарих және мәдениет ескерткіштерін анықтау, есепке алу, мәртебе беру және одан айыру, орнын ауыстыру және өзгерту, жай-күйін мониторингтеу және санатын өзгерту қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z490" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      399) тарих және мәдениет ескерткіштерін пайдалануға беру және оларға қол жеткізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z491" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      400) қорғау міндеттемелерін беру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z492" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      401) тарих және мәдениет ескерткішінің қорғау аймағын, құрылыс салуды реттеу аймағын және қорғалатын табиғи ландшафт аймағын және оларды пайдалану режимін айқындау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z493" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      402) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүргізу қағидалары мен шарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z494" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      403) тарихи-мәдени сараптама жүргізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z495" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      404) археологиялық жұмыстарды жүзеге асыру қағидалары мен шарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z496" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405) монументтік өнер құрылыстарын орнату қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z497" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406) мемориалдық тақталар орнату қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z498" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      407) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың орындалуын бағалау нормативтерін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z499" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      408) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі қызметті лицензиялау кезінде қойылатын біліктілік талаптары мен шарттарын әзірлеу және бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z500" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      409) тарих және мәдениет ескерткіштерін қорғау және пайдалану қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z501" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410) Республикалық маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізімін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z502" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      411) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерінің жай-күйін мониторингтеуді жүзеге асырады және олардың сақталуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z503" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      412) жергілікті маңызы бар тарихи-мәдени мұра объектісін және (немесе) тарих және мәдениет ескерткішін тарихи-мәдени сараптама қорытындысы және тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияның ұсынымдары негізінде республикалық маңызы бар тарих және мәдениет ескерткіштері деп тану және оларды Республикалық маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізіміне қосу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z504" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      413) республикалық маңызы бар тарих және мәдениет ескерткiшiн тарихи-мәдени сараптама қорытындысы және тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияның ұсынымдары негізінде мәртебесінен айыру және оны Республикалық маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізімінен алып тастау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z505" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      414) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстардың, халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерінің аумақтарындағы шаруашылық және өзге де қызметтің және оларды қорғау аймақтарының жобаларын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z506" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      415) тарих және мәдениет ескерткіштерінің арасынан Қазақстан Республикасының дүниежүзілік мәдени мұрасының алдын ала тізімін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z507" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      416) Қазақстан Республикасының дүниежүзілік мәдени мұрасының алдын ала тізімін ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z508" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      417) мемлекеттік меншік болып табылатын, халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерін, сондай-ақ республикалық меншік болып табылатын, жергілікті маңызы бар тарих және мәдениет ескерткіштерін пайдалануға беруді келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z509" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      418) тарихи-мәдени мұра объектілерін қорғау және пайдалану саласындағы салааралық үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z510" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      419) Қазақстан Республикасының атынан халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне меншік иесінің өкілеттіктерін жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z511" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      420) тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияны құрады және оның ережесі мен құрамын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z512" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      421) тарих және мәдениет ескерткіштерінің аумағын қозғайтын қала құрылысы жобаларын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z513" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      422) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне қатысты тарих және мәдениет ескерткіштерінің қорғау аймақтарының, құрылыс салуды реттеу аймақтарының және қорғалатын табиғи ландшафт аймақтарының шекараларын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z514" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      423) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне тарихи-мәдени сараптама қорытындысы және тарихи-мәдени мұра мәселелері жөніндегі арнайы комиссияның ұсынымдары негізінде тарих және мәдениет ескерткіштерінің орнын ауыстыру және өзгерту туралы шешімдер қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z515" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      424) тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстар жоспарын мемлекеттік органдар мен жергілікті атқарушы органдардың, сондай-ақ жеке және заңды тұлғалардың ұсыныстарын ескере отырып, алдағы күнтізбелік жылға қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z516" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      425) музейдің атауын көрсете отырып, материалдар мен олжаларды республикалық немесе жергілікті маңызы бар мемлекеттік музейге беру туралы шешім қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z517" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      426) жеке және заңды тұлғалар мен тиісті мемлекеттік музейді қабылданған шешім және материалдар мен олжаларды қабылдау-тапсыру рәсімін жүзеге асыру қажеттігі туралы хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z518" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      427) облыстық ономастика комиссиялары және республикалық маңызы бар қалалардың, астананың ономастика комиссиялары туралы үлгілік ережені әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z519" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      428) республикалық ономастика комиссиясын құрады және оның қызметін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z520" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429) ономастика комиссияларының қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z521" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      430) әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөліктеріне атау беру, олардың атауларын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау және өзгерту кезінде тиісті аумақ халқының пікірін есепке алу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z522" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      431) ұлттық фильмдер деп танылуға үміткер киножобаларды шығару бойынша мемлекеттік қаржылық қолдау көрсету үшін оларды іріктеу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z523" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432) фильмге прокаттау куәлігін беру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z524" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      433) фильмді ұлттық деп тану және ұлттық фильм куәлігін беру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z525" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      434) ұлттық фильмдер деп танылуға үмітті киножобалар шығаруды қаржыландыру қағидаларын және қаржыландыру көлемдерінің нормативтерін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z526" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      435) Қазақстан Республикасының аумағына әкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z527" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      436) кинематография саласындағы субсидияларды төлеу қағидалары мен шарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z528" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      437) фильмге прокаттау куәлігінің нысанын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z529" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      438) Ұлттық кинокомиссия туралы ережені жəне оның құрамын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z530" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      439) фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесін жүргізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z531" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      440) ұлттық фильмдерді прокаттау мен көрсетуден түсетін кірістерден Ұлттық киноны қолдау мемлекеттік орталығына аударымдарды жасау тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z532" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      441) Мемлекеттік фильмдер тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z533" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      442) мемлекеттік ұйымдардың кинематографияны дамыту жөніндегі қызметін қолдап отыру және үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z534" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      443) прокаттау куәлігін және ұлттық фильм куәлігін беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z535" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      444) Қазақстан Республикасының заңнамасында айқындалған тәртіппен фильмді ұлттық деп тану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z536" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445) кинематография саласындағы ғылым мен білімді дамытуға, шығармашылық және техникалық кадрларды даярлауға, қайта даярлауға және олардың біліктілігін арттыруға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z537" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      446) кинематография саласындағы халықаралық байланыстарды дамыту, кинематографиялық қызмет субъектілерінің халықаралық комиссияларға, кинофестивальдарға, конференцияларға және кинематография саласындағы өзге де іс-шараларға қатысуын ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z538" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447) Қазақстан Республикасының аумағындағы фильмдер мониторингінің бірыңғай автоматтандырылған ақпараттық жүйесін орнату және жүргізу арқылы Қазақстан Республикасының аумағында фильмдер прокатын жүйеге келтіруді және есепке алуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z539" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      448) Қазақстан Республикасының аумағында фильмдер прокатының мониторингін жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z540" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      449) ұлттық фильмдер деп танылуға үмітті киножобалар шығаруды қаржыландыру көлемін белгілеу үшін фильмдерді санаттарға жатқызу өлшемшарттарын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z541" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      450) салықтардың және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті мемлекеттік органмен және мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша фильмдер шығару кезінде инвестор үшін кинематографиялық ұйым орындайтын және көрсететін жұмыстар мен қызметтердің тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z542" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      451) кинематография саласындағы мемлекеттік қолдау мәселелері жөніндегі ведомствоаралық комиссияны құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z543" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452) сараптама кеңесінің ережесі мен құрамын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z544" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      453) Мемлекеттік фильмдер қоры тұрақты сақтауға берілетін, шетелдіктер қатыспайтын Қазақстан Республикасының заңды тұлғасын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z545" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      454) Орталық сараптау-тексеру комиссиясын құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z546" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      455) сақтау мерзімдерін көрсете отырып, мемлекеттік және мемлекеттік емес ұйымдардың қызметінде жасалатын үлгілік құжаттар тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z547" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      456) мемлекеттік архивтердің үлгілік штаттарын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z548" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      457) Ұлттық архив қорының құжаттарын орталықтандырылған мемлекеттік есепке алу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z549" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      458) Құжаттар көшірмелерінің мемлекеттік сақтандыру қорын құру және сақтау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z550" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      459) Ұлттық архив қорының құжаттарын басып шығару қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z551" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      460) Орталық сараптау-тексеру комиссиясы мен орталық мемлекеттік және арнаулы мемлекеттік архивтердің сараптау-тексеру комиссиялары туралы ережелерді бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z552" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      461) тиісті жергілікті атқарушы органдармен келісілген Ұлттық архив қорын жинақтау көздерінің тізімін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z553" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      462) архивтік құжаттарды, архив қорлары мен коллекцияларын Ұлттық архив қорының құрамына жатқызу, сондай-ақ оларды оның құрамынан алып тастау туралы шешім қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z554" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      463) тарихи және өзге де құндылығы жоқ және практикалық маңызын жойған құжаттарды сақтау мерзімдері мен жою тәртібiн белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z555" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      464) Қазақстан Республикасының мемлекеттiк архивтерінен шығатын архивтік анықтамаларға және архивтік құжаттардың көшiрмелерiне апостиль қою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z556" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      465) автоматтандырылған архивтік технологиялар әзiрлеу мен енгізуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z557" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      466) мемлекеттің, қоғамның және азаматтардың сұрау салулары мен қажеттіліктерін қанағаттандыру үшін Ұлттық архив қорының құжаттарын басып шығаруды және пайдалануды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z558" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467) Ұлттық архив қорын және Құжаттар көшірмелерінің мемлекеттік сақтандыру қорын қалыптастырады және жұмыс істейді, Ұлттық архив қорының құжаттарын орталықтандырылған мемлекеттік есепке алуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z559" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      468) республикалық меншіктегі тарихи және мәдени құжаттық ескерткіштерін қорғауды, оларды сақтауды және пайдалануды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z560" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      469) шет елдердегi Қазақстан Республикасының тарихы жөнiндегi архивтік құжаттарды жинауды және оларды елге қайтаруды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z561" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      470) архив ісі және басқаруды құжаттамалық қамтамасыз ету мәселелеріне салааралық ұйымдастырушылық-әдістемелік басшылық жасауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z562" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      471) Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуын мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z563" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      472) Ұлттық архив қорының мемлекеттік меншіктегі құжаттарын Қазақстан Республикасынан тыс жерлерге уақытша әкетуге рұқсат ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z564" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      473) Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің жинақтау көздерінде Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасының электрондық құжат айналымы мен электрондық архивтер бөлігінде сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z565" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      474) архив iсi жөніндегi халықаралық ұйымдарда Қазақстан Республикасының өкiлдiгін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z566" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      475) мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z567" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      476) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтердің жинақтау, сақтау, есепке алу мен пайдалану қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z568" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      477) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды ведомстволық және жеке архивтердің қабылдау, сақтау, есепке алу мен пайдалану қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z569" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478) электрондық құжат айналымының тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z570" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      479) мәліметтерді таратылуы шектелген қызметтік ақпаратқа жатқызу және онымен жұмыс істеу қағидаларын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z571" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      480) мемлекеттік рәміздер мен геральдикалық белгілер мәселелері жөнінде сараптамалық кеңес құрады, сондай-ақ ол туралы ережені әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z572" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      481) ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">482) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z574" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      396) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 17.10.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 878</w:t>
+        <w:t xml:space="preserve">484) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 810</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve">485) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1716 lines deleted...]
-    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z577" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      486) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">482) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+        <w:t xml:space="preserve">487) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 810</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="552"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">488) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">489) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">490) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">491) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z583" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      492) туындының сипатына немесе оны пайдалану ерекшелiктерiне (жұртшылық алдында, оның iшiнде радиода және телевизияда орындауға, туындыны механикалық, магниттiк немесе өзге де жазба арқылы қайта шығаруға, көшiрмелеуге, туындыны автордың келісімінсіз жеке мақсатта қайта шығаруға және басқа да жағдайларға) байланысты мүлiктiк (айрықша) құқықтарды жеке тәртіппен iс жүзiнде жүзеге асыру мүмкiн болмаған жағдайларда, авторлық сыйақының ең төменгі мөлшерлемелерін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z584" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      493) орындауларды немесе фонограммаларды пайдалану сипатына (жұртшылық алдында, оның iшiнде радиода және телевизияда орындауға, туындыны механикалық, магниттiк немесе өзге де жазба арқылы қайта шығаруға, көшiрмелеуге, орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта қайта шығаруға және басқа да жағдайларға) байланысты мүлiктiк (айрықша) құқықтарды жеке тәртiппен iс жүзiнде жүзеге асыру мүмкiн болмаған жағдайларда, орындаушылар мен фонограмма шығарушыларға сыйақының ең төменгі мөлшерлемелерін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">484) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 810</w:t>
+        <w:t xml:space="preserve">494) алып тасталды - ҚР Үкіметінің 16.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">485) алып тасталды - ҚР Үкіметінің 30.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 810</w:t>
+        <w:t xml:space="preserve">495) алып тасталды - ҚР Үкіметінің 16.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z577" w:id="553"/>
-[...473 lines deleted...]
-    <w:bookmarkStart w:name="z587" w:id="556"/>
+    <w:bookmarkStart w:name="z587" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496) мемлекет қатысатын заңды тұлғаларға атау беру, оларды қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту және оларға жеке адамдардың есімдерін беру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z863" w:id="557"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z863" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-1) петицияны қарау нәтижелері бойынша қабылданған шешімнің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z865" w:id="558"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z865" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-2) орталық атқарушы органдардың алқалы органдарының және облыстың, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) жергілікті өкілді және атқарушы органдарының отырыстарына ақпарат пайдаланушылардың қол жеткізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z866" w:id="559"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z866" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-3) ақпарат иеленушілердің ашықтық стандартын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z867" w:id="560"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z867" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-4) петицияларды тіркеу және есепке алу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z868" w:id="561"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z868" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-5) петиция беруге арналған интернет-ресурсты айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z869" w:id="562"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z869" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-6) петицияны интернет-ресурста орналастыру туралы жазбаша өтініштің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z870" w:id="563"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z870" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-7) петицияға қосылу қағидаларын және петицияға қосылу туралы жазбаша өтініштің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z871" w:id="564"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z871" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-8) петицияның заңнамада белгіленген шарттарға сәйкестігін тексеруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z872" w:id="565"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z872" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-9) бұқаралық ақпарат құралдары саласындағы уәкілетті органда есепке қойылған бұқаралық ақпарат құралдарына петицияға қосылудың басталғаны туралы хабарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z885" w:id="566"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z885" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       496-10) жеке тұлғалардың петицияларын Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімдерде қабылдау және қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z886" w:id="567"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z886" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-11) мемлекеттік емес бұқаралық ақпарат құралдарына Қазақстан Республикасының заңнамасында белгіленген тәртіппен гранттар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z887" w:id="568"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z887" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-12) ұлттық телерадио хабарларын тарату операторын қоспағанда, спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізуге жұмсалатын шығындарының бір бөлігін субсидиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z888" w:id="569"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z888" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-13) аккредиттеу картасын беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z889" w:id="570"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z889" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-14) бұқаралық ақпарат құралдарына гранттар беру және олардың іске асырылуын мониторингтеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z890" w:id="571"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z890" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-15) мемлекеттік емес бұқаралық ақпарат құралдары үшін гранттардың құнын айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z891" w:id="572"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z891" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-16) тәуелсіз сараптама комиссиясының құрамы мен ережесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z905" w:id="573"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z905" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-17) мемлекеттік емес бұқаралық ақпарат құралдары үшін гранттар бөлу жөніндегі комиссия құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z892" w:id="574"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z892" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-18) бұқаралық ақпарат құралдарының қызметін өзін-өзі реттеу мәселелері жөніндегі қоғамдық-кәсіптік кеңестің үлгілік ережесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z893" w:id="575"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z893" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-19) спутниктік телерадио хабарларын тарату операторлары шығындарының бір бөлігін субсидиялауды ұсыну, бақылау, мониторингтеу және тиімділігін бағалау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z894" w:id="576"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z894" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-20) шығындарды субсидиялау не одан бас тарту туралы шешім қабылдау үшін өтінімдерді қарау жөнінде тұрақты жұмыс істейтін комиссия құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z895" w:id="577"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z895" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-21) телерадио хабарларын таратуды дамыту мәселелері жөнінде комиссия құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z896" w:id="578"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z896" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-22) өңірлік нышан жобасын әзірлеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z897" w:id="579"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z897" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-23) Қазақстан Республикасы Даңқ Кітабының жүргізілуі мен сақталуын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z898" w:id="580"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z898" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-24) адам саудасының алдын алу жөнінде шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z899" w:id="581"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z899" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-25) Қазақстан Республикасының заңнамасында белгіленген тәртіппен адам саудасына қарсы іс-қимыл саласындағы қауіп-қатерлерді бағалауға және оларды барынша азайту бойынша ұсыныстар енгізуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z900" w:id="582"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z900" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-26) Қазақстан Республикасының заңнамасында белгіленген тәртіппен адам саудасы құрбандарына көмек көрсету және арнаулы әлеуметтік көрсетілетін қызметтерді ұсыну үшін оларды қайта бағыттауға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z901" w:id="583"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z901" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-27) ішкі істер органдарын өздеріне белгілі болған дайындалып жатқан не жасалған адам саудасымен байланысты қылмыс фактілері туралы хабардар ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z902" w:id="584"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z902" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-28) жұртшылықты адам саудасына қарсы іс-қимыл саласындағы қызмет нәтижелері туралы хабардар ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z903" w:id="585"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z903" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-29) масс-медиада адам саудасына қарсы іс-қимыл саласындағы құқықтық насихатты қамтамасыз етуге жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z904" w:id="586"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z904" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-30) адам саудасына қарсы іс-қимыл субъектілерінің қызметін масс-медиада жариялауға ықпал ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z906" w:id="587"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z906" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-31) креативті индустрияға мемлекеттік қолдау көрсету және оны ынталандыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z907" w:id="588"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z907" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-32) Қазақстан аумағындағы археологиялық жұмыстардың нәтижесінде Қазақстан Республикасының және басқа мемлекеттердің жеке және заңды тұлғалары тапқан барлық материалдар мен олжаларды Қазақстан Республикасының мемлекеттік музейлеріне беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z908" w:id="589"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z908" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-33) Министрліктің құзыретіне жатқызылған қызмет салаларында техникалық (ғылыми) тұрғыдан негізделген, еңбек жөніндегі бірыңғай салааралық немесе салааралық үлгілік немесе үлгілік нормалар мен нормативтерді әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z909" w:id="590"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z909" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-34) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша өзі белгілеген тәртіппен Министрліктің құзыретіне жатқызылған қызмет салаларында ұйымдардың еңбек жөніндегі үлгілік нормалары мен нормативтерін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z910" w:id="591"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z910" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-35) мемлекеттік органдардың интернет-ресурстарын ақпаратпен толықтыру қағидаларын және олардың мазмұнына қойылатын талаптарды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z911" w:id="592"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z911" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-36) ақпаратқа қол жеткізу саласындағы мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z912" w:id="593"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z912" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-37) археологиялық жұмыстар жоспарын мемлекеттік органдар мен жергілікті атқарушы органдардың, сондай-ақ жеке және заңды тұлғалардың ұсыныстарын ескере отырып, алдағы күнтізбелік жылға қалыптастыру және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z913" w:id="594"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z913" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-38) Қазақстан Республикасының шетелдегі мәдениет орталықтарын қаржыландыру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z914" w:id="595"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z914" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-39) Түркістан қаласының археология ескерткіштерінің резерватын құру және оларды күтіп-ұстауға жағдай жасау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z924" w:id="596"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z924" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-40) Қазақстан Республикасы Президентінің жанындағы Ұлттық құрылтайдың қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z925" w:id="597"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z925" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-41) мемлекеттік және жеке архивтердегі еңбек қауіпсіздігі және еңбекті қорғау саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z926" w:id="598"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z926" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-42) мемлекеттік және жеке архивтердегі төтенше жағдай кезеңіне арналған әдістемелік ұсынымдарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z927" w:id="599"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z927" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-43) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша зерттеулердің, консалтингтік көрсетілетін қызметтердің құнын белгілеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z928" w:id="600"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z928" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-44) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша мемлекеттік тапсырманың құнын белгілеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z929" w:id="601"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z929" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-45) желінің ең төмен нормативтері міндетті түрде қолданыла отырып Министрліктің құзыретіне жатқызылған қызмет салаларында ең төмен стандарттарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z930" w:id="602"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z930" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-46) Министрліктің құзыретіне жатқызылған қызмет салаларында желінің ең төмен нормативтерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z931" w:id="603"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z931" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-47) Министрлік реттейтін салалардағы көлеңкелі экономикаға қарсы іс-қимыл бойынша мемлекеттік саясатты қалыптастыруға қатысу және шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z932" w:id="604"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z932" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-48) архив ісін басқару және жүргізу органдарының қызметіне әдістемелік басшылық жасау және оны үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z933" w:id="605"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z933" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-49) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштерінің пайдаланылуын және оларды күтіп-ұстау тәртібін мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z934" w:id="606"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z934" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-50) монументтік өнер құрылыстарын орнатуға мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z935" w:id="607"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z935" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-51) халықаралық және республикалық маңызы бар тарих және мәдениет ескерткіштеріне археологиялық және ғылыми-реставрациялық жұмыстардың жүргізілуіне мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z936" w:id="608"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z936" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-52) жастар ұйымдарымен мәдениет мәселелері бойынша өзара іс-қимылды және ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z937" w:id="609"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z937" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-53) халықаралық ұйымдармен гендерлік теңдік мәселелері бойынша ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z938" w:id="610"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z938" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-54) Ұлттық архив қорының мемлекеттік меншіктегі құжаттарын басқа мемлекеттерге тұрақты сақтауға беруді ерекше жағдайларда Қазақстан Республикасы Үкіметінің шешімі бойынша ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z939" w:id="611"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z939" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-55) сараптау-тексеру комиссиясының қорытындысы негізінде мемлекеттік басқарудың тиісті саласына (аясына) басшылықты жүзеге асыратын мемлекеттік органдар немесе мемлекеттік емес ұйымдар әзірлеген, сақтау мерзімдері көрсетіле отырып, мемлекеттік және мемлекеттік емес ұйымдар қызметінде қалыптасатын құжаттардың салалық (ведомстволық) тізбелерін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z940" w:id="612"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z940" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-56) Ұлттық архив қорының құжаттары және оның жинақтау көздерi туралы мәліметтерді қамтитын Мемлекеттік қор каталогын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z941" w:id="613"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z941" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-57) жұмылдыру дайындығы саласындағы уәкiлеттi органға жұмылдыру дайындығы мен жұмылдыру жөнiндегi iс-шараларды қаржыландыру көлемдерi жөнiнде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z942" w:id="614"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z942" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-58) реттелетін қызмет салаларындағы ұйымдардың жұмылдыру дайындығын жоспарлау, ұйымдастыру және оған басшылық ету, Қазақстан Республикасындағы жұмылдыру дайындығы мен жұмылдыру қағидаларында белгіленген тәртіппен жұмылдыру тапсырыстары бар ұйымдардың жұмылдыру әзірлігіне бағалау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z943" w:id="615"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z943" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-59) ұйымдармен жұмылдыру тапсырыстарын орындауға арналған шарттар жасау, жұмылдыру дайындығы саласындағы уәкілетті органға жұмылдыру тапсырыстары бар ұйымдар банкрот болған, қайта ұйымдастырылған, таратылған, олардың жұмыс бейіні өзгертілген кезде белгіленген жұмылдыру тапсырыстарын алып тастау және басқаға беру туралы ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z944" w:id="616"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z944" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-60) Қазақстан Республикасының жергiлiктi атқарушы органдарымен өзара iс-қимыл жасай отырып жұмылдыру жоспарларын орындауға дайындық жөнiндегi шараларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z945" w:id="617"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z945" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-61) жұмылдыру тапсырыстарын белгілеу үшін ұйымдардың өндірістік, қаржылық, қоймалық мүмкіндіктері туралы ақпаратты жұмылдыру дайындығы саласындағы уәкілетті органға беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z946" w:id="618"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z946" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-62) әскери міндеттілерді бекітіп қою жұмыстарын ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z947" w:id="619"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z947" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-63) жұмылдыру дайындығы мен жұмылдыру саласында Қазақстан Республикасының заңдары мен өзге де нормативтiк құқықтық актiлерiнiң орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z948" w:id="620"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z948" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-64) жұмылдыру жарияланған кезде Қазақстан Республикасының жергiлiктi атқарушы органдарымен өзара iс-қимыл жасай отырып, ұйымдарды соғыс жағдайы режимiне көшiру жөнiндегi шаралар кешенiн жүргiзудi ұйымдастыру және қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z949" w:id="621"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z949" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-65) жұмылдыру жоспарларын әзірлеу, жұмылдыру дайындығы саласындағы уәкілетті органмен келісу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z950" w:id="622"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z950" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-66) жұмылдыру дайындығы саласындағы уәкiлеттi органға жұмылдыру дайындығы мен жұмылдыруды жетiлдiру жөнiнде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z951" w:id="623"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z951" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-67) әскери-экономикалық және командалық-штабтық оқулар өткізуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z952" w:id="624"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z952" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-68) Министрлік реттейтін салаларда жұмылдыру дайындығы және жұмылдыру саласындағы нормативтік құқықтық актілерді әзірлеу және (немесе) бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z953" w:id="625"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z953" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-69) Министрліктің азаматтық қорғаныс жоспарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z954" w:id="626"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z954" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-70) нормативтерді, нормативтік техникалық құжаттар мен қағидаларды әзірлеу, бекіту және (немесе) келісу, табиғи және техногендік сипаттағы төтенше жағдайларды мемлекеттік салалық есепке алуды жүргізу және осы деректерді азаматтық қорғау саласындағы уәкілетті органға ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z955" w:id="627"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z955" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-71) Қазақстан Республикасының азаматтық қорғау саласындағы нормативтік құқықтық актілерінің орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z956" w:id="628"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z956" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-72) мемлекеттік резервтің материалдық құндылықтарын сақтау үшін ұйымдардың тізбесі бойынша ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z957" w:id="629"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z957" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-73) жұмылдыру дайындығы саласындағы уәкілетті органға жұмылдыру резервінің материалдық құндылықтарының орнын ауыстыру жөнінде ұсыныстар жолдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z958" w:id="630"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z958" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-74) мемлекеттік резервтің материалдық құндылықтарын қалыптастыру және сақтау кезінде мемлекеттік материалдық резерв саласындағы уәкілетті органға ұйымдастырушылық көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z959" w:id="631"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z959" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-75) ведомстволық бағынысты ұйымдардағы өрттердің алдын алу жөнінде іс-шараларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z960" w:id="632"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z960" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-76) азаматтық қорғаудың салалық кіші жүйелеріне басшылықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z961" w:id="633"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z961" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-77) ведомстволық бағынысты ұйымдарда азаматтық қорғаныс мүлкінің запастарын құру және олардың сақталуын, жаңартылуын және оларды қолдануға әзірлікте ұстап тұруын ішкі бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z962" w:id="634"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z962" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-78) азаматтық қорғау саласындағы уәкілетті органның келісуі бойынша жаһандық және өңірлік ауқымдағы төтенше жағдайларды жою жөніндегі іс-қимыл жоспарларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z963" w:id="635"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z963" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-79) қосалқы (қалалық) және көмекші басқару пункттерін құруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z964" w:id="636"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z964" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-80) ғылым және жоғары білім саласындағы уәкілетті органмен келісу бойынша жекелеген мемлекеттік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының бірінші басшыларын қызметке тағайындау және қызметтен босату қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z965" w:id="637"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z965" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-81) ғылым және жоғары білім саласындағы уәкілетті органмен келісу бойынша жекелеген мемлекеттік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының Қазақстан Республикасының Үкіметі лауазымға тағайындайтын және лауазымынан босататын бірінші басшыларының аттестаттаудан өту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z966" w:id="638"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z966" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-82) еңбек жөніндегі уәкілетті мемлекеттік органның келісімі бойынша азаматтық қызметшілер лауазымдарының тізілімін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z967" w:id="639"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z967" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496-83) әлеуметтік салада қызметін жүзеге асыратын мемлекеттік кәсіпорындардың таза кірісінің бір бөлігін аудару нормативін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkEnd w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15906,599 +15792,619 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 878</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z588" w:id="640"/>
+    <w:bookmarkStart w:name="z588" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       497) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Үкіметінің актілерінде көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z589" w:id="641"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z589" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының, алқалы органдардың мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z590" w:id="642"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z590" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікке басшылықты бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз функцияларын жүзеге асыруына дербес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z591" w:id="643"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z591" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z592" w:id="644"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z592" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z593" w:id="645"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z593" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z594" w:id="646"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z594" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрлік реттейтін салалардағы мемлекеттік саясатты қалыптастыру бойынша ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z595" w:id="647"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z595" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасында көзделген шектерде салааралық үйлестіруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z596" w:id="648"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z596" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ведомстволардың өзге де мемлекеттік органдармен өзара іс-қимыл жасау құзыреті мен тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z597" w:id="649"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z597" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрлік жанынан сараптамалық кеңестер мен өзге де консультативтік-кеңесші органдар құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z598" w:id="650"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z598" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің құзыреті шегінде нормативтік құқықтық актілерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z599" w:id="651"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z599" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Парламентінде, мемлекеттік органдарда және өзге де ұйымдарда Министрлікті білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z600" w:id="652"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z600" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің стратегиялық және бағдарламалық құжаттарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z601" w:id="653"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z601" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің жұмыс регламентін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z602" w:id="654"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z602" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрлікте сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдайды және ол үшін дербес жауаптылықта болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z603" w:id="655"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z603" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z604" w:id="656"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z604" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z605" w:id="657"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z605" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z606" w:id="658"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z606" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы немесе лауазымды тұлға басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z607" w:id="659"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z607" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z608" w:id="660"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z608" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z609" w:id="661"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z609" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкi оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z610" w:id="662"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z610" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекiтiп берілген мүлiк республикалық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z611" w:id="663"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z611" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрлік өзіне бекiтiп берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z612" w:id="664"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z612" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z613" w:id="665"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z613" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z614" w:id="666"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z614" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkEnd w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда – ҚР Үкіметінің 23.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16513,68 +16419,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 878</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z915" w:id="667"/>
+    <w:bookmarkStart w:name="z915" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Министрлік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkEnd w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Петр Чайковский атындағы Алматы музыкалық колледжі" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16909,68 +16815,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) "Астана Балет" театры" жауапкершілігі шектеулі серіктестігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) "Жастар" ғылыми-зерттеу орталығы" жауапкершілігі шектеулі серіктестігі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z916" w:id="668"/>
+    <w:bookmarkStart w:name="z916" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Мәдениет комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkEnd w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Абай атындағы Қазақ ұлттық опера және балет театры" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17521,162 +17427,182 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Сарайшық" мемлекеттік тарихи-мәдени музей-қорығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Қалибек Қуанышбаев атындағы Қазақ ұлттық музыкалық драма театры" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z917" w:id="669"/>
+    <w:bookmarkStart w:name="z917" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Ақпарат комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z668" w:id="670"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z668" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Мәдениет және ақпарат министрлігі Ақпарат комитетінің "Талдау және ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z669" w:id="671"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z669" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы мемлекеттік мекемелердің тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkEnd w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда – ҚР Үкіметінің 23.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 583</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1192</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z918" w:id="672"/>
+    <w:bookmarkStart w:name="z918" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Министрлік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkEnd w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Құрманғазы атындағы Қазақ ұлттық консерваториясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17684,107 +17610,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Темірбек Жүргенов атындағы Қазақ ұлттық өнер академиясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Қазақ ұлттық өнер университеті" республикалық мемлекеттік мекемесі;</w:t>
+      3) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Күләш Байсейітова атындағы Қазақ ұлттық өнер университеті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Күләш Байсейітова атындағы дарынды балаларға арналған республикалық мамандандырылған музыкалық орта мектеп-интернат" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Ахмет Жұбанов атындағы дарынды балаларға арналған республикалық мамандандырылған қазақ музыка мектеп-интернаты" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z919" w:id="673"/>
+    <w:bookmarkStart w:name="z919" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Архив, құжаттама және кітап ісі комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkEnd w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Орталық мемлекеттік архив" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17921,104 +17847,104 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Зағип және нашар көретін азаматтарға арналған республикалық кітапхана" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Астана қаласындағы Қазақстан Республикасының Ұлттық академиялық кітапханасы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z920" w:id="674"/>
+    <w:bookmarkStart w:name="z920" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Этносаралық қатынастарды дамыту комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkEnd w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Мәдениет және ақпарат министрлігі Этносаралық қатынастарды дамыту комитетінің "Қоғамдық келісім" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z921" w:id="675"/>
+    <w:bookmarkStart w:name="z921" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы шет елдердегі ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkEnd w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Ереже Тізбемен толықтырылды - ҚР Үкіметінің 22.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18166,108 +18092,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 866 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z687" w:id="676"/>
+    <w:bookmarkStart w:name="z687" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің кейбір шешімдеріне  енгізілетін өзгерістер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z688" w:id="677"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z688" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Үкіметі мен Мемлекетаралық "Мир" телерадиокорпорациясының арасындағы бұдан арғы ынтымақтастық туралы" Қазақстан Республикасы Үкіметінің 1998 жылғы 9 сәуірдегі № 306 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkEnd w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18320,690 +18246,690 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z690" w:id="678"/>
+    <w:bookmarkStart w:name="z690" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасының Мәдениет және ақпарат министрлігі Қазақстан Республикасы Үкіметінің атынан Мемлекетаралық "Мир" телерадиокорпорациясының жұмысын үйлестіру жөніндегі уәкілетті орган болып белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z691" w:id="679"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z691" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекетаралық "Мир" телерадиокомпаниясының 1997 жылғы 5 қыркүйектегі жарғысына сәйкес Мемлекетаралық "Мир" телерадиокомпаниясының Мемлекетаралық үйлестiру кеңесiнiң құрамына Қазақстан Республикасы Мәдениет және ақпарат министрлігі Ақпарат комитетінің төрағасы енгiзiлсiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z692" w:id="680"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z692" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Мәдениет және ақпарат вице-министрі Қазақстан Республикасының Мемлекетаралық "Мир" телерадиокомпаниясының жалпы жиналысындағы өкілетті өкілі болып бекітілсін.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z693" w:id="681"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z693" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-тармақ мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z694" w:id="682"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z694" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Осы қаулының орындалуын бақылау Қазақстан Республикасының Мәдениет және ақпарат министрлігіне жүктелсін.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z695" w:id="683"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z695" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z696" w:id="684"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z696" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z697" w:id="685"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z697" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігіне" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлім</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z698" w:id="686"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z698" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Мәдениет және ақпарат министрлігіне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z699" w:id="687"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z699" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-1. "Хабар" агенттігі" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z700" w:id="688"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z700" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-2. "Қазақстан" республикалық телерадиокорпорациясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z701" w:id="689"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z701" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-3. "Астана Опера" мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z702" w:id="690"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z702" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-4. "Шәкен Айманов атындағы "Қазақфильм" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z703" w:id="691"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z703" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-5. "Қазақ әуендері" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z704" w:id="692"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z704" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-6. "Қазмедиа орталығы" басқарушы компаниясы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z705" w:id="693"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z705" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-7. "Астана Балет" театры" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z706" w:id="694"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z706" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-8. "Қазақ газеттері" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z707" w:id="695"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z707" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9. "Qazcontent" акционерлік қоғамы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z708" w:id="696"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z708" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-1. "Қазақстандық қоғамдық даму институты" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z709" w:id="697"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z709" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-2. "Конфессияаралық және өркениетаралық диалогты дамыту жөніндегі Н. Назарбаев орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z710" w:id="698"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z710" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-3. "Ұлттық киноны қолдау мемлекеттік орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z711" w:id="699"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z711" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-4. "Азаматтық бастамаларды қолдау орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z712" w:id="700"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z712" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-5. "Қазтелерадио" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z713" w:id="701"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z713" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-6. "Қолданбалы этносаяси зерттеулер институты" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z714" w:id="702"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z714" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының Үкiметi, Қазақстан Республикасының Премьер-Министрі тағайындайтын, онымен келiсу бойынша немесе оның ұсынуымен тағайындалатын лауазымды адамдар бойынша кадр мәселелерiн шешу тәртібі туралы" Қазақстан Республикасы Үкіметінің 2002 жылғы 16 шілдедегі № 784 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z715" w:id="703"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z715" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасының Үкіметі, Қазақстан Республикасының Премьер-Министрі тағайындайтын, онымен келiсу бойынша немесе оның ұсынуымен тағайындалатын саяси мемлекеттік қызметшілер мен өзге де лауазымды тұлғалар лауазымдарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z716" w:id="704"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z716" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkEnd w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19457,70 +19383,70 @@
               <w:t>
 Премьер-Министрмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z718" w:id="705"/>
+    <w:bookmarkStart w:name="z718" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жолдар мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkEnd w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19974,230 +19900,230 @@
               <w:t>
 Премьер-Министрмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z720" w:id="706"/>
+    <w:bookmarkStart w:name="z720" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелердегі адам санын ескере отырып, штат санының лимиттерін бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 15 сәуірдегі № 339 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z721" w:id="707"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z721" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелердегі адам санын ескере отырып, штат санының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лимиттерінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z722" w:id="708"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z722" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қызмет бабында пайдалану үшін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z723" w:id="709"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z723" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының Даңқ Кітабы туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 8 маусымдағы № 538 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z724" w:id="710"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z724" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасының Даңқ Кітабын жүргізу және сақтау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkEnd w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20230,90 +20156,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z726" w:id="711"/>
+    <w:bookmarkStart w:name="z726" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Даңқ Кітабын жүргізуді және сақтауды Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Қазақстан Республикасының Ұлттық музейі" республикалық мемлекеттік қазыналық кәсіпорны (бұдан әрі – Қазақстан Республикасының Ұлттық музейі) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z727" w:id="712"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z727" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Даңқ Кітабының жүргізілуі мен сақталуын бақылауды Қазақстан Республикасы Мәдениет және ақпарат министрлігі жүзеге асырады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkEnd w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20346,170 +20272,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z729" w:id="713"/>
+    <w:bookmarkStart w:name="z729" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Жоғары дәрежелі ерекшелік белгілеріне, "Отан" орденіне немесе "Қазақстан Республикасының Тұңғыш Президенті – Елбасы Нұрсұлтан Назарбаев" орденіне ие болған адамдар туралы ақпаратты (бұдан әрі – ақпарат) Қазақстан Республикасы Президентінің Әкімшілігі (келісім бойынша) жоғарыда көрсетілген мемлекеттік наградаларды беру туралы Қазақстан Республикасы Президентінің Жарлығы қабылданғаннан кейін 30 жұмыс күні ішінде Қазақстан Республикасы Мәдениет және ақпарат министрлігіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z730" w:id="714"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z730" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Мәдениет және ақпарат министрлігі ағымдағы жылы алынған ақпаратты келесі жылғы 1 наурызға дейін Қазақстан Республикасының Ұлттық музейіне жібереді.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z731" w:id="715"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z731" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Мерейлі отбасы" ұлттық конкурсын өткізу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 5 наурыздағы № 181 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z732" w:id="716"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z732" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген "Мерейлі отбасы" ұлттық конкурсын өткізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkEnd w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20542,190 +20468,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z734" w:id="717"/>
+    <w:bookmarkStart w:name="z734" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Қазақстан Республикасы Президентінің жанындағы Әйелдер істері және отбасылық-демографиялық саясат жөніндегі ұлттық комиссияның қолдауымен Қазақстан Республикасының Мәдениет және ақпарат министрлігі, жергілікті атқарушы органдар конкурсты ұйымдастырушылар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z735" w:id="718"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z735" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Мәдениет және ақпарат министрінің бұйрығымен мүдделі мемлекеттік органдар, заңды тұлғалар және қоғам қайраткерлері арасынан конкурсты дайындау және өткізу жұмыстарын үйлестіру жөніндегі ұйымдастыру комитеті (бұдан әрі – ұйымдастыру комитеті) құрылады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z736" w:id="719"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z736" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Экспорты және (немесе) импорты халықаралық шарттарға сәйкес рұқсат беру құжаттары және мемлекеттік органдар беретін рұқсат беру құжаттары негізінде жүзеге асырылатын тауарлардың тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 24 сәуірдегі № 287 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z737" w:id="720"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z737" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген экспорты және (немесе) импорты халықаралық шарттарға сәйкес рұқсат беру құжаттары мен мемлекеттік органдар беретін рұқсат беру құжаттары негізінде жүзеге асырылатын тауарлардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z738" w:id="721"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z738" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 17-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkEnd w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21153,150 +21079,150 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ескертпелерде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z741" w:id="722"/>
+    <w:bookmarkStart w:name="z741" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аббревиатуралардың толық жазылуында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z742" w:id="723"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z742" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "МСМ – Қазақстан Республикасының Мәдениет және спорт министрлігі" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z743" w:id="724"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z743" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "МАМ – Қазақстан Республикасының Мәдениет және ақпарат министрлігі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z744" w:id="725"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z744" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Теле-, радиоарналарды тарату жөніндегі қызметті лицензиялауды жүзеге асыру бойынша лицензиарды және бұқаралық ақпарат құралдары саласындағы екінші санаттағы рұқсаттарды беруге уәкілетті органды айқындау туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 1 маусымдағы № 395 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkEnd w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21309,190 +21235,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z746" w:id="726"/>
+    <w:bookmarkStart w:name="z746" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z747" w:id="727"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z747" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Ақпарат және қоғамдық даму министрлігінің Ақпарат комитеті теле-, радиоарналарды тарату жөніндегі қызметті лицензиялауды жүзеге асыру бойынша лицензиар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z748" w:id="728"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z748" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Ақпарат және қоғамдық даму министрлігінің Ақпарат комитеті осы қаулыға қосымшаға сәйкес бұқаралық ақпарат құралдары саласындағы екінші санаттағы рұқсаттарды беруге уәкілетті орган болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z749" w:id="729"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z749" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстандық жас жазушылар мен ақындар үшін Президенттік арнаулы әдеби сыйлық тағайындау қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 5 желтоқсандағы № 977 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z750" w:id="730"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z750" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстандық жас жазушылар мен ақындар үшін Президенттік арнаулы әдеби сыйлық тағайындау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkEnd w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21505,150 +21431,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z752" w:id="731"/>
+    <w:bookmarkStart w:name="z752" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Президенттік сыйлықты Қазақстан Республикасы Мәдениет және ақпарат министрлігінің (бұдан әрі – уәкілетті орган) жанынан құрылған Президенттік сыйлықты тағайындау жөніндегі комиссияның (бұдан әрі – комиссия) шешімі негізінде Қазақстан Республикасы Үкіметінің ұсынысымен Қазақстан Республикасының Президенті табыстайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z753" w:id="732"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z753" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия Қазақстан Республикасы Президенті Әкімшілігінің, уәкілетті органның және шығармашылық интеллигенцияның өкілдерінен құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z754" w:id="733"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z754" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссияның құрамы мен Ережесі уәкілетті органның бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z755" w:id="734"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z755" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия мүшелерінің жалпы саны 13 адамнан кем болмауға және тақ санды құрауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z756" w:id="735"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z756" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссияны төраға, ал ол болмаған жағдайда төрағаның орынбасары басқарады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkEnd w:id="736"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21740,110 +21666,110 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 866 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z758" w:id="736"/>
+    <w:bookmarkStart w:name="z758" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Үкіметінің 23.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 583</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z879" w:id="737"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z879" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Мәдениет және ақпарат министрлігі мемлекеттік басқарудың тиісті саласына (аясына) басшылық ету жөніндегі уәкілетті орган болып айқындалатын республикалық заңды тұлғалардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkEnd w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Петр Чайковский атындағы Алматы музыкалық колледжі" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21941,109 +21867,171 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Темірбек Жүргенов атындағы Қазақ ұлттық өнер академиясы" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Қазақ ұлттық өнер университеті" республикалық мемлекеттік мекемесі;</w:t>
+      8) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Күләш Байсейітова атындағы Қазақ ұлттық өнер университеті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Күләш Байсейітова атындағы дарынды балаларға арналған республикалық мамандандырылған музыка орта мектеп-интернаты" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Ахмет Жұбанов атындағы дарынды балаларға арналған республикалық қазақ мамандандырылған музыка мектеп-интернаты" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z878" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1192</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z878" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Архив, құжаттама және кітап ісі комитеті мемлекеттік басқарудың тиісті саласына (аясына) басшылық ету жөніндегі уәкілетті орган болып айқындалатын республикалық заңды тұлғалардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkEnd w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Орталық мемлекеттік архив" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22180,70 +22168,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Зағип және нашар көретін азаматтарға арналған республикалық кітапхана" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Астана қаласындағы Қазақстан Республикасының Ұлттық академиялық кітапханасы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z875" w:id="739"/>
+    <w:bookmarkStart w:name="z875" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Мәдениет комитеті мемлекеттік басқарудың тиісті саласына (аясына) басшылық ету жөніндегі уәкілетті орган болып айқындалатын республикалық заңды тұлғалардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkEnd w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Абай атындағы Қазақ ұлттық опера және балет театры" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22794,108 +22782,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Сарайшық" мемлекеттік тарихи-мәдени музей-қорығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Қалибек Қуанышбаев атындағы Ұлттық академиялық қазақ музыкалық драма театры" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z877" w:id="740"/>
+    <w:bookmarkStart w:name="z877" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Ақпарат комитеті мемлекеттік басқарудың тиісті саласына (аясына) басшылық ету жөніндегі уәкілетті орган болып айқындалатын республикалық заңды тұлғалардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkEnd w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Талдау және ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z876" w:id="741"/>
+    <w:bookmarkStart w:name="z876" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Этносаралық қатынастарды дамыту комитеті мемлекеттік басқарудың тиісті саласына (аясына) басшылық ету жөніндегі уәкілетті орган болып айқындалатын республикалық заңды тұлғалардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkEnd w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қоғамдық келісім" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -23005,406 +22993,406 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 866 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z817" w:id="742"/>
+    <w:bookmarkStart w:name="z817" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акцияларының мемлекеттік пакеттері мен қатысу  үлестерін иелену және пайдалану құқықтары  Қазақстан Республикасының Мәдениет және ақпарат  министрлігіне берілетін заңды тұлғалардың  тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkEnd w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгеріс енгізілді - ҚР Үкіметінің 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 878</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z818" w:id="743"/>
+    <w:bookmarkStart w:name="z818" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Азаматтық бастамаларды қолдау орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z819" w:id="744"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z819" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Астана Опера" мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z820" w:id="745"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z820" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Конфессияаралық және дінаралық диалогтың халықаралық орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z821" w:id="746"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z821" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстандық қоғамдық даму институты" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z822" w:id="747"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z822" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Ұлттық киноны қолдау мемлекеттік орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z823" w:id="748"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z823" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазақ әуендері" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z824" w:id="749"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z824" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазақстан" республикалық телерадиокорпорациясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z825" w:id="750"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z825" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Шәкен Айманов атындағы "Қазақфильм" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z826" w:id="751"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z826" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Qazcontent" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z827" w:id="752"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z827" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Қазтелерадио" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z828" w:id="753"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z828" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Хабар" агенттігі" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z829" w:id="754"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z829" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Астана Балет" театры" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z830" w:id="755"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z830" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазақ газеттері" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z831" w:id="756"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z831" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қолданбалы этносаяси зерттеулер институты" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z832" w:id="757"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z832" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Қазмедиа орталығы" басқарушы компаниясы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkEnd w:id="758"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23496,1232 +23484,1232 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 866 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z834" w:id="758"/>
+    <w:bookmarkStart w:name="z834" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z835" w:id="759"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z835" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігі мен Қазақстан Республикасының Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z836" w:id="760"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z836" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Рухани жаңғыру" қазақстандық қоғамдық даму институты" коммерциялық емес акционерлік қоғамын құру туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 23 сәуірдегі № 225 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z837" w:id="761"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z837" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Конфессияаралық және өркениетаралық диалогты дамыту жөніндегі Н. Назарбаев орталығы" коммерциялық емес акционерлік қоғамын құру және Қазақстан Республикасы Ақпарат және қоғамдық даму министрлігінің жекелеген ведомстволық бағынысты ұйымдарын қайта ұйымдастыру туралы" 2019 жылғы 25 сәуірдегі № 226 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z838" w:id="762"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z838" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақ газеттері" жауапкершілігі шектеулі серіктестігі мен "Жас өркен" жауапкершілігі шектеулі серіктестігін қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 19 маусымдағы № 414 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z839" w:id="763"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z839" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 31 шілдедегі № 554 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z840" w:id="764"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z840" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Мемлекеттік меншіктің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 27 тамыздағы № 631 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z841" w:id="765"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z841" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазтелерадио" акционерлік қоғамының акцияларын сыйға тарту шарты бойынша жеке меншіктен республикалық меншікке қабылдау туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 қыркүйектегі № 687 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z842" w:id="766"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z842" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігі мен Қазақстан Республикасының Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 10 наурыздағы № 105 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z843" w:id="767"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z843" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасы Ақпарат және қоғамдық даму министрлігінің Этносаралық қатынастарды дамыту комитетін құру және мемлекеттік меншіктің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 29 сәуірдегі № 253 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z844" w:id="768"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z844" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қолданбалы этносаяси зерттеулер институты" жауапкершілігі шектеулі серіктестігін құру және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгеріс пен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 2 мамырдағы № 262 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгеріс пен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z845" w:id="769"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z845" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігі мен Қазақстан Республикасының Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 30 шiлдедегi № 486 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z846" w:id="770"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z846" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігі мен Қазақстан Республикасының Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 1 қазандағы № 631 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z847" w:id="771"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z847" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Мемлекеттік меншіктің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 7 қарашадағы № 743 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z848" w:id="772"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z848" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің кейбір өкімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 18 наурыздағы № 145 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z849" w:id="773"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z849" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 15 сәуірдегі № 245 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z850" w:id="774"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z850" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігі мен Қазақстан Республикасының Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 9 шiлдедегi № 472 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z851" w:id="775"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z851" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Отандастар қоры" коммерциялық емес акционерлік қоғамы акцияларының мемлекеттік пакетіне иелік ету және пайдалану құқықтарын беру және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 31 қаңтардағы № 36 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z852" w:id="776"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z852" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 18 наурыздағы № 142 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z853" w:id="777"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z853" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Қазақпарат" халықаралық ақпарат агенттігі" акционерлік қоғамының атауын өзгерту туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 23 мамырдағы № 325 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z854" w:id="778"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z854" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 22 шiлдедегi № 515 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z855" w:id="779"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z855" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Рухани жаңғыру" қазақстандық қоғамдық даму институты" коммерциялық емес акционерлік қоғамының атауын өзгерту туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 27 тамыздағы № 618 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z856" w:id="780"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z856" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 19 қазандағы № 834 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z857" w:id="781"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z857" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына өзгеріс пен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 15 желтоқсандағы № 1006 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z858" w:id="782"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z858" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 13 ақпандағы № 121 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z859" w:id="783"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z859" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгеріс пен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 14 сәуірдегі № 307 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгеріс пен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z860" w:id="784"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z860" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. "Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 наурыздағы № 142 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы № 518 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z861" w:id="785"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z861" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 1 қыркүйектегі № 762 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z862" w:id="786"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z862" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 4 қыркүйектегі № 764 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkEnd w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>