--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80757b5" w14:textId="80757b5">
+    <w:p w14:paraId="857e57c" w14:textId="857e57c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -288,139 +288,127 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Премьер-Министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -12092,610 +12080,710 @@
         <w:t>
       369-1) өз құзыреті шегінде ұлттық қауіпсіздікке сыртқы қауіп төнуін мониторингтеуді, талдауды, бағалауды және болжауды жүзеге асыру, оларды бейтараптандыру жөніндегі шараларды әзірлеуге қатысу, сыртқы барлау субъектілеріне жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
     <w:bookmarkStart w:name="z457" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       370) құрылыс-монтаждау жұмыстарының сапасы және орындалған жұмыстардың жобаға сәйкестігі туралы қорытындылардың, сәйкестік туралы декларацияның нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z458" w:id="483"/>
+    <w:bookmarkStart w:name="z786" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370-1) бюджеттік саясат жөніндегі орталық уәкілетті орган айқындайтын "толық бітіріп берілетін" құрылыс жобалары бойынша мемлекеттік инвестициялық жобаларды жоспарлау және іске асыру тәртібін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z787" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "370-2) техникалық-экономикалық негіздемені әзірлеуді талап етпейтін жобалардың тізбесін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z458" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       371) жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу және жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау саласындағы қызметті мемлекеттік реттеу мен бақылауды жүзеге асыратын уәкілетті мемлекеттік органмен келісу бойынша объектіні пайдалануға қабылдау актісінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z459" w:id="484"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z459" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       372) "бір терезе" қағидаты бойынша құрылыс жобаларына кешенді ведомстводан тыс сараптама жүргізуді ұйымдастыру үшін портал мен ақпараттық жүйелерді жүргізу тәртібін айқындайтын қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z460" w:id="485"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z460" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       373) сәулет, қала құрылысы, құрылыс, құрылыс индустриясының өндірістік базасын дамыту саласындағы жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z461" w:id="486"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z461" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       374) Қазақстан Республикасының аумағын ұйымдастырудың бас схемасының жобасын әзірлеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z463" w:id="488"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z462" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      375) аумақтық дамудың өңіраралық схемаларын әзірлеу және келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z463" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       376) аумақты дамытудың өңіраралық схемаларын әзірлеу, келісу және бекіту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z464" w:id="489"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z464" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       377) елді мекендердің шекарасы (шектері) жобаларының құрамын, мазмұнын және оларды әзірлеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z465" w:id="490"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z465" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       378) республикалық маңызы бар қаланың, сондай-ақ халқының саны жүз мың тұрғыннан асатын өзге де қалалар шекараларының (шектерінің) жобаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z466" w:id="491"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z466" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       379) шағын елді мекендерді дамыту мен оған құрылыс салу схемаларының құрамын, мазмұнын, әзірлеу мен келісу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z467" w:id="492"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z467" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       380) жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамасын әзірлеу тәртібін, оның міндетті құрамы мен мазмұнын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z468" w:id="493"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z468" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       381) кондоминиум объектісін басқару жөніндегі шешімдерді қабылдау қағидаларын, сондай-ақ көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы хаттамаларының үлгілік нысандарын және кондоминиум объектісін басқару жөніндегі ай сайынғы және жылдық есептердің нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z469" w:id="494"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z469" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382) елді мекендердің орталықтандырылған су бұру жүйелеріне сарқынды суды қабылдау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z470" w:id="495"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z788" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-1) Сумен жабдықтау және (немесе) су бұру саласындағы ақпараттық қауіпсіздікті қамтамасыз ету тәртібін белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z789" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-2) Сумен жабдықтау және (немесе) су бұру саласындағы ақпараттық қауіпсіздіктің салалық орталығын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z790" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-3) Сумен жабдықтауды және су бұруды басқарудың бірыңғай мемлекеттік ақпараттық жүйесін ұйымдастыру, қалыптастыру және оның жұмыс істеуі қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z470" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       383) ақпараттандыру саласындағы уәкілетті органмен бірлесіп Қазақстан Республикасының аумағындағы жылжымайтын мүлік объектілерін адрестеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z471" w:id="496"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z471" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       384) сараптама комиссияларын (сараптама топтарын) құру және кешенді ведомстводан тыс сараптамаға және қала құрылысы сараптамасына қатысу үшін мамандарды (мамандандырылған институттар мен ұйымдарды) тарту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z472" w:id="497"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z472" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       385) қала құрылысы және құрылыс жобалары (техникалық-экономикалық негіздеме және жобалау-сметалық құжаттама) бойынша сараптама қорытындыларын ресімдеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z473" w:id="498"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z473" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       386) сараптама ұйымдарын аккредиттеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z474" w:id="499"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z474" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       387) қаржыландыру көздеріне қарамастан, жаңа үйлер мен ғимараттарды, олардың кешендерін, инженерлік және көлік коммуникацияларын салуға, сондай-ақ бұрыннан барын өзгертуге (реконструкциялауға, кеңейтуге, техникалық қайта жарақтандыруға, жаңғыртуға және күрделі жөндеуге) арналған техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға ведомстводан тыс кешенді сараптама жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z475" w:id="500"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z475" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       388) бюджет қаражаты және мемлекеттік инвестициялардың өзге де нысандары есебінен объектілерді салуға арналған жобаларды (техникалық-экономикалық негіздемелерді және жобалау-сметалық құжаттаманы) бекіту тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z476" w:id="501"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z476" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       389) ерекше реттеуді және (немесе) қала құрылысын регламенттеуді талап ететін жекелеген объектілерді салуға арналған жобалау-сметалық құжаттаманы кезең-кезеңімен әзірлеу мен келісудің жеке-дара жоспарларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z477" w:id="502"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z477" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       390) лицензияланатын сәулет, қала құрылысы және құрылыс қызметін жүзеге асыруға қойылатын бірыңғай біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z478" w:id="503"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z478" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       391) тапсырыс берушінің (құрылыс салушының) қызметін ұйымдастыру және функцияларын жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z479" w:id="504"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z479" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       392) сәулет, қала құрылысы және құрылыс қызметі субъектілерінің, сондай-ақ мемлекеттік қала құрылысы кадастрын жүргізуді жүзеге асыратын мемлекеттік кәсіпорынның қызметін нормативтік-техникалық және әдіснамалық қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z480" w:id="505"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z480" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       393) мемлекеттік қала құрылысы кадастрының дерекқорына енгізу үшін ақпарат және (немесе) мәліметтер беру мәселелері бойынша орталық және жергілікті атқарушы органдардың іс-қимылын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z481" w:id="506"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z481" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       394) жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамасын, сондай-ақ сәулет, қала құрылысы және құрылыс қызметі объектілерін мемлекеттік қала құрылысы кадастрының дерекқорында тіркеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z482" w:id="507"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z482" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       395) "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының сәулет, қала құрылысы және құрылыс саласындағы өзге де нормативтік құқықтық актілерінің талаптарына сәйкестігі тұрғысынан республикалық маңызы бар қалалардың, астананың және Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың сәулеттiк келбетiн қалыптастыру және қала құрылысын жоспарлау қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z483" w:id="508"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z483" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       396) ауызсу беру бойынша көрсетілетін қызметтерінің құны субсидиялауға жататын сумен жабдықтау жүйелерінің тізбесіне енгізілген сумен жабдықтау жүйелерінен ауызсу беру бойынша көрсетілетін қызметтердің құнын субсидиялау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z484" w:id="509"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z484" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       397) тұрғын үй қатынастары саласындағы мемлекеттік саясатты жетілдіру жөнінде ұсыныстар әзірлеу және Қазақстан Республикасының Үкіметіне енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkEnd w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12744,190 +12832,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="510"/>
+    <w:bookmarkStart w:name="z486" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       399) мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшерін есептеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z487" w:id="511"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z487" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       400) кондоминиум объектісін басқаруға арналған шығыстардың жылдық сметасын есептеу әдістемесін, сондай-ақ кондоминиум объектісін басқаруға арналған жарналардың ең төмен мөлшерін есептеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z488" w:id="512"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z488" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       401) тұрғын үй инспекциясы туралы үлгілік ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z489" w:id="513"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z489" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       402) көппәтерлі тұрғын үйді басқарушыға қойылатын біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z490" w:id="514"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z490" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       403) жергілікті атқарушы органдардың тұрғын үй құрылысына үлестік қатысу туралы шарттарды, сондай-ақ олар бойынша талап ету құқықтарын басқаға беру туралы шарттарды есепке алуды жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z491" w:id="515"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z491" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       404) тұрғын үй құрылысына үлестік қатысуды ұйымдастыру тәсілдерін өзгерту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z492" w:id="516"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z492" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405) тұрғын үй құрылысына үлестік қатысудың бірыңғай ақпараттық жүйесін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13000,170 +13088,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z493" w:id="517"/>
+    <w:bookmarkStart w:name="z493" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406) үлескерлердің ақшасын тартуға рұқсат беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z494" w:id="518"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z494" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407) тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z729" w:id="519"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z729" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       407-1) "Тұрғын үй қатынастары туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген функцияларды іске асыру кезінде ұлттық даму институты мәртебесіне ие тұрғын үй құрылыс жинақ банкін үйлестіруді және әдістемелік басшылықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z737" w:id="520"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z737" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407-2) бірыңғай республикалық электрондық базада, "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасында тұрғын үйге мұқтаждар есебінде тұрған Қазақстан Республикасы азаматтарының, қандастардың тізімдеріне мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z495" w:id="521"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z495" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408) тұрғын үй қорын басқарудың қазіргі заманғы әдістерін енгізуді әдістемелік қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkEnd w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13286,90 +13374,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z498" w:id="522"/>
+    <w:bookmarkStart w:name="z498" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       411) тұрғын үй көмегін беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z499" w:id="523"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z499" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       412) тұрғын үй инспекциясының кондоминиум объектісін басқару үшін уақытша басқарушы компанияны айқындау және тағайындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkEnd w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13452,730 +13540,750 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z502" w:id="524"/>
+    <w:bookmarkStart w:name="z502" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       415) Қазақстан Республикасының азаматтарын еңбек қатынастарының сипатына байланысты өз міндеттерін орындауы кезеңінде, оның ішінде ротациялау тәртібімен лауазымға тағайындалған мемлекеттік қызметшілерді қоныстандыруға арналған қызметтік тұрғын үй беру және оны пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z503" w:id="525"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z503" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       416) Қазақстан Республикасының халықты жұмыспен қамту туралы заңнамасына сәйкес жұмыспен қамтуға жәрдемдесудің пәрменді шараларына қатысатын Қазақстан Республикасының азаматтарын және қандастарды қоныстандыруға арналған қызметтік тұрғын үй беру және оны пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z504" w:id="526"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z504" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       417) қызметтік тұрғын үйге теңестірілген тұрғын үйлер беру және оларды пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z505" w:id="527"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z505" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418) тұрғын үй құрылысы жинақтарына салымдар бойынша мемлекеттің сыйлықақыларын есептеу және төлеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z506" w:id="528"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z506" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       419) ерекше реттеуді және (немесе) қала құрылысын регламенттеуді талап ететін жекелеген құрылыс объектілерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z507" w:id="529"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z507" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420) ауылда, кентте, ауылдық округте жалға берілетін тұрғын үй салған жұмыс берушілердің шығындарын субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z706" w:id="530"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z706" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420-1) Қазақстан Республикасының заңнамасына сәйкес тұрғын үй жағдайларын жақсарту мақсатында кейіннен ипотекалық тұрғын үй қарыздарын беру үшін эмитент шығарған облигациялар бойынша купондық сыйақы мөлшерлемесін субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z707" w:id="531"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z707" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420-2) тұрғын үй жағдайларын жақсарту кейіннен мақсатында ипотекалық тұрғын үй қарыздарын беру үшін эмитент шығарған облигациялар бойынша купондық сыйақы мөлшерлемесін субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z508" w:id="532"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z508" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421) ауылда, кентте, ауылдық округте жалға берілетін тұрғын үй салған жұмыс берушілердің шығындарын субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z509" w:id="533"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z791" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      421-1) төтенше жағдай салдарынан тұрғынжайсыз қалған азаматтарға салынған тұрғын үй беру қағидаларын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z509" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       422) әкімшілік ғимараттарда мемлекеттік органдардың атауы бар маңдайшаларды дайындау және орналастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z510" w:id="534"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z510" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       423) тұрғын үйлерге қойылатын техникалық талаптарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z511" w:id="535"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z511" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       424) сәулет, қала құрылысы мен құрылыс саласында ғылыми-зерттеу, тәжірибелік-эксперименттік жұмыстарды жүргізуді ұйымдастыру және олардың нәтижелерін пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z512" w:id="536"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z512" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425) салынып жатқан (салынуы белгіленген) объектілер мен кешендердің мониторингін жүргізу тәртібін айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z711" w:id="537"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z711" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425-1) құрылыс саласындағы қызметті тоқтата тұру туралы мемлекеттік инспекторлар актісінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z712" w:id="538"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z712" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425-2) бұзылуы жедел ден қою шараларын қолдануға әкелетін талаптар тізбесін айқындау, сондай-ақ талаптардың нақты бұзылуына қатысты жедел ден қою шарасының нақты түрін (қажет болған кезде) осы шараны қолдану мерзімін көрсете отырып айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z513" w:id="539"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z513" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       426) сәулет, қала құрылысы мен құрылыс қызметі саласындағы инжинирингтік қызметтерді көрсету қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z514" w:id="540"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z514" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       427) сәулет-құрылыс бақылауын және қадағалауын жүзеге асыратын мемлекеттік құрылыс инспекторларын аттестаттаудан өткізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z515" w:id="541"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z515" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428) сәулет, қала құрылысы, құрылыс және мемлекеттік сәулет-құрылыс бақылауы қызметі саласындағы жергілікті атқарушы органдардың қызметіне бақылауды және қадағалауды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z516" w:id="542"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z516" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       429) ғимараттар мен құрылыстарды техникалық және (немесе) технологиялық жағынан күрделі объектілерге жатқызудың жалпы тәртібін айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z517" w:id="543"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z517" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       430) құрылыс саласындағы құрылыс салуды ұйымдастыру және рұқсат беру рәсімдерінен өту қағидаларын әзірлеу және бекiту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z518" w:id="544"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z518" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       431) қалалар мен елді мекендердің аумақтарын абаттандырудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z519" w:id="545"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z519" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       432) Қазақстан Республикасының тұрғын үй қорын мемлекеттік есепке алуды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z520" w:id="546"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z520" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       433) тұрғын үй құрылысына үлестік қатысу туралы шарттың үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z521" w:id="547"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z521" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434) кепілдік беру туралы шарттың үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z522" w:id="548"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z522" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       435) құрылысы аяқталмаған объектімен бірге жер учаскесін кепілге қою шартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z523" w:id="549"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z523" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       436) уәкілетті компанияның дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) кепіл шартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z524" w:id="550"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z524" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       437) уәкілетті компанияның дауыс беретін акцияларын (жарғылық капиталға қатысу үлестерін) cенімгерлік басқару шартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z525" w:id="551"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z525" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       438) кепілдік жарнаның мөлшерін айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z526" w:id="552"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z526" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       439) капиталдың жеткіліктілік нормативін айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z527" w:id="553"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z527" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       440) кепілдік беру жағдайларын реттеуге арналған резервті есептеу және қалыптастыру әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z528" w:id="554"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z528" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       441) тұрғын үй құрылысына үлестік қатысу саласындағы инжинирингтік компанияның тұрғын үй құрылысына үлестік қатысуды ұйымдастыру тәсіліне қарамастан, жергілікті атқарушы органға, сондай-ақ Бірыңғай операторға немесе екінші деңгейдегі банкке (тұрғын үй құрылысына үлестік қатысуды ұйымдастыру тәсіліне қарай) көппәтерлі тұрғын үй немесе жеке тұрғын үйлер кешені құрылысының барысын мониторингтеу нәтижелері туралы есебінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z529" w:id="555"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z529" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       442) бірыңғай оператордың көппәтерлі тұрғын үйдің (тұрғын ғимараттың) немесе жеке тұрғын үйлер кешенің құрылыс жобасы бойынша құжаттарды тексеру тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z530" w:id="556"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z530" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       443) елді мекендердің сумен жабдықтау және су бұру жүйелерін пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z531" w:id="557"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z531" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       444) елді мекендердің сумен жабдықтау және су бұру жүйелерін техникалық пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkEnd w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14204,70 +14312,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z533" w:id="558"/>
+    <w:bookmarkStart w:name="z533" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       446) елді мекендердің коммуналдық меншіктегі сумен жабдықтау және су бұру жүйелерін басқару, пайдалану және дамыту кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қызметін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkEnd w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14296,530 +14404,670 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z535" w:id="559"/>
+    <w:bookmarkStart w:name="z535" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       448) елді мекендердің сумен жабдықтау және су бұру жүйелерін мүліктік жалдауға (жалға) немесе сенімгерлік басқаруға беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z536" w:id="560"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z536" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       449) елді мекендердің сумен жабдықтау және су бұру жүйелерінде суды есепке алу аспаптары мен жүйелерін таңдау, монтаждау және пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z537" w:id="561"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z537" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       450) елді мекендердің сумен жабдықтау және су бұру жүйелерін салуды, реконструкциялауды және жаңғыртуды кредиттеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z538" w:id="562"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z538" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       451) елді мекендердің сумен жабдықтау және су бұру жүйелерін салуды, реконструкциялауды және жаңғыртуды субсидиялау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z539" w:id="563"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z539" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452) елді мекендердің сумен жабдықтау және су бұру жүйелерін салуды, реконструкциялауды және жаңғыртуды кредиттеу мен субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z763" w:id="564"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z763" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-1) өз құзыреті шегінде елді мекендердің сумен жабдықтау және су бұру саласында стратегиялық, реттеушілік және іске асыру функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z764" w:id="565"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z764" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-2) сумен жабдықтау және (немесе) су бұру жөніндегі ұйымдардың елді мекендерде қолда бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтерін құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге жұмсалатын шығындарын субсидиялау кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z765" w:id="566"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z765" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-3) елді мекендер мен өнеркәсіп орындарының аумақтарынан ағатын жаңбыр, еріген, инфильтрациялық, суаратын-жуатын, дренаждық суды нөсерлік (дренаждық) кәріз жүйесі арқылы бұру және тазарту бойынша көрсетілетін қызметтердің құны мен көлемін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z766" w:id="567"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z766" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-4) елді мекендердің сумен жабдықтау ауызсу беру бойынша көрсетілетін қызметтерін құны субсидиялауға жататын сумен жабдықтау жүйелерінің тізбесіне жүйелерін енгізудің өлшемшарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z767" w:id="568"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z767" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-5) сумен жабдықтау және (немесе) су бұру жөніндегі ұйымдардың сарқынды суларды тазарту құрылысжайларының кешендерін салу және реконструкциялау жобаларын іске асыру үшін тартылған облигациялық қарыздарды өтеуге және оларға қызмет көрсетуге жұмсалатын шығындарын субсидиялау кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z768" w:id="569"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z768" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       452-6) өз құзыреті шегінде Қазақстан Республикасының Су </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізгі мақсаттары мен міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес елді мекендерде сумен жабдықтау және су бұру саласындағы нормативтік құқықтық актілерді бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z769" w:id="570"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z769" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-7) елді мекендердің сумен жабдықтау және су бұру жүйесін пайдалану кезінде судың өндірістік шығысы мен техникалық ысырабының нормаларын есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z770" w:id="571"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z770" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-8) сумен жабдықтау және (немесе) су бұру бойынша көрсетілген қызметтердің көлемін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z771" w:id="572"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z771" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-9) суды және (немесе) сарқынды суларды есепке алу аспаптары жоқ су тұтынушылар үшін сумен жабдықтау және (немесе) су бұру бойынша көрсетілген қызметтер көлемін коммерциялық есепке алу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z772" w:id="573"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z772" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-10) басқа мүдделі мемлекеттік органдармен бірлесіп мыналарды: су объектісінің белгілі бір сапасына сәйкес келетін ғимараттардың технологиялары мен қуатын жұмысқа қабілетті күйде ұстап тұруды; құрылыс жұмыстарының жоғары сапасын қамтамасыз ете отырып, ұлттық және (немесе) мемлекетаралық стандарттарға сәйкес келетін жабдықтар мен материалдарды пайдалануды; ауызсудың нормативтері мен ұлттық стандарттарын жетілдіруді қамтитын ауызсу сапасын жақсарту жөнінде шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z540" w:id="574"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z792" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-11) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру шеңберінде тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласындағы жобаларды жоспарлау, іріктеу, келісу, жобалау, салу және (немесе) пайдалану процестерін мониторингтеу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z793" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-12) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру шеңберінде жұмыстар мен көрсетілетін қызметтерді сатып алуды жүзеге асыру, жобалар мен өнім берушілерді іріктеу, шарттар жасасу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z794" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-13) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаның электрондық сатып алу платформасының жұмыс істеу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z795" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-14) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаның электрондық сатып алу платформасының әкімшісін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z796" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-15) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру шеңберінде энергетикалық және коммуналдық инфрақұрылымды жаңғырту және салу жобаларының үлгілік конкурстық құжаттамасын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z797" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-16) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жоба шеңберінде қазақстандық тауар өндірушілерден тауарларды сатып алу және офтейк-келісімшарттар жасасу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z798" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-17) бірыңғай есеп айырысу орталығының жұмыс істеу талаптары мен тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z540" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       453) сәулет, қала құрылысы мен құрылыс қызметі саласында сараптама жұмыстарын және инжинирингтік көрсетілетін қызметтерді жүзеге асыратын сарапшыларды аттестаттау тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z541" w:id="575"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z541" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       454) сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтерді әзірлеуді, келісуді, бекітуді, тіркеуді және қолданысқа енгізуді (қолданысын тоқтата тұруды, олардың күшін жоюды) ұйымдастыру тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z542" w:id="576"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z542" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       455) кондоминиум объектісін басқару жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z544" w:id="578"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z543" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      456) коммуналдық көрсетілетін қызметтер тізбесін, бірыңғай төлем құжатына қойылатын талаптарды және коммуналдық көрсетілетін қызметтерді ұсынудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z544" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       457) тұрғын үй-құрылыс кооперативінің қызметін ұйымдастыру және тұрғын үй-құрылыс кооперативі мүшелерінің пай жарналарын төлеу қағидаларын және тұрғын үй-құрылыс кооперативіне қатысу шартының үлгілік нысанын, сондай-ақ тұрғын үй-құрылыс кооперативінің үлгілік жарғысын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z545" w:id="579"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z545" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       458) көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің үлгілік жарғысын және пәтерлер (тұрғын емес үй-жайлар) меншік иелері кооперативінің үлгілік жарғысын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z546" w:id="580"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z546" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       459) жергілікті атқарушы органдардың тұрғын үй-құрылыс кооперативіне қатысу шарттарын тіркеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z547" w:id="581"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z547" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       460) елді мекендердің шекаралары шегінде тұрғын үй қорын басқару, газ және газбен жабдықтау салаларындағы әлеуметтік инфрақұрылым объектілерінде тексеру парақтарын және тәуекел дәрежесін бағалау өлшемшарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkEnd w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14848,150 +15096,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(15.09.2025 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z549" w:id="582"/>
+    <w:bookmarkStart w:name="z549" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       462) тұрғынжайды жалдаудың үлгілік шартын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z550" w:id="583"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z550" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       463) кәсіптік стандарттарды, салалық біліктілік шеңберлерін, кадрлар даярлаудың білім беру бағдарламаларын әзірлеуге, кондоминиум объектісін басқару жөніндегі мамандарды сертификаттау, олардың біліктілігін растау және арттыру жүйесін құруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z551" w:id="584"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z551" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       464) кондоминиум объектісінің ортақ мүлкіне күрделі жөндеу жүргізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z552" w:id="585"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z552" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       465) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша ақпаратты электрондық нысанда қалыптастыру, өңдеу, сондай-ақ орталықтандырылған түрде жинау және сақтау, оның ішінде тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласындағы ақпараттандыру объектілерінің жұмыс істеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z553" w:id="586"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z553" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       466) кондоминиум объектісін басқарудың үлгілік шартын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkEnd w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15020,430 +15268,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(15.09.2025 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z555" w:id="587"/>
+    <w:bookmarkStart w:name="z555" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       468) мүліктің меншік иелері бірлестігі немесе кондоминиум объектісін басқару субъектісі мен коммуналдық көрсетілетін қызметтерді ұсынатын ұйымдар арасындағы ынтымақтастықтың үлгілік шарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z556" w:id="588"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z556" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       469) Қазақстан Республикасының заңнамасына сәйкес біржолғы зейнетақы төлемдерін тұрғын үй жағдайларын жақсарту үшін пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z557" w:id="589"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z557" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       470) мемлекеттік инвестициялар және квазимемлекеттік сектор субъектілерінің қаражаты есебінен объектілер құрылысының құнын айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z558" w:id="590"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z558" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       471) құрылыс жобаларының мемлекеттік банкін қалыптастыру және жүргізу, сондай-ақ техникалық-экономикалық негіздемелерді, үлгілік жобалар мен жобалау (жобалау-сметалық) құжаттамасын беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z559" w:id="591"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z559" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       472) құрылыстағы жаңа технологиялардың бірыңғай мемлекеттік тізілімін қалыптастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z560" w:id="592"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z560" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       473) барлық деңгейдегі қала құрылысы жобаларына кешенді қала құрылысы сараптамасын жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z561" w:id="593"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z561" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       474) объектілер құрылысының жобаларына ведомстводан тыс кешенді сараптама, сондай-ақ әртүрлі деңгейдегі аумақтардың қала құрылысын жоспарлау жобаларына кешенді қала құрылысы сараптамасын жүргізу жөніндегі жұмыстардың құнын айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z562" w:id="594"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z562" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       475) ғимараттар мен құрылыстардың беріктігін және орнықтылығын техникалық зерттеп-қарауды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z563" w:id="595"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z563" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       476) сәулет, қала құрылысы және құрылыс каталогін қалыптастыру және жүргізу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z564" w:id="596"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z564" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       477) объектілер құрылысы жобасын басқару бойынша инжинирингтік қызметтер көрсету тәртібін және жобаларды басқару бойынша қызметтер көрсететін ұйымдарға қойылатын біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z565" w:id="597"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z565" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478) жобалау және құрылыс салу процесіне қатысушы инженер-техник жұмыскерлерді аттестаттау жөніндегі қағидаларды және рұқсат беру талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z691" w:id="598"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z691" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478-1) құрылыс саласындағы рұқсаттардың автоматтандырылған тізілімінде рұқсаттарды жүргізу, олардың қолданылуын тоқтата тұру, тоқтату (кері қайтарып алу) тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z692" w:id="599"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z692" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478-2) құрылыс саласындағы рұқсаттардың автоматтандырылған тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z566" w:id="600"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z799" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478-3) сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік ақпараттық жүйелерді қолдануды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z566" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       479) жобалау және құрылыс салу процесіне қатысушы инженер-техник жұмыскерлерді аттестаттау бойынша мемлекеттік емес аттестаттау орталықтарын аккредиттеу жөніндегі қағидаларды және рұқсат беру талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z567" w:id="601"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z567" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       480) бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілердегі ғимараттар мен құрылыстардың беріктігін және орнықтылығын техникалық зерттеп-қарау бойынша техникалық қадағалау және сараптама жұмыстары жөніндегі инжинирингтік көрсетілетін қызметтерді жүзеге асыратын ұйымдарды аккредиттеу жөніндегі қағидаларды және рұқсат беру талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z568" w:id="602"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z568" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       481) сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z569" w:id="603"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z569" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482) есепке алу аспаптары жоқ тұтынушылар үшін электрмен жабдықтау бойынша коммуналдық көрсетілетін қызметтерді және коммерциялық есепке алу аспаптары жоқ тұтынушылар үшін жылу энергиясын өткізу бойынша коммуналдық көрсетілетін қызметтерді тұтыну нормаларын есептеудің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z726" w:id="604"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z726" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482-1) жылу энергиясын тұтыну бөлігінде жылу энергетикасы саласында әдістемелік қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z727" w:id="605"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z727" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482-2) жылу энергиясын тұтыну бөлігінде жылу энергетикасы саласында ғылыми зерттеулер жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkEnd w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15472,150 +15740,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z571" w:id="606"/>
+    <w:bookmarkStart w:name="z571" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       484) ипотекалық тұрғын үй қарыздары бойынша сыйақы мөлшерлемесінің бір бөлігін квазимемлекеттік сектор субъектілері арқылы субсидиялау қағидаларын және квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтерінің құнын есептеу әдістемесін әзірлеу және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z693" w:id="607"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z693" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       484-1) Қазақстан Республикасының заңнамасына сәйкес тұрғын үй жағдайларын жақсарту мақсатында бірыңғай жинақтаушы зейнетақы қорынан төленетін нысаналы жинақ төлемдерін пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z572" w:id="608"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z572" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       485) екінші деңгейдегі банктер жеке кәсіпкерлік субъектілеріне тұрғын үй құрылысы мақсаттары үшін беретін кредиттер бойынша сыйақы мөлшерлемесін квазимемлекеттік сектор субъектілері арқылы субсидиялау қағидаларын және квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтерінің құнын есептеу әдістемесін әзірлеу және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z573" w:id="609"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z573" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       486) сумен жабдықтау және су бұру ұйымдарының елді мекендерде бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z694" w:id="610"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z694" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       486-1) сумен жабдықтау және су бұру ұйымдарының кәріздік тазарту құрылысжайларын салу және реконструкциялау жобаларын іске асыруға тартылған облигациялық қарыздарды өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkEnd w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15644,550 +15912,550 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z575" w:id="611"/>
+    <w:bookmarkStart w:name="z575" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       488) "бір терезе" қағидаты бойынша құрылыс жүргізуді ұйымдастыру үшін портал мен ақпараттық жүйелерді жүргізу тәртібін айқындайтын қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z576" w:id="612"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z576" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       489) инженерлік-геологиялық іздестіруді жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z577" w:id="613"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z577" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       490) қала құрылысы жобаларын (егжей-тегжейлі жоспарлау жобалары мен құрылыс салу жобаларын) әзірлеу, келісу және бекіту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z578" w:id="614"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z578" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       491) мемлекеттік монополия субъектісі өндіретін және өткізетін тауарларға, жұмыстарға, көрсетілетін қызметтерге баға белгілеу қағидаларына сәйкес мемлекеттік монополия субьектілерінің өтінімдерін қарау кезінде жария тыңдаулар өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z579" w:id="615"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z579" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492) ауызсу беру бойынша көрсетілетін қызметтердің құны субсидиялауға жататын сумен жабдықтау жүйелерінен берілген ауызсудың бір текше метрі үшін төлемақы мөлшерін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z781" w:id="616"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z781" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-1) елді мекендерді сумен жабдықтау және су бұру жүйелерін дамыту жоспарларын әзірлеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z782" w:id="617"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z782" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-2) елді мекендердің сумен жабдықтау және су бұру жүйелерінде техникалық аудит жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z783" w:id="618"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z783" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-3) елді мекендердегі нөсерлі кәріз (дренаж) жүйелерін пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z580" w:id="619"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z580" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       493) объектілерді кейіннен кәдеге жарату (ғимараттар мен құрылысжайларды бұзу) бойынша жұмыстар кешенін жүргізуге шешім беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z581" w:id="620"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z581" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494) ипотекалық тұрғын үй қарыздары бойынша сыйақы мөлшерлемесінің бір бөлігін квазимемлекеттік сектор субъектілері арқылы субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z730" w:id="621"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z730" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-1) екінші деңгейдегі банктер жеке кәсіпкерлік субъектілеріне тұрғын үй құрылысы мақсаттары үшін беретін кредиттер бойынша сыйақы мөлшерлемесін квазимемлекеттік сектор субъектілері арқылы субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z731" w:id="622"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z731" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-2) Қазақстан Республикасының тұрғын үйге мұқтаж азаматтарын, қандастарды "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қою қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z738" w:id="623"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z738" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-3) тұрғын үй жағдайларын жақсартуға бағытталған мемлекеттік қолдау шараларын іске асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z739" w:id="624"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z739" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-4) тұрғын үйге мұқтаж азаматтарды есепке қою және мемлекеттік мекемелер мен мемлекеттік кәсіпорындардың тұрғын үй қорынан тұрғынжай беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z732" w:id="625"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z732" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-5) жеке тұрғын үй қорынан жалға алынған тұрғынжай үшін жалдау ақысының бір бөлігін субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z733" w:id="626"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z733" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-6) жеке тұрғын үй қорынан жалға алынған тұрғынжай үшін жалдау ақысының бір бөлігін субсидиялау тәртібін әзірлеу және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z785" w:id="627"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z785" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-7) кондоминиум объектісін басқару нысандары мен кондоминиум объектісін басқару субъектілері бойынша көппәтерлі тұрғын үйлер тізілімін және кондоминиум объектісін басқару субъектілері мен көппәтерлі тұрғын үйлерді басқарушылар тізілімін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z582" w:id="628"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z582" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495) Қазақстан Республикасының Қарулы Күштерімен, басқа да әскерлерімен және әскери құралымдарымен, Қазақстан Республикасының арнаулы мемлекеттік және құқық қорғау органдарымен қорғаныс өнеркәсібі саласындағы өзара іс-қимылды ұйымдастыру және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z776" w:id="629"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z776" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-1) аумақтық қорғанысты жоспарлауға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z777" w:id="630"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z777" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-2) аумақтық қорғаныс объектілері бар болса, оларды күзету мен қорғауды аумақтық қорғаныс күштерімен өзара іс-қимыл жасай отырып ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z778" w:id="631"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z778" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-3) эвакуациялық іс-шараларды жоспарлау және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z779" w:id="632"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z779" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-4) жұмылдыру тапсырмасы негізінде арнаулы құралымдар құру және оларды материалдық-техникалық құралдармен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z780" w:id="633"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z780" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-5) аумақтық қорғаныс объектілері бар болса, олардың инженерлік-техникалық нығайтылуы және диверсияға қарсы қауіпсіздігі жөніндегі іс-шараларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z583" w:id="634"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z583" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496) мемлекетте қорғаныс мұқтаждарын, қауіпсіздікті және құқықтық тәртіпті, қару-жарақтың, әскери, автомобиль және арнайы техниканың, техникалық және арнайы құралдардың қажетті түрлерімен қамтамасыз етуді ағымдағы және перспективалы жоспарлауды ұйымдастыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z584" w:id="635"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z584" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       497) әскери-техникалық ынтымақтастықты жүзеге асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkEnd w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16270,390 +16538,390 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z587" w:id="636"/>
+    <w:bookmarkStart w:name="z587" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       500) қорғаныстық-өнеркәсіптік әлеуетті дамыту жөніндегі іс-шараларды ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z588" w:id="637"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z588" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       501) қорғаныстық-өнеркәсіптік кешен ұйымдарына мемлекеттік қолдау шараларын ұсыну шешімдерін қабылдау және тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z589" w:id="638"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z589" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       502) мемлекеттік білім беру тапсырысына қосу үшін қорғаныстық-өнеркәсіптік кешен ұйымдары жүргізетін білікті кадр ресурстарына ағымдағы және перспективалы қажеттіліктердің мониторингін ескере отырып, қорғаныстық-өнеркәсіптік кешен үшін мамандар даярлау талап етілетін мамандықтардың тізбесін айқындау жөніндегі ұсыныстарды қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z590" w:id="639"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z590" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       503) мемлекеттік авиацияның авиациялық техникасына техникалық қызмет көрсету және оны жөндеу жөніндегі ұйымдарды сертификаттау және оларға сертификат беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z591" w:id="640"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z591" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       504) мемлекеттік авиацияның авиациялық техникасына техникалық қызмет көрсету және оны жөндеу жөніндегі ұйымдарға қойылатын сертификаттау талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z592" w:id="641"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z592" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       505) қару-жарақ пен әскери техниканың айналымы қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z593" w:id="642"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z593" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       506) Қазақстан Республикасының бүкіл аумағында және оның жекелеген жергілікті жерлерінде төтенше жағдай немесе соғыс жағдайы енгізілген кезде құқық қорғау органдары және арнаулы мемлекеттік органдар, Қазақстан Республикасының Қарулы Күштері, басқа да әскерлер мен әскери құралымдар арасында мүлікті беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z594" w:id="643"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z594" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       507) қару-жарақ пен әскери техниканы пайдалануға құқығы бар субъектілердің тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z595" w:id="644"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z595" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508) қару-жарақ пен әскери техниканың айналымына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z596" w:id="645"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z596" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509) пайдаланылмайтын мүлікті беру, өткізу, құртып жіберу, кәдеге жарату, көму арқылы жою және қайта өңдеу, сондай-ақ пайдаланылмайтын қорғаныс объектілерін мүліктік жалдауға (жалға) беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z695" w:id="646"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z695" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509-1) оқ-дәрілер мен жарылғыш заттарды кәдеге жарату объектілерінің өндірістік қызметін ұйымдастыру, осы жұмыстарды жүргізу кезінде қауіпсіздікті және оқ-дәрілер мен жарылғыш заттарды кәдеге жарату объектілерін күзетуді қамтамасыз ету жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z597" w:id="647"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z597" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       510) Қазақстан Республикасының Үкіметі айқындайтын тәртіппен пайдаланылмайтын мүлікке билік ету және пайдаланылмайтын мүлікті беру, өткізу және құртып жіберу, кәдеге жарату, көму арқылы жою және қайта өңдеу және пайдаланылмайтын мүлікті жауапкершілігі шектеулі серіктестіктердің жарғылық капиталына мүліктік салым ретінде не акционерлік қоғамдардың акцияларын сатып алу төлеміне беру туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z598" w:id="648"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z598" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511) Қазақстан Республикасы Қарулы Күштерінің, басқа әскерлер мен әскери құралымдардың мұқтаждары үшін пайдаланылатын әскери ұлттық стандарттарды әзірлеу, келісу, бекіту, тіркеу, есепке алу, өзгерту, қайта қарау, олардың күшін жою және қолданысқа енгізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z696" w:id="649"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z696" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-1) мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісім бойынша мемлекеттік қорғаныстық тапсырыс шеңберінде ғылыми зерттеулерді ұйымдастыру және жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z697" w:id="650"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z697" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-2) мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісу бойынша мемлекеттік қорғаныстық тапсырыс шеңберінде ғылыми зерттеулердің сараптамасын жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z698" w:id="651"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z698" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       511-3) мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісу бойынша мемлекеттік қорғаныстық тапсырыс шеңберінде мамандандырылған ғылыми бағыттарды әзірлеу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z699" w:id="652"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z699" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-4) мемлекеттік қорғаныстық тапсырыс шеңберінде мамандандырылған ғылыми бағыттар жөніндегі сараптама кеңестерін құру, мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісу бойынша олардың ережелері мен құрамдарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkEnd w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16736,290 +17004,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z702" w:id="653"/>
+    <w:bookmarkStart w:name="z702" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-7) әскери ұлттық стандарттарды әзірлеу, келісу, бекіту, өзгерту, жою және есепке алуды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z599" w:id="654"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z599" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       512) техникалық реттеу саласындағы уәкілетті органмен келісу бойынша құзыретіне кіретін мәселелер бойынша техникалық регламенттерді әзірлеу және бекіту, олардың күшін жою, тоқтата тұру, сондай-ақ техникалық регламенттерге өзгерістер және (немесе) толықтырулар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z600" w:id="655"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z600" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       513) техникалық реттеу саласындағы сарапшылық кеңестер құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z601" w:id="656"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z601" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       514) техникалық реттеу саласындағы сарапшылық кеңестердің құрамын және олар туралы ережені бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z602" w:id="657"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z602" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       515) Қазақстан Республикасының Қорғаныс министрлігімен бірлесіп пайдаланылмайтын мүлікке жатқызылған оқ-дәрілерді жою жөніндегі бірлескен іс-қимылдарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z603" w:id="658"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z603" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       516) Қазақстан Республикасының Үкіметіне өнеркәсіпті мемлекеттік ынталандыру шараларын енгізу, қолдану тәртібін айқындау, сондай-ақ олардың күшін жою жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z604" w:id="659"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z604" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       517) Қазақстан Республикасының Үкіметіне өнеркәсіптік-инновациялық инфрақұрылым элементтерін, сондай-ақ оларды құру және олардың жұмыс істеу тәртібін айқындау жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z605" w:id="660"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z605" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       518) аумақтық кластерлердің тізілімін қалыптастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z606" w:id="661"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z606" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       519) өнеркәсіптік кооперация мен субконтрактацияның ұлттық жүйелерін дамытуға, оның ішінде өнеркәсіптік кооперация мен субконтрактацияның халықаралық жүйелеріне қатысу шеңберінде жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z607" w:id="662"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z607" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       520) Технологиялық саясат жөніндегі кеңестің ұсынымы бойынша технологиялық құзыреттердің салалық орталықтарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z608" w:id="663"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z608" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       521) бәсекеге қабілеттілікті арттыру туралы жасалған келісімнің орындалу мониторингін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z609" w:id="664"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z609" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       522) өнеркәсіптік-инновациялық қызмет субъектілеріне қосылған құнның жаһандық тізбектеріне кіру бойынша, оның ішінде тауарлардың жаңа түрлерін өндіруге арналған техникалық құжаттаманы және нақты тауарлар бойынша көш бастап тұрған жетекші әлемдік өндірушілердің әлемдік өндірістік франшизаларын қолдану арқылы жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkEnd w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17244,450 +17512,450 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       524) ұлттық экономиканың өзіне жеткіліктілігін қамтамасыз ету мақсатында елішілік құндылықты дамыту саласындағы ұлттық даму институтын тарта отырып, тауарлардың, жұмыстардың, көрсетілетін қызметтер мен оларды берушілердің дерекқорын қалыптастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z612" w:id="665"/>
+    <w:bookmarkStart w:name="z612" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       525) өнеркәсіп саласындағы қызмет субъектілерінің ғылыми зерттеулер мен әзірлемелерге деген қажеттіліктері туралы ақпарат жинауды жүзеге асыру және ғылыми зерттеулер мен әзірлемелерді жүзеге асыру үшін ғылыми ұйымдарды тарту мақсатында ғылым саласындағы уәкілетті органның интернет-ресурсында және мерзімді баспасөз басылымдарында орналастыру үшін жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z613" w:id="666"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z613" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       526) әлеуетті инвесторларды, оның ішінде шетелдік инвесторларды өнеркәсіптік-инновациялық жобаларды іске асыруға қатысуға тарту мақсатында оларды іздестіру және олармен келіссөздер жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z614" w:id="667"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z614" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       527) өнеркәсіптік-инновациялық қызмет субъектілерін инвестициялық тақырып бойынша бизнес-форумдарға, конференциялар мен семинарларға қатысуға тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z615" w:id="668"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z615" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       528) бұқаралық ақпарат құралдарында, оның ішінде шетелдегі мекемелер арқылы, сондай-ақ Қазақстан Республикасының аумағындағы шетелдік дипломатиялық және оларға теңестірілген өкілдіктер мен консулдық мекемелер арқылы шетелдік бұқаралық ақпарат құралдарында өнеркәсіптік-инновациялық жобалар туралы ақпарат тарату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z616" w:id="669"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z616" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       529) жұмыс істеп жүрген инвесторларды қайта инвестициялауды жүзеге асыруға ынталандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z617" w:id="670"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z617" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       530) бірлескен өндірістерді құру үшін инвесторларды, оның ішінде шетелдік инвесторларды тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z618" w:id="671"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z618" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       531) көміртегі ізін төмендету жөнінде шаралар қолдану, олар мынадай бағыттарды қамтуы мүмкін: осындай тауарлардың өндірісін кеңейту, тауарларды, оның ішінде Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес сатып алуды ынталандыру, оларды пайдалану тартымдылығын арттыру және Қазақстан Республикасының заңнамасында көзделген өзге де шаралар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z619" w:id="672"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z619" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       532) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z620" w:id="673"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z620" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       533) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z621" w:id="674"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z621" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       534) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z622" w:id="675"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z622" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       535) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z623" w:id="676"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z623" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       536) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z624" w:id="677"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z624" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       537) өз құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z625" w:id="678"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z625" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       538) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z626" w:id="679"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z626" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       539) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z627" w:id="680"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z627" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       540) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z628" w:id="681"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z628" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       541) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z629" w:id="682"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z629" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       542) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z630" w:id="683"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z630" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       543) мемлекеттік монополия және арнайы құқық субъектілері өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z631" w:id="684"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z631" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       544) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkEnd w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17909,579 +18177,599 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 22.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 784</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (15.09.2025 бастап қолданысқа енгiзiледi) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (15.09.2025 бастап қолданысқа енгiзiледi); 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z632" w:id="685"/>
+    <w:bookmarkStart w:name="z632" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z633" w:id="686"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z633" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікке басшылықты бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z634" w:id="687"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z634" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бірінші басшы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z635" w:id="688"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z635" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бірінші басшының Қазақстан Республикасының заңнамасына сәйкес лауазымдарға тағайындалатын және лауазымдарынан босатылатын орынбасарлары (вице-министрлер) болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z636" w:id="689"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z636" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z637" w:id="690"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z637" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реттелетін салада мемлекеттік саясатты қалыптастыру бойынша ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z638" w:id="691"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z638" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз орынбасарларының өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z639" w:id="692"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z639" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вице-министрлердің біріне Қазақстан Республикасы Үкіметінің басшылығына және Үкімет Аппаратының Басшысына жолданатын құжаттарға қол қою жөніндегі өкілеттіктерді жүктейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z640" w:id="693"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z640" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аппарат басшысымен келісу бойынша ведомстволар басшыларының орынбасарларын лауазымдарға тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z641" w:id="694"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z641" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ведомстволар актілерінің қолданылуын толық немесе ішінара жояды немесе тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z642" w:id="695"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z642" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының Парламентінде, мемлекеттік органдарда және өзге де ұйымдарда Министрліктің атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z643" w:id="696"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z643" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Министрліктің жұмыс регламентін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z644" w:id="697"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z644" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Министрлікке келісуге келіп түскен нормативтік құқықтық актілердің жобаларын келіседі және қолбелгі қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z645" w:id="698"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z645" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Министрлікте сыбайлас жемқорлыққа қарсы күрес бойынша шаралар қабылдайды және оған дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z646" w:id="699"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z646" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z647" w:id="700"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z647" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министр болмаған кезеңде оның өкілеттіктерін атқаруды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z648" w:id="701"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z648" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z649" w:id="702"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z649" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымынан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z650" w:id="703"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z650" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z651" w:id="704"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z651" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Заңнамада көзделген жағдайларда Министрліктің жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z652" w:id="705"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z652" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z653" w:id="706"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z653" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z654" w:id="707"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z654" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрліктің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z655" w:id="708"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z655" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z656" w:id="709"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z656" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z657" w:id="710"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z657" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының  қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkEnd w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 15.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18496,748 +18784,748 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 616</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z658" w:id="711"/>
+    <w:bookmarkStart w:name="z658" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Министрлік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z659" w:id="712"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z659" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "QazIndustry" қазақстандық индустрия және экспорт орталығы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z660" w:id="713"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z660" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Қазақстан инжиниринг" (Kazakhstan Engineering)" ұлттық компаниясы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z661" w:id="714"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z661" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Тараз химиялық паркі" арнайы экономикалық аймағының басқарушы компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z689" w:id="715"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z689" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Қорғаныстық-өнеркәсіптік кешенді дамыту қоры" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z662" w:id="716"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z662" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Өнеркәсіп комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z663" w:id="717"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z663" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z664" w:id="718"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z664" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)"Электр энергетикасын дамыту және энергия үнемдеу институты (Қазақэнергиясараптама)" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z665" w:id="719"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z665" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Агроинженерия ғылыми-өндірістік орталығы" жауапкершілігі шектеулі серіктестігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z666" w:id="720"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z666" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>республикалық мемлекеттік кәсіпорындар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z667" w:id="721"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z667" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Өнеркәсіп комитетінің "Жезқазғансирекмет" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z668" w:id="722"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z668" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Өнеркәсіп комитетінің "Қазақстан Республикасының минералдық шикiзатты кешендi қайта өңдеу жөнiндегi ұлттық орталығы" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z669" w:id="723"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z669" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Өнеркәсіп комитетінің "Ұлттық технологиялық болжау орталығы" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z670" w:id="724"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z670" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z671" w:id="725"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z671" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республикалық мемлекеттiк кәсiпорындар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z672" w:id="726"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z672" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің "Жобаларды мемлекеттік ведомстводан тыс сараптау" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны ("Мемсараптама" РМК);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z673" w:id="727"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z673" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің "Республикалық мемлекеттік қала құрылысын жоспарлау және кадастр орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z674" w:id="728"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z674" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z675" w:id="729"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z675" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Қазақ ғылыми-зерттеу және құрылыс пен сәулет жобалау институты" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z676" w:id="730"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z676" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Тұрғын үй-коммуналдық шаруашылығын жаңғырту мен дамытудың қазақстандық орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z677" w:id="731"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z677" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Мемлекеттік қорғаныстық тапсырыс комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkEnd w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тармақ алып тасталды - ҚР Үкіметінің 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 616</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z680" w:id="732"/>
+    <w:bookmarkStart w:name="z680" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Геология комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z681" w:id="733"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z681" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ұлттық геологиялық қызмет" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z682" w:id="734"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z682" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z683" w:id="735"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z683" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Геология комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z684" w:id="736"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z684" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Солтүстікқазжерқойнауы" Солтүстік Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z685" w:id="737"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z685" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Орталыққазжерқойнауы" Орталық Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z686" w:id="738"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z686" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Оңтүстікқазжерқойнауы" Оңтүстік Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z687" w:id="739"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z687" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Шығысқазжерқойнауы" Шығыс Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z688" w:id="740"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z688" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Батысқазжерқойнауы" Батыс Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkEnd w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>