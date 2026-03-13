--- v1 (2025-12-29)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="857e57c" w14:textId="857e57c">
+    <w:p w14:paraId="1309dc9" w14:textId="1309dc9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -288,127 +288,139 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Премьер-Министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -569,87 +581,153 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акцияларының мемлекеттік пакеттері мен қатысу үлестерін иелену және пайдалану құқықтары Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігіне және оның ведомстволарына берілетін заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Акционерлік қоғамдар:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "QazIndustry" қазақстандық индустрия және экспорт орталығы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
@@ -674,262 +752,296 @@
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Тараз химиялық паркі" арнайы экономикалық аймағының басқарушы компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Өнеркәсіп комитеті</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Өнеркәсіп комитеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Акционерлік қоғамдар:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Электр энергетикасын дамыту және энергия үнемдеу институты (Қазақэнергиясараптама)" акционерлік қоғамы.</w:t>
+      "Ұлттық энергия үнемдеу орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Жауапкершілігі шектеулі серіктестіктер:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жауапкершілігі шектеулі серіктестіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Агроинженерия ғылыми-өндірістік орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      "Машина жасау ғылыми-өндірістік орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Акционерлік қоғамдар:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақ ғылыми-зерттеу және құрылыс пен сәулет жобалау институты" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Тұрғын үй-коммуналдық шаруашылығын жаңғырту мен дамытудың қазақстандық орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Геология комитеті</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Геология комитеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Акционерлік қоғамдар:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ұлттық геологиялық қызмет" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
@@ -4259,147 +4371,105 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">67) алып тасталды – ҚР Үкіметінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-      67) тауарларын, жұмыстары мен көрсетілетін қызметтерін сатып алу елішілік құндылық мониторингіне жататын ұйымдардың тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z734" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67-1) өз құзыреті шегінде тауар биржалары арқылы міндетті түрде өткізілуге жататын биржалық тауарлардың сауда-саттығын мониторингтеуді жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:bookmarkStart w:name="z740" w:id="144"/>
     <w:p>
       <w:pPr>
@@ -6436,466 +6506,410 @@
         <w:t>
       148) мемлекеттік сатып алуды және тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуды жүзеге асыру кезінде тауарлардың, жұмыстардың, көрсетілетін қызметтердің энергия тиімділігі бойынша талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
     <w:bookmarkStart w:name="z227" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) энергия үнемдеу және энергия тиімділігін арттыру саласындағы мемлекеттік сатып алу және тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу мониторингін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:p>
-[...115 lines deleted...]
-    <w:bookmarkStart w:name="z228" w:id="237"/>
+    <w:bookmarkStart w:name="z721" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149-1) ғимараттардың, құрылыстар мен құрылысжайлардың энергия тиімділігі сыныбының талаптарына сәйкестігін жобадан кейінгі талдау жүргізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z800" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149-2) энергия үнемдеу және энергия тиімділігін арттыру бөлігінде жылу энергетикасының, жылу энергиясын тұтынудың түйінді және нысаналы көрсеткіштерін әзірлеу және оларды жылу энергетикасы саласындағы уәкілетті органға жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z801" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149-3) жылу энергетикасының нысаналы көрсеткіштеріне қол жеткізу үшін жылу энергетикасы объектілерінің жылуды тұтынуын азайту жөніндегі жоспарларды әзірлеу және олардың орындалуын мониторингтеуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z228" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) Қазақстан Республикасының резидент заңды тұлғаларымен моторлы көлік құралдарын өнеркәсіптік құрастыру туралы келісім жасасудың тәртібін, шарттарын және үлгілі нысанын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z229" w:id="238"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z229" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) Қазақстан Республикасының заңды тұлғаларымен үлгілік нысандарға сәйкес көлік құралдарын өнеркәсіптік құрастыру туралы келісім, ауыл шаруашылығы техникасын өнеркәсіптік құрастыру туралы келісім, көлік құралдарына және (немесе) ауыл шаруашылығы техникасына құрамдастарды өнеркәсіптік құрастыру туралы келісім жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z230" w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z230" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) Еуразиялық экономикалық одаққа мүше мемлекеттердің уәкілетті органдарының (ұйымдарының) және көлік құралдарының (көлік құралдары шассиі), өздігінен жүретін машиналар мен техникалардың басқа түрлерінің паспорттарын (электрондық паспорттарын) электрондық түрде ресімдеуді жүзеге асыратын көлік құралдарын (көлік құралдары шассиі), өздігінен жүретін машиналар мен техниканың басқа да түрлерін дайындаушы ұйымдардың бірыңғай тізілімінің ұлттық бөліктерін қалыптастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z231" w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z231" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) мүдделі тұлғалардың сұрау салуы бойынша Еуразиялық экономикалық одаққа мүше мемлекеттердің уәкілетті органдарының (ұйымдарының) және көлік құралдарының (көлік құралдарының шассиі), өздігінен жүретін машиналар мен техникалардың басқа да түрлерінің паспорттарын (электрондық паспорттарын) ресімдеуді жүзеге асыратын көлік құралдарын (көлік құралдарының шассиі), өздігінен жүретін машиналар мен техниканың басқа да түрлерін дайындаушы ұйымдардың бірыңғай тізілімінің ұлттық бөліктерінде қамтылған мәліметтерді ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z232" w:id="241"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z232" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) Қазақстан Республикасының заңды тұлғаларымен ауыл шаруашылығы техникасын өнеркәсіптік құрастыру туралы келісімді жасасу қағидалары мен шарттарын, сондай-ақ өзгерту және бұзу үшін негіздер мен оның үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z233" w:id="242"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z233" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) электрондық паспорттар жүйесінің ұлттық операторын (ұлттық әкімшісін) айқындау үшін Қазақстан Республикасының Үкіметіне ұсыныс беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z234" w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z234" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) көлік құралдарының паспорттарын (көлік құралдары шассилерінің паспорттарын) және өздігінен жүретін машиналар мен басқа да техника түрлерінің паспорттарын ресімдеу, оның ішінде көлік құралдарының электрондық паспорттарын (көлік құралдары шассилерінің паспорттарын) және өздігінен жүретін машиналар мен басқа да техника түрлерінің электрондық паспорттарын ресімдеу жөніндегі өкілеттіктерді ұйымдарға беру немесе оларды беруден бас тарту туралы қорытынды беру тәртібі мен шарттарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z235" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z235" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) көлік құралы паспортының (көлік құралдары шассиінің паспортын), өздігінен жүретін машина мен басқа да техника түрлері паспортының қорғау элементтеріне қойылатын талаптарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z690" w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z690" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157-1) көлік құралдарының электрондық паспорттарын (көлік құралдары шассилерінің паспорттарын) және өздігінен жүретін машиналар мен басқа да техника түрлерінің электрондық паспорттарын жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z236" w:id="246"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z236" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) Қазақстан Республикасының заңды тұлғаларымен көлік құралдарын өнеркәсіптік құрастыру туралы келісім жасасу қағидалары мен шарттарын, сондай-ақ оны өзгерту және бұзу үшін негіздер мен оның үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z237" w:id="247"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z237" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) Қазақстан Республикасының заңды тұлғаларымен көлік құралдарына және (немесе) ауыл шаруашылығы техникасына құрамдастарды өнеркәсіптік құрастыру туралы келісім жасасу қағидалары мен шарттарын, сондай-ақ оны өзгерту және бұзу үшін негіздер мен оның үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z238" w:id="248"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z238" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) өндірушісінен сатып алынған көлік құралдарын және (немесе) ауыл шаруашылығы техникасын өткізу кезінде қосылған құн салығынан босатуды қолданатын уәкілетті өкілдер тізілімінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z722" w:id="249"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z722" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160-1) өндірушісінен сатып алынған көлік құралдарын және (немесе) ауыл шаруашылығы техникасын өткізу кезінде қосылған құн салығынан босатуды қолданатын уәкілетті өкілдердің тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z239" w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z239" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) өткізілуі қосылған құн салығынан босатылатын тұрмыстық аспаптардың және (немесе) тұрмыстық электроника аспаптарының, сондай-ақ олардың құрамдастарының тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z723" w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z723" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161-1) мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрмыстық аспаптарды және (немесе) тұрмыстық электроника аспаптарын, сондай-ақ олардың құрамдастарын өндірушілер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6906,70 +6920,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өндірушінің уәкілетті өкілдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тұрмыстық аспаптарды және (немесе) тұрмыстық электроника аспаптарын, сондай-ақ олардың құрамдастарын өткізетін өзге де тұлғалар болып табылатын заңды тұлғалар тізілімінің нысанын әзірлеу және бекіту; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z724" w:id="252"/>
+    <w:bookmarkStart w:name="z724" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161-2) мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрмыстық аспаптарды және (немесе) тұрмыстық электроника аспаптарын, сондай-ақ олардың құрамдастарын өндірушілер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6980,3600 +6994,3582 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өндірушінің уәкілетті өкілдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрмыстық аспаптарды және (немесе) тұрмыстық электроника аспаптарын, сондай-ақ олардың құрамдастарын өткізетін өзге де тұлғалар болып табылатын заңды тұлғалардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z725" w:id="253"/>
+    <w:bookmarkStart w:name="z725" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161-3) ғылыми-техникалық кеңесті құру және оның ережесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z240" w:id="254"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z240" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) өзіндік ерекшелігі бар тауарлардың экспорты мен импортын лицензиялау қағидаларын және біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z241" w:id="255"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z241" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) Қазақстан Республикасы түпкілікті пайдаланушысының сертификатын, Қазақстан Республикасының халықаралық импорттық сертификатын ресімдеу және беру қағидалары мен біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z242" w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z242" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) өзіндік ерекшелігі бар тауарлардың транзитіне рұқсат беру қағидаларын және біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z243" w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z243" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) өзіндік ерекшелігі бар тауарларды бақылаудың фирмаішілік жүйесін құру және жүргізу жөніндегі әдістемелік ұсынымдарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z244" w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z244" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) эксаумақтық кері экспортқа рұқсат беру қағидаларын және біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z245" w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z245" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) импортталған өзіндік ерекшелігі бар тауарларды, сондай-ақ кепілдік міндеттемелер беріле отырып импортталған тауарларды Қазақстан Республикасының аумағында үшінші тұлғаларға беруге рұқсат беру қағидаларын және біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z246" w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z246" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) өзіндік ерекшелігі бар тауарлардың экспортын, эксаумақтық кері экспортты жүзеге асыру, эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсету кезінде тәуекелдерді бағалау өлшемшарттарын, оларды қолдану тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z247" w:id="261"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z247" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсетуге рұқсаттар беру қағидаларын және біліктілік талаптарын, уәкілетті органның эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсететін Қазақстан Республикасының жеке және заңды тұлғаларын хабардар ету және олардың тізімін жүргізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z248" w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z248" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) өзіндік ерекшелігі бар тауарларды сәйкестендіруді жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z249" w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z249" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) өзіндік ерекшелігі бар тауарлармен жасалатын сыртқы экономикалық мәмілелердің есебін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z250" w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z250" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) бәрін қамтитын бақылау өлшемшарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z251" w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z251" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) "Өзіндік ерекшелігі бар тауарларды бақылау туралы" Қазақстан Республикасының Заңына сәйкес құзыреті шегінде өзіндік ерекшелігі бар тауарлардың экспортын, кері экспортын, импортын, транзитін, эксаумақтық кері экспортты, эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсетуді бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z252" w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z252" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) өзіндік ерекшелігі бар тауарларды бақылау саласындағы халықаралық ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z253" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z253" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) бақылау тізімін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z254" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z254" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) уәкілетті органның өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарымен ақпараттық өзара іс-қимыл тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z255" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z255" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z256" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z256" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z257" w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z257" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия (өзіндік ерекшелігі бар тауарлар экспортына лицензия, қосарланған мақсаттағы тауарлар немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлар экспортына жалпы лицензия, өзіндік ерекшелігі бар тауарлар импортына лицензия);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z258" w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z258" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзіндік ерекшелігі бар тауарлардың транзитіне рұқсат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z259" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z259" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсетуге рұқсат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z260" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z260" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       эксаумақтық реэкспортқа рұқсат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z261" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z261" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       импортталған өзіндік ерекшелігі бар тауарларды, сондай-ақ кепілдік міндеттемелер беріле отырып импортталған тауарларды Қазақстан Республикасының аумағында үшінші тұлғаларға беруге рұқсат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z262" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z262" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы түпкілікті пайдаланушысының сертификатын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z263" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z263" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының халықаралық импорттық сертификатын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z264" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z264" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзіндік ерекшелігі бар тауарларды сәйкестендіру туралы қорытынды беруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z265" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z265" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсететін Қазақстан Республикасы жеке және заңды тұлғаларының тізімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z266" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z266" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) өзіндік ерекшелігі бар тауарларды бақылау саласындағы рұқсаттардың қолданысын тоқтата тұру немесе тоқтату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z267" w:id="281"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z267" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) өзіндік ерекшелігі бар тауарлардың экспортын, эксаумақтық кері экспортты жүзеге асыру, эксаумақтық делдалдық қызметтер немесе техникалық көмек көрсету кезінде тәуекелдерді бағалауды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z268" w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z268" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) химиялық өнімнің жекелеген түрлерін есепке алу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z269" w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z269" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) химиялық өнімді тіркеу және есепке алу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z270" w:id="284"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z270" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) Қазақстан Республикасының Үкіметі айқындайтын тауарлардың экспортына және (немесе) импортына айрықша лицензия беруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z708" w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z708" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184-1) отандық шикізат тауарларының тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z713" w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z713" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184-2) отандық шикізат тауарлары тізбесіне енгізілген отандық шикізатты Қазақстан Республикасының аумағынан әкетуге лицензиялар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z271" w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z271" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) Қазақстан Республикасының Үкіметі айқындайтын тауарлардың экспортына және (немесе) импортына айрықша лицензия беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z272" w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z272" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) арнайы экономикалық және индустриялық аймақтардың басқарушы компаниясының есептілікті ұсыну қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z273" w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z273" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен және салықтың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті мемлекеттік органмен келісу бойынша арнайы экономикалық аймақтар бөлінісінде басым қызмет түрлерінің тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z274" w:id="290"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z274" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) республикалық маңызы бар индустриялық аймақты құру, оның жұмыс істеу мерзімін ұзарту немесе оны тарату туралы шешімді келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z275" w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z275" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) арнайы экономикалық аймақтардың, республикалық және өңірлік маңызы бар индустриялық аймақтардың басқарушы компанияларының функцияларын тиісінше орындау жөніндегі үлгілік шарттарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z276" w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z276" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) арнайы экономикалық немесе индустриялық аймақтың қатысушысы ретінде тіркеуге арналған өтініш пен сауалнаманың нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z277" w:id="293"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z277" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) республикалық және өңірлік маңызы бар индустриялық аймақ туралы үлгілік ережелерді әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z278" w:id="294"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z278" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) арнайы комиссия құру, ол туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z279" w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z279" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) сарапшылық кеңес құру, ол туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z280" w:id="296"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z280" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) тұлғаның арнайы экономикалық аймақтың қатысушысы ретінде тіркелгенін куәландыратын куәлікті беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z281" w:id="297"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z281" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) арнайы экономикалық аймақтарға қатысушылардың бірыңғай тізілімін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z282" w:id="298"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z282" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) индустриялық аймақтардың бірыңғай тізілімін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z283" w:id="299"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z283" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) шағын индустриялық аймақтарды құру және олардың жұмыс істеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z284" w:id="300"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z284" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) арнайы экономикалық немесе индустриялық аймақтың басқарушы компаниясының арнайы экономикалық немесе индустриялық аймақтың қатысушылары арасында жер учаскелерін бөлу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z285" w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z285" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) арнайы экономикалық аймақтың әлеуетті қатысушысы жобасының техникалық-экономикалық негіздемесіне қойылатын талаптарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z286" w:id="302"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z286" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) арнайы экономикалық және индустриялық аймақтардың құрылуы, жұмыс істеуі және таратылуы саласында мемлекеттік органдар мен арнайы экономикалық және индустриялық аймақтардың басқарушы компанияларының қызметін салааралық үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z287" w:id="303"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z287" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) Қазақстан Республикасының Үкіметіне арнайы экономикалық аймақты құру, оның жұмыс істеу мерзімін ұзарту немесе оны тарату туралы ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z288" w:id="304"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z288" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) арнайы экономикалық және индустриялық аймақтар қызметінің тиімділігін бағалау әдістемесіне сәйкес арнайы экономикалық аймақ қызметінің тиімділігіне бағалау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z289" w:id="305"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z289" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) жыл сайынғы негізде Қазақстан Республикасы Президентінің Әкімшілігіне және Қазақстан Республикасының Үкіметіне арнайы экономикалық және индустриялық аймақтар қызметінің нәтижелері туралы талдамалық ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z290" w:id="306"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z290" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) арнайы инвестициялық келісімшартты жасасу және бұзу тәртібін, шарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z291" w:id="307"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z291" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) үлгілік арнайы инвестициялық келісімшартты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z292" w:id="308"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z292" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) кеден ісі саласындағы уәкілетті органмен келісу бойынша агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органмен бірлесіп арнайы инвестициялық келісімшарттарды іске асыру шеңберінде Еуразиялық экономикалық одақтың кедендік аумағына әкелінген тауарларды пайдалану және (немесе) оларға билік ету бойынша шектеулермен ұштасқан кедендік әкелу баждарын, салықтарды төлеу бойынша жеңілдіктер қолданылатын, ішкі тұтыну үшін шығарудың кедендік рәсімімен орналастырылған, шартты түрде шығарылған тауарлардың нысаналы пайдаланылуын тану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z293" w:id="309"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z293" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) қызметті жүзеге асыру туралы үлгі шарттарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z294" w:id="310"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z294" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) арнайы экономикалық немесе индустриялық аймақ құрылатын жеке меншіктегі жер учаскелерін уақытша пайдаланудың (жалдаудың) үлгілік шарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z295" w:id="311"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z295" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) арнайы экономикалық немесе индустриялық аймақ құрылатын мемлекеттік меншіктегі жер учаскелерін уақытша өтеулі жер пайдаланудың (жалдаудың) үлгілік шарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z296" w:id="312"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z296" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) арнайы экономикалық немесе индустриялық аймақ құрылатын жеке меншіктегі жер учаскелерін уақытша кейінгі пайдаланудың (қосалқы жалдаудың) үлгілік шарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z297" w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z297" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) арнайы экономикалық немесе индустриялық аймақ құрылатын мемлекеттік меншіктегі жер учаскелерін кейінгі жер пайдаланудың (қосалқы жалдаудың) үлгілік шарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z298" w:id="314"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z298" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) арнайы экономикалық және индустриялық аймақтарды құру тұжырымдамаларына қойылатын талаптарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z299" w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z299" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) жобаларды іріктеу қағидалары мен өлшемшарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z300" w:id="316"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z300" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша арнайы экономикалық және индустриялық аймақтар қызметінің тиімділігін бағалау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z301" w:id="317"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z301" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) арнайы экономикалық немесе индустриялық аймаққа қатысушының қызметті жүзеге асыру туралы шартта айқындалған міндеттемелерді орындамағаны туралы актінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z302" w:id="318"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z302" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) тұлғаларды қосалқы қызмет түрлерін жүзеге асыруға жіберуге арналған құжаттардың тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z303" w:id="319"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z303" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) арнайы экономикалық аймақтардың және мемлекеттік индустриялық аймақтардың басқарушы компанияларын басқару үшін адамдарды конкурстық іріктеуді жүргізу қағидаларын, сондай-ақ көрсетілген адамдарға қойылатын біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z304" w:id="320"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z304" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) тауарларды таңбалау мен қадағалау саласындағы үйлестіруші органмен және Қазақстан Республикасының Ұлттық кәсіпкерлер палатасымен келісу бойынша тауарларды таңбалауда қолданылатын бақылау (сәйкестендіру) белгісі, сәйкестендіру құралы құнының шекті мөлшерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z305" w:id="321"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z305" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) өнеркәсіптік-инновациялық жобаларды қоса қаржыландыруды қоса алғанда, мемлекеттік бюджет қаражаты шеңберінде қаржыландыру, лизингтік қаржыландыру шарттары мен тетіктерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z306" w:id="322"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z306" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) Қазақстан Республикасының аумағында өндірілген және (немесе) өткізілетін, уәкілетті ұйымдарда міндетті сынамалануға және таңбалануға жатпайтын зергерлік және басқа да бұйымдарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z307" w:id="323"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z307" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) бекітілген нысан бойынша Қазақстан Республикасының заңды тұлғаларымен көлік құралдарын өнеркәсіптік құрастыру туралы келісім жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z308" w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z308" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) бекітілген нысан бойынша Қазақстан Республикасының заңды тұлғаларымен көлік құралдарына және (немесе) ауыл шаруашылығы техникасына компоненттерді өнеркәсіптік құрастыру туралы келісім жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z309" w:id="325"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z309" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) өзіндік ерекшелігі бар тауарлардың бақылау тізімін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z310" w:id="326"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z310" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) басымды ауыл шаруашылығы машиналары мен жабдықтарының тізбесін қалыптастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z311" w:id="327"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z311" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) басымды ауыл шаруашылығы машиналары мен жабдықтарының тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z312" w:id="328"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z312" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) бірыңғай үйлестіру орталығын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z313" w:id="329"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z313" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) өңірлік үйлестіру кеңесінің үлгілік функцияларын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z314" w:id="330"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z314" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) құрылуына мемлекеттік емес заңды тұлға қатысатын республикалық маңызы бар индустриялық аймақтың басқарушы компаниясының функцияларын тиісінше орындау жөніндегі шартты келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z315" w:id="331"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z315" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) оларға қатысты халықаралық, өңірлік стандарттар мен шет мемлекеттердің стандарттары қолданылуы мүмкін арнайы экономикалық аймақтардың қатысушылары іске асыратын жобаларды іріктеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z316" w:id="332"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z316" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) құрылуына мемлекеттік емес заңды тұлға қатысатын арнайы экономикалық аймақтың басқарушы компаниясының функцияларын тиісінше орындау жөніндегі шартты келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z317" w:id="333"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z317" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) Қазақстан Республикасының жалпы пайдаланудағы мүліктің жекелеген түрлері туралы заңдарына сәйкес мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен және тиісті әкімшілік-аумақтық бірліктің жергілікті өкілді немесе атқарушы органдарымен келісу бойынша жалпы пайдаланудағы мүлікті пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z318" w:id="334"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z318" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) энергия аудиторларына арналған кәсіби стандартты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z319" w:id="335"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z319" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) атаулы таңбаны уәкілетті ұйымда міндетті тіркеу және тіркелген атаулы таңбалар туралы мәліметтерді уәкілетті органға ұсыну қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z320" w:id="336"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z320" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) аффинаждауға дейінгі минералды шикізатқа және (немесе) өңделмеген бағалы тастарға меншік құқығының өтуіне, сондай-ақ оларды кепіл ретінде пайдалануға байланысты мәліметтерді есепке алу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z321" w:id="337"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z321" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) ұйымдардың тауарларды, жұмыстарды және көрсетілген қызметтерді сатып алудағы елішілік құндылық бойынша ақпарат беру нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z322" w:id="338"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z322" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) жер қойнауын пайдалану құқығының (жер қойнауын пайдалану құқығындағы үлестің) кепілін мемлекеттік тіркеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z323" w:id="339"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z323" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) жер қойнауын пайдалану құқығының кепілін (жер қойнауын пайдалану құқығындағы үлесті) тіркеу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z324" w:id="340"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z324" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) уранды қоспағанда, пайдалы қатты қазбалар бөлiгiнде жою қорын пайдалануға рұқсат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z325" w:id="341"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z325" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) берілген жер қойнауын пайдалануға арналған лицензиялар және жасалған келісімшарттар туралы ақпаратқа қолжетімділікті қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z326" w:id="342"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z326" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) жер қойнауын пайдаланушының жер қойнауын пайдаланудың салдарын жою жөніндегі міндеттемелерін орындау кепілінің үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z327" w:id="343"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z327" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) мемлекеттік орган қабылдаған жер қойнауын пайдалану жөніндегі операциялардың салдарын жою жөніндегі міндеттемелерді орындауды қамтамасыз етуді ұсыну және есепке алу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z328" w:id="344"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z328" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) банктік салымның кепіл шартын жасасу тәртібін және оның үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z329" w:id="345"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z329" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша жер қойнауын пайдалану жөніндегі операциялардың салдарын жою жөніндегі міндеттемелердің орындалуын қамтамасыз ету мақсатында сақтандыру шартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z330" w:id="346"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z330" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244) пайдалы қатты қазбаларды барлау және өндіру үшін жер қойнауын пайдалану құқығын беру және тоқтату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z331" w:id="347"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z331" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) өтініш берушіге пайдалы қатты қазбаларды барлау жөніндегі операциялардың салдарын жою жөніндегі міндеттемелердің орындалуын қамтамасыз етуді ұсыну қажеттігі туралы хабарлама жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z332" w:id="348"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z332" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246) уранды барлау және өндіру жөніндегі операцияларды қоспағанда, пайдалы қатты қазбаларды барлау мен өндіру жөніндегі операцияларды реттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z333" w:id="349"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z333" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) жер қойнауын пайдалану мәселелері жөніндегі сараптама комиссиясының құрамын және ол туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z334" w:id="350"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z334" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) жер қойнауын пайдаланушыны бақылаудың өзгеруі туралы хабарлама нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z335" w:id="351"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z335" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) көмірсутектер саласындағы уәкілетті органмен келісу бойынша мемлекеттік жер қойнауы қорын басқару бағдарламасын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z336" w:id="352"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z336" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) уранды барлау мен өндіруді қоспағанда, пайдалы қатты қазбаларды барлауға және өндiруге арналған келiсiмшарттарды жасау, мемлекеттiк тiркеудi және сақтауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z337" w:id="353"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z337" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) келісімшарттарды мемлекеттік тіркеу тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z338" w:id="354"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z338" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) жер қойнауын пайдалануға арналған лицензияны беруге (қайта ресімдеуге, ұзартуға) арналған өтініштің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z339" w:id="355"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z339" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) көмірсутектер және уран өндіру саласындағы уәкілетті органдармен бірлесіп жер қойнауы ресурстарына залалды экономикалық бағалау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z340" w:id="356"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z340" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254) пайдалы қатты қазбаларды барлауға арналған лицензияларды беруге өтініштерді беру және қарау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z341" w:id="357"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z341" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) пайдалы қатты қазбаларды өндіруге арналған лицензияларды беруге өтініштер беру және қарау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z342" w:id="358"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z342" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) жер қойнауын пайдалануға арналған лицензия нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z343" w:id="359"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z343" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) ақпараттық жүйелерді пайдалана отырып, хабарлау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z344" w:id="360"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z344" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) өнеркәсіптік-инновациялық қызмет субъектілерінің өндірістік қызметін (технологиялық процесін) жер қойнауын пайдаланумен байланысты қызмет (технологиялық процесс) деп тану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z345" w:id="361"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z345" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) Қазақстан Республикасының Үкіметіне жасалған келісімшарттар мен жер қойнауын пайдалануға берілген лицензиялар талаптарының орындалу барысы туралы жыл сайынғы есепті ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z346" w:id="362"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z346" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) бір блок үшін қамтамасыз ету мөлшерін айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z347" w:id="363"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z347" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) жер қойнауын пайдалануға арналған келісімшарттың немесе лицензияның шарттарын орындамағаны үшін тұрақсыздық айыбын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z348" w:id="364"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z348" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) жер қойнауын пайдалануға арналған келісімшарттар және (немесе) лицензиялар шарттарының сақталуына бақылауды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z349" w:id="365"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z349" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) жер қойнауын пайдаланушылардың жер қойнауын пайдалануға арналған келісімшарт (лицензия) бойынша міндеттемелерді орындауын мониторингтеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z350" w:id="366"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z350" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) жер қойнауын пайдаланушылардың жер қойнауын пайдалануға арналған келісімшарттар және (немесе) лицензиялар талаптарын сақтауына бақылауды, сондай-ақ жер қойнауын пайдаланушылардың жер қойнауын пайдалануға арналған келісімшарт (лицензия) бойынша міндеттемелерді орындауына мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z351" w:id="367"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z351" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) жұмыс бағдарламасының мазмұны мен нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z352" w:id="368"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z352" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) жер қойнауын пайдалануға арналған келісімшартқа өзгерістер мен толықтырулар енгізу бойынша келіссөздер жүргізу жөніндегі жұмыс тобы туралы ережені әзірлеу және оның құрамын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z353" w:id="369"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z353" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) білім беру саласындағы уәкілетті органмен бірлесіп жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде қазақстандық кадрларды оқытуды қаржыландыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z354" w:id="370"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z354" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) кең таралған пайдалы қазбаларды өндіру жөніндегі операцияларды жүргізу кезінде лицензиялық міндеттемелердің орындалуы туралы есептерді ұсыну тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z355" w:id="371"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z355" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269) Қазақстан Республикасындағы өндіруші салалар қызметі ашықтығының бастамасы стандартын іске асыру бойынша есептіліктің нысанын және оны толтыру жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z356" w:id="372"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z356" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       270) тау-кен жұмыстары жоспарын жасау жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z357" w:id="373"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z357" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       271) қоршаған ортаны қорғау саласындағы уәкілетті органмен келісу бойынша пайдалы қатты қазбаларды өндіру жөніндегі операциялардың салдарын жою жоспарын жасау жөніндегі нұсқаулықты және жоюдың болжамды құнын есептеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z358" w:id="374"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z358" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) қоршаған ортаны қорғау саласындағы уәкілетті органмен бірлесіп жер қойнауын пайдалану жөніндегі операциялардың салдарын жою бойынша зерттеу нәтижелері мен жұмыстарды қабылдау тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z359" w:id="375"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z359" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) қамтамасыз етуді берген адамға қамтамасыз ету сомасының азайтылғаны туралы хабарлама жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z360" w:id="376"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z360" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) ұстап тұру мәртебесі бойынша жұмыстар бағдарламасын әзірлеу жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z361" w:id="377"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z361" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) қоршаған ортаны қорғау саласындағы уәкілетті органмен бірлесіп пайдалы қатты қазбаларды барлау жоспарын жасау жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z362" w:id="378"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z362" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) кен іздеушілік жоспарын жасау жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z363" w:id="379"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z363" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277) жер қойнауын пайдаланушылардың пайдалы қатты қазбаларды барлау және өндіру жөніндегі операцияларды жүргізу кезінде есептерді ұсыну қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z364" w:id="380"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z364" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       278) пайдалы қатты қазбаларды қайта өңдеу туралы келісімді жасасуға арналған өтініш нысанын және қайта өңдеу жобасының бизнес-жоспарын жасау талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z365" w:id="381"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z365" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       279) басымдылығы бірдей өтініш берушілер арасында аукцион өткізу мерзімдері мен қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z366" w:id="382"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z366" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       280) пайдалы қатты қазбаларды қайта өндеу туралы келісімді жасасу жөніндегі жұмыс тобының құрамын және ол туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z367" w:id="383"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z367" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       281) шетелдік валютадағы ең төмен жеке кредиттік рейтинг бойынша шарттарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z368" w:id="384"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z368" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282) жер қойнауын пайдаланудың лицензиялық режиміне ауысу қағидаларын, жер қойнауын пайдаланудың лицензиялық режиміне ауысу жөніндегі комиссияның жұмыс қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z369" w:id="385"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z369" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       283) кен іздеушілікке арналған лицензияларды беруге өтініштерді беру және қарау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z370" w:id="386"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z370" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       284) пайдалы қатты қазбаларға қатысты электрондық сатып алу жүйелерінің жұмысын жер қойнауын пайдалану жөніндегі операцияларды жүргізу кезінде пайдаланылатын тауарлар, жұмыстар мен көрсетілетін қызметтер және оларды өндірушілер тізілімінің жұмысымен үйлестіру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z371" w:id="387"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z371" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       285) жер қойнауын пайдалануға берілген лицензиялар тізілімін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z372" w:id="388"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z372" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       286) ең төменгі рейтингтік бағаны айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z373" w:id="389"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z373" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287) жер қойнауын пайдаланушылардың және олардың мердігерлерінің пайдалы қатты қазбаларды өндіру жөніндегі операцияларды жүргізу кезінде пайдаланылатын тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z374" w:id="390"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z374" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       288) пайдалы қатты қазбалар саласындағы уәкілетті органға тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алудың жылдық (бір қаржы жылына арналған) және орта мерзімді (бес қаржы жылына арналған) бағдарламаларын ұсыну қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z375" w:id="391"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z375" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       289) аукцион өткізу тәртібін және оның қорытындысы бойынша пайдалы қатты қазбаларды барлауға немесе өндіруге лицензия беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z376" w:id="392"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z376" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290) аукцион өткізу жөніндегі конкурстық комиссияның құрамын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z377" w:id="393"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z377" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       291) Қазақстан Республикасының атынан пайдалы қатты қазбаларды қайта өңдеу туралы келісім жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z378" w:id="394"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z378" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       292) пайдалы қатты қазбаларды қайта өңдеу туралы келісім жобасына құқықтық және экономикалық сараптамалар жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z379" w:id="395"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z379" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       293) жер қойнауын пайдалануға арналған лицензияны беру, қайта ресімдеу, кері қайтарып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z380" w:id="396"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z380" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       294) ұстап тұру мәртебесі жөніндегі жұмыс бағдарламасын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z381" w:id="397"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z381" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295) аукцион өткізу туралы шешім қабылдау және жер қойнауын пайдалану құқығы аукционға шығарылатын жер қойнауы учаскесінің шекараларын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z382" w:id="398"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z382" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       296) жер қойнауын пайдалану мәселелері жөніндегі сараптама комиссиясы ұсынымдарының негізінде жер қойнауын пайдалануға арналған келісімшартқа өзгерістер мен толықтырулар енгізуден бас тарту немесе жер қойнауын пайдалануға арналған келісімшартқа өзгерістер мен толықтырулар енгізу жөнінде келіссөздерді бастау туралы шешім шығару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z383" w:id="399"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z383" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       297) жер қойнауын пайдалануға арналған келісімшарт, пайдалы қатты қазбаларды барлауға арналған лицензия немесе өндіруге арналған лицензия негізінде туындаған жер қойнауын пайдалану құқығының (жер қойнауын пайдалану құқығындағы үлестің) ауысуына, сондай-ақ жер қойнауын пайдалану құқығымен байланысты объектілердің ауысуына рұқсат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z384" w:id="400"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z384" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       298) мемлекеттік техногендік минералдық түзілімдерді беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z385" w:id="401"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z385" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       299) жер қойнауын пайдалануға арналған модельдік келісімшарттардың ережелерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 300) тармақша осы қаулының </w:t>
+        <w:t xml:space="preserve">300) осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес 01.01.2026 дейін қолданыста болады.</w:t>
+        <w:t xml:space="preserve"> сәйкес 01.01.2026 дейін қолданыста болған.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z388" w:id="402"/>
+    <w:bookmarkStart w:name="z388" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       301) барлау учаскесінде бір мың текше метрден асатын көлемде тау-кен массасын алуға және (немесе) топырақты ауыстыруға рұқсат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z389" w:id="403"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z389" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       302) уранды және кең таралған пайдалы қазбаларды өндіру жөніндегі операцияларды қоспағанда, пайдалы қатты қазбаларды барлау мен өндіру жөніндегі операциялардың жүргізілуіне мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z390" w:id="404"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z390" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       303) пайдалы қазбалар жатқан аумақтарды салуға рұқсат беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z391" w:id="405"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z391" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       304) геологиялық барлау кезеңділігі қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z392" w:id="406"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z392" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       305) қоршаған ортаны қорғау саласындағы уәкілетті органмен келісу бойынша жер қойнауын геологиялық зерттеу жөніндегі жобалау құжаттарын жасау жөніндегі нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z393" w:id="407"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z393" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       306) мемлекеттің меншігіндегі, сондай-ақ иелігіндегі және пайдалануындағы геологиялық ақпаратты есепке алу, сақтау, жүйелеу, қорыту және ұсыну қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z394" w:id="408"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z394" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       307) жер қойнауын зерттеу жөніндегі уәкілетті орган айқындайтын жер қойнауын пайдалану жөніндегі операцияларды жүргізу нәтижесінде алынған геологиялық ақпаратты және оның жеткізгіштерін жер қойнауын пайдаланушылардың сақтау және есепке алу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z395" w:id="409"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z395" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       308) жер қойнауын геологиялық зерттеуге лицензиялар беруге өтініштерді беру және қарау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z396" w:id="410"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z396" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309) жер қойнауына мемлекеттік сараптама жүргізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z397" w:id="411"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z397" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       310) жер қойнауын сараптау жөніндегі мемлекеттік комиссия туралы ережені және оның құрамын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z398" w:id="412"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z398" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       311) геологиялық есептің нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z399" w:id="413"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z399" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       312) Қазақстан Республикасының пайдалы қазбалар қорлары жөніндегі мемлекеттік комиссия туралы ережені және оның құрамын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z400" w:id="414"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z400" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313) қоршаған ортаны қорғау саласындағы уәкілетті органмен келісу бойынша жер қойнауы кеңістігін пайдалану жобасын жасау жөніндегі нұсқаулықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z401" w:id="415"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z401" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       314) тиісті координаталары мен жеке кодтары бар блоктарды сәйкестендіру карталарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z402" w:id="416"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z402" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       315) жер қойнауының мемлекеттік мониторингін жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z403" w:id="417"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z403" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       316) жер қойнауын геологиялық зерттеу жөніндегі есептердің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z404" w:id="418"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z404" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317) мемлекеттік жер қойнауы қорының бірыңғай кадастрын жүргізу және пайдалы қазбалар қорларын мемлекеттік есепке алу жөніндегі ақпаратты ұсыну қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z405" w:id="419"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z405" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       318) геологиялық есепке мемлекеттік сараптама жүргізу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z406" w:id="420"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z406" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       319) құпия болып табылмайтын геологиялық ақпаратқа, сондай-ақ оларға жер қойнауын пайдалануға берілген лицензиялар туралы ақпаратқа қол жеткізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z407" w:id="421"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z407" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       320) жер қойнауы кеңістігін пайдалануға арналған лицензия алуға өтініш нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z408" w:id="422"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z408" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       321) жер қойнауын мемлекеттік геологиялық зерттеу жөніндегі жұмыстарды жүргізуге арналған уақыт пен баға нормаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z409" w:id="423"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z409" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       322) өтініш берушіге жер қойнауы кеңістігін пайдалануға арналған лицензия беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z410" w:id="424"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z410" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323) мемлекеттің меншігіндегі, сондай-ақ иелігіндегі және пайдалануындағы геологиялық ақпаратты ескеру, сақтау, жүйелеу, жинақтап қорыту және ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z411" w:id="425"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z411" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       324) жер қойнауын пайдаланушылардың жер қойнауын геологиялық зерттеуге арналған лицензияның және жер қойнауы кеңістігін пайдалануға арналған лицензияның шарттарын сақтауына бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkEnd w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10602,590 +10598,590 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z413" w:id="426"/>
+    <w:bookmarkStart w:name="z413" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       326) кең таралған пайдалы қазбаларды қоспағанда, геологиялық және тау-кендік бөлулерді беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z414" w:id="427"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z414" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       327) мемлекеттік жер қойнауы қорының бірыңғай кадастрын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z415" w:id="428"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z415" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       328) пайдалануға берілетін жер қойнауы учаскелерінің шекараларын айқындау, геологиялық ақпаратты пайдалану және "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасының Кодексінде көзделген басқа да мәселелер бойынша құзыретті органмен өзара іс-қимыл жасау және үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z416" w:id="429"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z416" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       329) геологиялық есепке мемлекеттік сараптама жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z417" w:id="430"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z417" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       330) жерасты сулары бөлігінде мемлекеттік су кадастрын жүргізуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z418" w:id="431"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z418" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       331) жер қойнауы кеңістігін геологиялық зерделеу және пайдалану үшін жер қойнауын пайдалану құқығын беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z419" w:id="432"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z419" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       332) пайдалы қатты қазбалар ресурстарын бағалау туралы есепте "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Заңының 121-бабына сәйкес бұрын бекітілген өнеркәсіптік санаттар қорларының жиырма бес пайызынан астамына ресурстарды азайтудың негізділігін растау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z420" w:id="433"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z420" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       333) мәлімделген жер қойнауы учаскесінде кең таралған пайдалы қазбалар болып табылмайтын пайдалы қатты қазбалар ресурстарының жоқтығын немесе перспективаларын растайтын геологиялық барлау жұмыстарының нәтижелері туралы есептің мемлекеттік сараптамасының қорытындыларын беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z421" w:id="434"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z421" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       334) облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының елді мекендерді, өнеркәсіптік кешендерді және (немесе) басқа да шаруашылық объектілерін жобалау және салу кезінде алдағы құрылыс учаскесінің астындағы жер қойнауында пайдалы қазбалардың болмауы немесе олардың маңыздылығы туралы оң қорытындысын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z422" w:id="435"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z422" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       335) облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының пайдалы қазбалар жатқан аумақтарды салуға рұқсаттарын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z423" w:id="436"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z423" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       336) жер қойнауын мемлекеттік геологиялық зерттеуді ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z424" w:id="437"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z424" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       337) геологиялық зерттеу, сондай-ақ жер қойнауы кеңістігін пайдалану жөніндегі операцияларға мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z425" w:id="438"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z425" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       338) Қазақстан Республикасының жер қойнауын пайдалану саласындағы заңнамасының геологиялық ақпаратты есепке алу, сақтау, оның сақталуы мен анықтығы жөніндегі талаптарының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z426" w:id="439"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z426" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       339) техногендік минералдық түзілімдерді орналастырудың қолданыстағы объектілерінің мемлекеттік есепке алуды ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z427" w:id="440"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z427" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       340) жер қойнауының мемлекеттік мониторингін, геологиялық ақпаратты жинауды және жинақтап қорытуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z428" w:id="441"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z428" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341) өздігінен ағып жататын гидрогеологиялық және апаттық ұңғымаларды жою мен консервациялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z429" w:id="442"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z429" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       342) пайдалы қазбалар қорларын мемлекеттік есепке алу жөніндегі ақпаратты мемлекеттік органдарға ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z430" w:id="443"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z430" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       343) пайдалы қазбалар қорларының мемлекеттік теңгерімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z431" w:id="444"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z431" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       344) геологиялық ақпаратты жариялау немесе оған ашық қолжетімділік жасау арқылы оны ашып көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z432" w:id="445"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z432" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       345) жер қойнауын пайдаланушының геологиялық ақпараттың табиғи жеткізгіштерін сынамалар түрінде иеліктен шығаруға және (немесе) олардың сынамаларды Қазақстан Республикасынан тыс жерлерге әкетуіне рұқсат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z433" w:id="446"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z433" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       346) ұңғымадан көмірсутектердің ағымын алуды құжатпен растау арқылы, оның ішінде қабатты сынағышпен сынамалау жүргізген кезде және (немесе) мұнай-газдың мол болуына коллектор-жынысты зертханалық зерттеу кезінде жаңа кенжатынның (кенжатындар жиынтығының) ашылуын табуды растау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z434" w:id="447"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z434" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       347) жер қойнауын геологиялық зерттеуге берілген лицензиялар бойынша жерасты суларына іздестіру-бағалау жұмыстарының жобаларына өзгерістерді келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z435" w:id="448"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z435" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       348) жерасты сулары учаскелері қорларының мемлекеттік сараптамасын ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z436" w:id="449"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z436" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       349) жеке және заңды тұлғалар жүргізетін су объектілерінің сарқылуын болғызбауға бағытталған су қорғау іс-шараларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z437" w:id="450"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z437" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350) су объектілерінің жай-күйіне әсер ететін объектілерді салуды, реконструкциялауды (кеңейтуді, жаңғыртуды, техникалық қайта жарақтандыруды, қайта бейіндеуді), пайдалануды, консервациялауды, жоюды (кейіннен кәдеге жаратуды) келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z753" w:id="451"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z753" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350-1) жерасты су объектілерін мемлекеттік геологиялық зерделеуді ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z754" w:id="452"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z754" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350-2) жерасты сулары учаскелерінің қорына мемлекеттік сараптаманы ұйымдастыру және жүргізу, сондай-ақ жер қойнауы кеңістігін пайдалануға арналған лицензия беру туралы өтініштерге қоса берілетін геологиялық есептерге мемлекеттік сараптама жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkEnd w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11410,1380 +11406,1380 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350-4) арнаулы су пайдалануға рұқсат беру кезінде жерасты суларын жинап алу және пайдалану шарттарын келісуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z757" w:id="453"/>
+    <w:bookmarkStart w:name="z757" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350-5) тәулігіне бір мың текше метрден асатын жерасты суларын жинап алу кезінде жерасты суларын жинап алу жобасын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z758" w:id="454"/>
+    <w:bookmarkStart w:name="z758" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350-6) жерасты суларын жинап алу жобасын және жерасты суларын мониторингтеу бағдарламасын әзірлеу және келісу тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkEnd w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       350-7) өз құзыреті шегінде Қазақстан Республикасының Су </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізгі мақсаттары мен міндеттеріне және Қазақстан Республикасы заңнамасына сәйкес жерасты суларын зерделеу, есепке алу, қорғау және пайдалану бөлігінде нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z438" w:id="455"/>
+    <w:bookmarkStart w:name="z438" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       351) жер қойнауын пайдаланушының балансына ұңғымаларды, технологиялық бірлікті қабылдау және беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z439" w:id="456"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z439" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       352) жер қойнауының мемлекеттік мониторингін жүзеге асыру қағидаларын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z440" w:id="457"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z440" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       353) жер қойнауын пайдалануға арналған келісімшарттар бойынша пайдалы қатты (кең таралған) қазбалардың минералдануын (көрінуін) растау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z441" w:id="458"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z441" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       354) геологиялық және тау-кендік бөлулерді беру және қайта ресімдеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z442" w:id="459"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z442" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       355) кен орындарының қорлары мен болжамды ресурстарды сыныптау әдістемесін, пайдалы қазбалардың, оның ішінде дәстүрлі емес көмірсутектерге жатқызылатын қорларын есептеу жөніндегі нұсқаулықтарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z443" w:id="460"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z443" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       356) құзыретті органмен бірлесіп ашық қолжетімділікте жариялануға жататын, мемлекеттік жер қойнауы қорын басқару бағдарламасына енгізілген жер қойнауы учаскелері жөніндегі мәліметтердің тізбесі мен құрамын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z444" w:id="461"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z444" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       357) пайдалы қазбалар қорлары жөніндегі өңіраралық комиссиялар туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z445" w:id="462"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z445" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       358) кен орындарын игерудің техникалық жобаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z710" w:id="463"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z710" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       358-1) қатты пайдалы қазбаларды өндіру кезіндегі ысырапты есепке алу бөлігінде кен орындарын игерудің техникалық жобаларын бекіту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z446" w:id="464"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z446" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       359) мемлекеттік жер қойнауы қорын басқару бағдарламасын әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z447" w:id="465"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z447" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       360) тарихи шығындардың мөлшерін, геологиялық ақпараттың құны мен оны алу шарттарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z448" w:id="466"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z448" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       361) өздігінен ағып жататын иесіз гидрологиялық және апаттық мұнай-газ ұңғымаларын жоюды және консервациялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z449" w:id="467"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z449" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362) жер қойнауы кеңістігін пайдаланудың салдарын жою актісіне қол қою жөнінде комиссия құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z703" w:id="468"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z703" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362-1) жер қойнауын пайдаланушыны, қатты пайдалы қазбалардың ресурстарын және (немесе) қорларын бағалау туралы есепті дайындаған және тексерген құзыретті тұлғаларды тыңдау қағидаралын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z704" w:id="469"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z704" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362-2) қатты пайдалы қазбалардың кен орындарын барлау жөніндегі ең төменгі талаптарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z705" w:id="470"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z705" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362-3) пайдалы қазбаларды мемлекеттік есепке алуға негізгі және олармен тұтасып жатқан пайдалы қазбалардың саны мен сапасы туралы мәліметтерді енгізу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z450" w:id="471"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z450" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       363) сыртқы (көрнекі) жарнама объектілерін елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте орналастыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z451" w:id="472"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z451" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       364) Қазақстан Республикасының жұмылдыру дайындығы және жұмылдыру саласындағы заңдары мен өзге де нормативтiк құқықтық актiлерiнiң сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z759" w:id="473"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z759" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       364-1) өз құзыреті шегінде жұмылдыру дайындығы саласындағы уәкілетті органмен келісу бойынша жұмылдыру тапсырысын орындау үшін қажетті тауарлардың тізбесін айқындау және көлемін есептеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z760" w:id="474"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z760" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       364-2) өз құзыреті шегінде жұмылдыру резерві бөлігінде мемлекеттік материалдық резервтің материалдық құндылықтарының номенклатурасы мен оларды сақтау көлемін қалыптастыру үшін жұмылдыру тапсырысын орындау үшін қажетті тауарлардың тізбесін айқындау және көлемдерін есептеу әдістемесіне сәйкес жұмылдыру тапсырысы бар ұйымдардың қажеттіліктеріне талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z761" w:id="475"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z761" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       364-3) жұмылдыру резервi бөлігінде мемлекеттік материалдық резервтің материалдық құндылықтарының номенклатурасы мен оларды сақтау көлемдері бойынша мемлекеттік материалдық резерв саласындағы уәкілетті органға ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z452" w:id="476"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z452" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       365) өз құзыреті шегінде ұлттық қауiпсiздiктi қамтамасыз ету жөнiндегi іс-шараларды жоспарлау және өткiзу бойынша ведомстволық бағынысты ұйымдардың қызметiне басшылық ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z453" w:id="477"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z453" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       366) ұлттық қауіпсіздік жүйесін жетілдіру жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z454" w:id="478"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z454" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       367) ұлттық қауiпсiздiк саласындағы заңдар мен өзге де нормативтiк құқықтық актiлердiң сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z455" w:id="479"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z455" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       368) мемлекеттік құпияларды қорғау саласындағы заңнаманы сақтай отырып, ұлттық қауіпсіздіктің жай-күйі мен оны қамтамасыз ету бойынша қолданылатын шаралар туралы халықты хабардар ету, насихаттау және қарсы насихаттау қызметін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z456" w:id="480"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z456" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       369) іс-әрекеттерi (немесе әрекетсiздiгi) Қазақстан Республикасының ұлттық мүдделерінiң бұзылуына, ұлттық қауiпсiздiгiне қауіп төнуіне әкеп соғатын лауазымды адамдарды, мемлекеттiк қызметшiлердi тиiсті жауаптылыққа тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z762" w:id="481"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z762" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       369-1) өз құзыреті шегінде ұлттық қауіпсіздікке сыртқы қауіп төнуін мониторингтеуді, талдауды, бағалауды және болжауды жүзеге асыру, оларды бейтараптандыру жөніндегі шараларды әзірлеуге қатысу, сыртқы барлау субъектілеріне жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z457" w:id="482"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z457" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       370) құрылыс-монтаждау жұмыстарының сапасы және орындалған жұмыстардың жобаға сәйкестігі туралы қорытындылардың, сәйкестік туралы декларацияның нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z786" w:id="483"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z786" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       370-1) бюджеттік саясат жөніндегі орталық уәкілетті орган айқындайтын "толық бітіріп берілетін" құрылыс жобалары бойынша мемлекеттік инвестициялық жобаларды жоспарлау және іске асыру тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z787" w:id="484"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z787" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "370-2) техникалық-экономикалық негіздемені әзірлеуді талап етпейтін жобалардың тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z458" w:id="485"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z458" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       371) жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу және жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау саласындағы қызметті мемлекеттік реттеу мен бақылауды жүзеге асыратын уәкілетті мемлекеттік органмен келісу бойынша объектіні пайдалануға қабылдау актісінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z459" w:id="486"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z459" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       372) "бір терезе" қағидаты бойынша құрылыс жобаларына кешенді ведомстводан тыс сараптама жүргізуді ұйымдастыру үшін портал мен ақпараттық жүйелерді жүргізу тәртібін айқындайтын қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z460" w:id="487"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z460" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       373) сәулет, қала құрылысы, құрылыс, құрылыс индустриясының өндірістік базасын дамыту саласындағы жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z461" w:id="488"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z461" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       374) Қазақстан Республикасының аумағын ұйымдастырудың бас схемасының жобасын әзірлеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z462" w:id="489"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z462" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375) аумақтық дамудың өңіраралық схемаларын әзірлеу және келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z463" w:id="490"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z463" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       376) аумақты дамытудың өңіраралық схемаларын әзірлеу, келісу және бекіту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z464" w:id="491"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z464" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       377) елді мекендердің шекарасы (шектері) жобаларының құрамын, мазмұнын және оларды әзірлеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z465" w:id="492"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z465" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       378) республикалық маңызы бар қаланың, сондай-ақ халқының саны жүз мың тұрғыннан асатын өзге де қалалар шекараларының (шектерінің) жобаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z466" w:id="493"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z466" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       379) шағын елді мекендерді дамыту мен оған құрылыс салу схемаларының құрамын, мазмұнын, әзірлеу мен келісу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z467" w:id="494"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z467" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       380) жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамасын әзірлеу тәртібін, оның міндетті құрамы мен мазмұнын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z468" w:id="495"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z468" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       381) кондоминиум объектісін басқару жөніндегі шешімдерді қабылдау қағидаларын, сондай-ақ көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы хаттамаларының үлгілік нысандарын және кондоминиум объектісін басқару жөніндегі ай сайынғы және жылдық есептердің нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z469" w:id="496"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z469" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382) елді мекендердің орталықтандырылған су бұру жүйелеріне сарқынды суды қабылдау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z788" w:id="497"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z788" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382-1) Сумен жабдықтау және (немесе) су бұру саласындағы ақпараттық қауіпсіздікті қамтамасыз ету тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z789" w:id="498"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z789" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382-2) Сумен жабдықтау және (немесе) су бұру саласындағы ақпараттық қауіпсіздіктің салалық орталығын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z790" w:id="499"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z790" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382-3) Сумен жабдықтауды және су бұруды басқарудың бірыңғай мемлекеттік ақпараттық жүйесін ұйымдастыру, қалыптастыру және оның жұмыс істеуі қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z470" w:id="500"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z470" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       383) ақпараттандыру саласындағы уәкілетті органмен бірлесіп Қазақстан Республикасының аумағындағы жылжымайтын мүлік объектілерін адрестеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z471" w:id="501"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z471" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       384) сараптама комиссияларын (сараптама топтарын) құру және кешенді ведомстводан тыс сараптамаға және қала құрылысы сараптамасына қатысу үшін мамандарды (мамандандырылған институттар мен ұйымдарды) тарту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z472" w:id="502"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z472" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       385) қала құрылысы және құрылыс жобалары (техникалық-экономикалық негіздеме және жобалау-сметалық құжаттама) бойынша сараптама қорытындыларын ресімдеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z473" w:id="503"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z473" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       386) сараптама ұйымдарын аккредиттеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z474" w:id="504"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z474" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       387) қаржыландыру көздеріне қарамастан, жаңа үйлер мен ғимараттарды, олардың кешендерін, инженерлік және көлік коммуникацияларын салуға, сондай-ақ бұрыннан барын өзгертуге (реконструкциялауға, кеңейтуге, техникалық қайта жарақтандыруға, жаңғыртуға және күрделі жөндеуге) арналған техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға ведомстводан тыс кешенді сараптама жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z475" w:id="505"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z475" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       388) бюджет қаражаты және мемлекеттік инвестициялардың өзге де нысандары есебінен объектілерді салуға арналған жобаларды (техникалық-экономикалық негіздемелерді және жобалау-сметалық құжаттаманы) бекіту тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z476" w:id="506"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z476" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       389) ерекше реттеуді және (немесе) қала құрылысын регламенттеуді талап ететін жекелеген объектілерді салуға арналған жобалау-сметалық құжаттаманы кезең-кезеңімен әзірлеу мен келісудің жеке-дара жоспарларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z477" w:id="507"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z477" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       390) лицензияланатын сәулет, қала құрылысы және құрылыс қызметін жүзеге асыруға қойылатын бірыңғай біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z478" w:id="508"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z478" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       391) тапсырыс берушінің (құрылыс салушының) қызметін ұйымдастыру және функцияларын жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z479" w:id="509"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z479" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       392) сәулет, қала құрылысы және құрылыс қызметі субъектілерінің, сондай-ақ мемлекеттік қала құрылысы кадастрын жүргізуді жүзеге асыратын мемлекеттік кәсіпорынның қызметін нормативтік-техникалық және әдіснамалық қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z480" w:id="510"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z480" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       393) мемлекеттік қала құрылысы кадастрының дерекқорына енгізу үшін ақпарат және (немесе) мәліметтер беру мәселелері бойынша орталық және жергілікті атқарушы органдардың іс-қимылын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z481" w:id="511"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z481" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       394) жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамасын, сондай-ақ сәулет, қала құрылысы және құрылыс қызметі объектілерін мемлекеттік қала құрылысы кадастрының дерекқорында тіркеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z482" w:id="512"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z482" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       395) "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының сәулет, қала құрылысы және құрылыс саласындағы өзге де нормативтік құқықтық актілерінің талаптарына сәйкестігі тұрғысынан республикалық маңызы бар қалалардың, астананың және Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың сәулеттiк келбетiн қалыптастыру және қала құрылысын жоспарлау қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z483" w:id="513"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z483" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       396) ауызсу беру бойынша көрсетілетін қызметтерінің құны субсидиялауға жататын сумен жабдықтау жүйелерінің тізбесіне енгізілген сумен жабдықтау жүйелерінен ауызсу беру бойынша көрсетілетін қызметтердің құнын субсидиялау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z484" w:id="514"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z484" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       397) тұрғын үй қатынастары саласындағы мемлекеттік саясатты жетілдіру жөнінде ұсыныстар әзірлеу және Қазақстан Республикасының Үкіметіне енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkEnd w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12832,426 +12828,350 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="515"/>
+    <w:bookmarkStart w:name="z486" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       399) мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшерін есептеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z487" w:id="516"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z487" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       400) кондоминиум объектісін басқаруға арналған шығыстардың жылдық сметасын есептеу әдістемесін, сондай-ақ кондоминиум объектісін басқаруға арналған жарналардың ең төмен мөлшерін есептеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z488" w:id="517"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z488" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       401) тұрғын үй инспекциясы туралы үлгілік ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z489" w:id="518"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z489" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       402) көппәтерлі тұрғын үйді басқарушыға қойылатын біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z490" w:id="519"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z490" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       403) жергілікті атқарушы органдардың тұрғын үй құрылысына үлестік қатысу туралы шарттарды, сондай-ақ олар бойынша талап ету құқықтарын басқаға беру туралы шарттарды есепке алуды жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z491" w:id="520"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z491" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       404) тұрғын үй құрылысына үлестік қатысуды ұйымдастыру тәсілдерін өзгерту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z492" w:id="521"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z492" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405) тұрғын үй құрылысына үлестік қатысудың бірыңғай ақпараттық жүйесін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z493" w:id="522"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z784" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      405-1) "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын сақтау үшін екінші деңгейдегі банктерге тұрғын үй құрылысына үлестік қатысудың бірыңғай ақпараттық жүйесіне қолжетімділікті қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z493" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406) үлескерлердің ақшасын тартуға рұқсат беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z494" w:id="523"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z494" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407) тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z729" w:id="524"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z729" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       407-1) "Тұрғын үй қатынастары туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген функцияларды іске асыру кезінде ұлттық даму институты мәртебесіне ие тұрғын үй құрылыс жинақ банкін үйлестіруді және әдістемелік басшылықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z737" w:id="525"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z737" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407-2) бірыңғай республикалық электрондық базада, "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасында тұрғын үйге мұқтаждар есебінде тұрған Қазақстан Республикасы азаматтарының, қандастардың тізімдеріне мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z495" w:id="526"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z495" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408) тұрғын үй қорын басқарудың қазіргі заманғы әдістерін енгізуді әдістемелік қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkEnd w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13374,90 +13294,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z498" w:id="527"/>
+    <w:bookmarkStart w:name="z498" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       411) тұрғын үй көмегін беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z499" w:id="528"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z499" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       412) тұрғын үй инспекциясының кондоминиум объектісін басқару үшін уақытша басқарушы компанияны айқындау және тағайындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkEnd w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13540,750 +13460,750 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z502" w:id="529"/>
+    <w:bookmarkStart w:name="z502" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       415) Қазақстан Республикасының азаматтарын еңбек қатынастарының сипатына байланысты өз міндеттерін орындауы кезеңінде, оның ішінде ротациялау тәртібімен лауазымға тағайындалған мемлекеттік қызметшілерді қоныстандыруға арналған қызметтік тұрғын үй беру және оны пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z503" w:id="530"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z503" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       416) Қазақстан Республикасының халықты жұмыспен қамту туралы заңнамасына сәйкес жұмыспен қамтуға жәрдемдесудің пәрменді шараларына қатысатын Қазақстан Республикасының азаматтарын және қандастарды қоныстандыруға арналған қызметтік тұрғын үй беру және оны пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z504" w:id="531"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z504" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       417) қызметтік тұрғын үйге теңестірілген тұрғын үйлер беру және оларды пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z505" w:id="532"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z505" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418) тұрғын үй құрылысы жинақтарына салымдар бойынша мемлекеттің сыйлықақыларын есептеу және төлеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z506" w:id="533"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z506" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       419) ерекше реттеуді және (немесе) қала құрылысын регламенттеуді талап ететін жекелеген құрылыс объектілерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z507" w:id="534"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z507" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420) ауылда, кентте, ауылдық округте жалға берілетін тұрғын үй салған жұмыс берушілердің шығындарын субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z706" w:id="535"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z706" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420-1) Қазақстан Республикасының заңнамасына сәйкес тұрғын үй жағдайларын жақсарту мақсатында кейіннен ипотекалық тұрғын үй қарыздарын беру үшін эмитент шығарған облигациялар бойынша купондық сыйақы мөлшерлемесін субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z707" w:id="536"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z707" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420-2) тұрғын үй жағдайларын жақсарту кейіннен мақсатында ипотекалық тұрғын үй қарыздарын беру үшін эмитент шығарған облигациялар бойынша купондық сыйақы мөлшерлемесін субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z508" w:id="537"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z508" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421) ауылда, кентте, ауылдық округте жалға берілетін тұрғын үй салған жұмыс берушілердің шығындарын субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z791" w:id="538"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z791" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421-1) төтенше жағдай салдарынан тұрғынжайсыз қалған азаматтарға салынған тұрғын үй беру қағидаларын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z509" w:id="539"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z509" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       422) әкімшілік ғимараттарда мемлекеттік органдардың атауы бар маңдайшаларды дайындау және орналастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z510" w:id="540"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z510" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       423) тұрғын үйлерге қойылатын техникалық талаптарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z511" w:id="541"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z511" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       424) сәулет, қала құрылысы мен құрылыс саласында ғылыми-зерттеу, тәжірибелік-эксперименттік жұмыстарды жүргізуді ұйымдастыру және олардың нәтижелерін пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z512" w:id="542"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z512" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425) салынып жатқан (салынуы белгіленген) объектілер мен кешендердің мониторингін жүргізу тәртібін айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z711" w:id="543"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z711" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425-1) құрылыс саласындағы қызметті тоқтата тұру туралы мемлекеттік инспекторлар актісінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z712" w:id="544"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z712" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425-2) бұзылуы жедел ден қою шараларын қолдануға әкелетін талаптар тізбесін айқындау, сондай-ақ талаптардың нақты бұзылуына қатысты жедел ден қою шарасының нақты түрін (қажет болған кезде) осы шараны қолдану мерзімін көрсете отырып айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z513" w:id="545"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z513" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       426) сәулет, қала құрылысы мен құрылыс қызметі саласындағы инжинирингтік қызметтерді көрсету қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z514" w:id="546"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z514" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       427) сәулет-құрылыс бақылауын және қадағалауын жүзеге асыратын мемлекеттік құрылыс инспекторларын аттестаттаудан өткізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z515" w:id="547"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z515" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428) сәулет, қала құрылысы, құрылыс және мемлекеттік сәулет-құрылыс бақылауы қызметі саласындағы жергілікті атқарушы органдардың қызметіне бақылауды және қадағалауды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z516" w:id="548"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z516" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       429) ғимараттар мен құрылыстарды техникалық және (немесе) технологиялық жағынан күрделі объектілерге жатқызудың жалпы тәртібін айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z517" w:id="549"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z517" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       430) құрылыс саласындағы құрылыс салуды ұйымдастыру және рұқсат беру рәсімдерінен өту қағидаларын әзірлеу және бекiту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z518" w:id="550"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z518" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       431) қалалар мен елді мекендердің аумақтарын абаттандырудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z519" w:id="551"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z519" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       432) Қазақстан Республикасының тұрғын үй қорын мемлекеттік есепке алуды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z520" w:id="552"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z520" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       433) тұрғын үй құрылысына үлестік қатысу туралы шарттың үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z521" w:id="553"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z521" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434) кепілдік беру туралы шарттың үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z522" w:id="554"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z522" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       435) құрылысы аяқталмаған объектімен бірге жер учаскесін кепілге қою шартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z523" w:id="555"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z523" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       436) уәкілетті компанияның дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) кепіл шартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z524" w:id="556"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z524" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       437) уәкілетті компанияның дауыс беретін акцияларын (жарғылық капиталға қатысу үлестерін) cенімгерлік басқару шартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z525" w:id="557"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z525" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       438) кепілдік жарнаның мөлшерін айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z526" w:id="558"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z526" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       439) капиталдың жеткіліктілік нормативін айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z527" w:id="559"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z527" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       440) кепілдік беру жағдайларын реттеуге арналған резервті есептеу және қалыптастыру әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z528" w:id="560"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z528" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       441) тұрғын үй құрылысына үлестік қатысу саласындағы инжинирингтік компанияның тұрғын үй құрылысына үлестік қатысуды ұйымдастыру тәсіліне қарамастан, жергілікті атқарушы органға, сондай-ақ Бірыңғай операторға немесе екінші деңгейдегі банкке (тұрғын үй құрылысына үлестік қатысуды ұйымдастыру тәсіліне қарай) көппәтерлі тұрғын үй немесе жеке тұрғын үйлер кешені құрылысының барысын мониторингтеу нәтижелері туралы есебінің нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z529" w:id="561"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z529" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       442) бірыңғай оператордың көппәтерлі тұрғын үйдің (тұрғын ғимараттың) немесе жеке тұрғын үйлер кешенің құрылыс жобасы бойынша құжаттарды тексеру тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z530" w:id="562"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z530" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       443) елді мекендердің сумен жабдықтау және су бұру жүйелерін пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z531" w:id="563"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z531" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       444) елді мекендердің сумен жабдықтау және су бұру жүйелерін техникалық пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkEnd w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14312,70 +14232,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z533" w:id="564"/>
+    <w:bookmarkStart w:name="z533" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       446) елді мекендердің коммуналдық меншіктегі сумен жабдықтау және су бұру жүйелерін басқару, пайдалану және дамыту кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қызметін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkEnd w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14404,670 +14324,670 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z535" w:id="565"/>
+    <w:bookmarkStart w:name="z535" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       448) елді мекендердің сумен жабдықтау және су бұру жүйелерін мүліктік жалдауға (жалға) немесе сенімгерлік басқаруға беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z536" w:id="566"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z536" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       449) елді мекендердің сумен жабдықтау және су бұру жүйелерінде суды есепке алу аспаптары мен жүйелерін таңдау, монтаждау және пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z537" w:id="567"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z537" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       450) елді мекендердің сумен жабдықтау және су бұру жүйелерін салуды, реконструкциялауды және жаңғыртуды кредиттеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z538" w:id="568"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z538" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       451) елді мекендердің сумен жабдықтау және су бұру жүйелерін салуды, реконструкциялауды және жаңғыртуды субсидиялау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z539" w:id="569"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z539" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452) елді мекендердің сумен жабдықтау және су бұру жүйелерін салуды, реконструкциялауды және жаңғыртуды кредиттеу мен субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z763" w:id="570"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z763" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-1) өз құзыреті шегінде елді мекендердің сумен жабдықтау және су бұру саласында стратегиялық, реттеушілік және іске асыру функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z764" w:id="571"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z764" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-2) сумен жабдықтау және (немесе) су бұру жөніндегі ұйымдардың елді мекендерде қолда бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтерін құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге жұмсалатын шығындарын субсидиялау кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z765" w:id="572"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z765" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-3) елді мекендер мен өнеркәсіп орындарының аумақтарынан ағатын жаңбыр, еріген, инфильтрациялық, суаратын-жуатын, дренаждық суды нөсерлік (дренаждық) кәріз жүйесі арқылы бұру және тазарту бойынша көрсетілетін қызметтердің құны мен көлемін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z766" w:id="573"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z766" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-4) елді мекендердің сумен жабдықтау ауызсу беру бойынша көрсетілетін қызметтерін құны субсидиялауға жататын сумен жабдықтау жүйелерінің тізбесіне жүйелерін енгізудің өлшемшарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z767" w:id="574"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z767" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-5) сумен жабдықтау және (немесе) су бұру жөніндегі ұйымдардың сарқынды суларды тазарту құрылысжайларының кешендерін салу және реконструкциялау жобаларын іске асыру үшін тартылған облигациялық қарыздарды өтеуге және оларға қызмет көрсетуге жұмсалатын шығындарын субсидиялау кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z768" w:id="575"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z768" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       452-6) өз құзыреті шегінде Қазақстан Республикасының Су </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізгі мақсаттары мен міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес елді мекендерде сумен жабдықтау және су бұру саласындағы нормативтік құқықтық актілерді бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z769" w:id="576"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z769" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-7) елді мекендердің сумен жабдықтау және су бұру жүйесін пайдалану кезінде судың өндірістік шығысы мен техникалық ысырабының нормаларын есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z770" w:id="577"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z770" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-8) сумен жабдықтау және (немесе) су бұру бойынша көрсетілген қызметтердің көлемін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z771" w:id="578"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z771" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-9) суды және (немесе) сарқынды суларды есепке алу аспаптары жоқ су тұтынушылар үшін сумен жабдықтау және (немесе) су бұру бойынша көрсетілген қызметтер көлемін коммерциялық есепке алу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z772" w:id="579"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z772" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-10) басқа мүдделі мемлекеттік органдармен бірлесіп мыналарды: су объектісінің белгілі бір сапасына сәйкес келетін ғимараттардың технологиялары мен қуатын жұмысқа қабілетті күйде ұстап тұруды; құрылыс жұмыстарының жоғары сапасын қамтамасыз ете отырып, ұлттық және (немесе) мемлекетаралық стандарттарға сәйкес келетін жабдықтар мен материалдарды пайдалануды; ауызсудың нормативтері мен ұлттық стандарттарын жетілдіруді қамтитын ауызсу сапасын жақсарту жөнінде шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z792" w:id="580"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z792" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-11) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру шеңберінде тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласындағы жобаларды жоспарлау, іріктеу, келісу, жобалау, салу және (немесе) пайдалану процестерін мониторингтеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z793" w:id="581"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z793" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-12) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру шеңберінде жұмыстар мен көрсетілетін қызметтерді сатып алуды жүзеге асыру, жобалар мен өнім берушілерді іріктеу, шарттар жасасу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z794" w:id="582"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z794" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-13) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаның электрондық сатып алу платформасының жұмыс істеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z795" w:id="583"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z795" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-14) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаның электрондық сатып алу платформасының әкімшісін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z796" w:id="584"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z796" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-15) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жобаны іске асыру шеңберінде энергетикалық және коммуналдық инфрақұрылымды жаңғырту және салу жобаларының үлгілік конкурстық құжаттамасын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z797" w:id="585"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z797" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-16) энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жоба шеңберінде қазақстандық тауар өндірушілерден тауарларды сатып алу және офтейк-келісімшарттар жасасу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z798" w:id="586"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z798" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-17) бірыңғай есеп айырысу орталығының жұмыс істеу талаптары мен тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z540" w:id="587"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z540" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       453) сәулет, қала құрылысы мен құрылыс қызметі саласында сараптама жұмыстарын және инжинирингтік көрсетілетін қызметтерді жүзеге асыратын сарапшыларды аттестаттау тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z541" w:id="588"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z541" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       454) сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтерді әзірлеуді, келісуді, бекітуді, тіркеуді және қолданысқа енгізуді (қолданысын тоқтата тұруды, олардың күшін жоюды) ұйымдастыру тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z542" w:id="589"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z542" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       455) кондоминиум объектісін басқару жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z543" w:id="590"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z543" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       456) коммуналдық көрсетілетін қызметтер тізбесін, бірыңғай төлем құжатына қойылатын талаптарды және коммуналдық көрсетілетін қызметтерді ұсынудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z544" w:id="591"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z544" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       457) тұрғын үй-құрылыс кооперативінің қызметін ұйымдастыру және тұрғын үй-құрылыс кооперативі мүшелерінің пай жарналарын төлеу қағидаларын және тұрғын үй-құрылыс кооперативіне қатысу шартының үлгілік нысанын, сондай-ақ тұрғын үй-құрылыс кооперативінің үлгілік жарғысын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z545" w:id="592"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z545" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       458) көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің үлгілік жарғысын және пәтерлер (тұрғын емес үй-жайлар) меншік иелері кооперативінің үлгілік жарғысын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z546" w:id="593"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z546" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       459) жергілікті атқарушы органдардың тұрғын үй-құрылыс кооперативіне қатысу шарттарын тіркеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z547" w:id="594"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z547" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       460) елді мекендердің шекаралары шегінде тұрғын үй қорын басқару, газ және газбен жабдықтау салаларындағы әлеуметтік инфрақұрылым объектілерінде тексеру парақтарын және тәуекел дәрежесін бағалау өлшемшарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkEnd w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15096,150 +15016,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(15.09.2025 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z549" w:id="595"/>
+    <w:bookmarkStart w:name="z549" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       462) тұрғынжайды жалдаудың үлгілік шартын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z550" w:id="596"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z550" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       463) кәсіптік стандарттарды, салалық біліктілік шеңберлерін, кадрлар даярлаудың білім беру бағдарламаларын әзірлеуге, кондоминиум объектісін басқару жөніндегі мамандарды сертификаттау, олардың біліктілігін растау және арттыру жүйесін құруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z551" w:id="597"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z551" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       464) кондоминиум объектісінің ортақ мүлкіне күрделі жөндеу жүргізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z552" w:id="598"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z552" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       465) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша ақпаратты электрондық нысанда қалыптастыру, өңдеу, сондай-ақ орталықтандырылған түрде жинау және сақтау, оның ішінде тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласындағы ақпараттандыру объектілерінің жұмыс істеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z553" w:id="599"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z553" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       466) кондоминиум объектісін басқарудың үлгілік шартын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkEnd w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15268,450 +15188,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(15.09.2025 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z555" w:id="600"/>
+    <w:bookmarkStart w:name="z555" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       468) мүліктің меншік иелері бірлестігі немесе кондоминиум объектісін басқару субъектісі мен коммуналдық көрсетілетін қызметтерді ұсынатын ұйымдар арасындағы ынтымақтастықтың үлгілік шарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z556" w:id="601"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z556" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       469) Қазақстан Республикасының заңнамасына сәйкес біржолғы зейнетақы төлемдерін тұрғын үй жағдайларын жақсарту үшін пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z557" w:id="602"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z557" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       470) мемлекеттік инвестициялар және квазимемлекеттік сектор субъектілерінің қаражаты есебінен объектілер құрылысының құнын айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z558" w:id="603"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z558" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       471) құрылыс жобаларының мемлекеттік банкін қалыптастыру және жүргізу, сондай-ақ техникалық-экономикалық негіздемелерді, үлгілік жобалар мен жобалау (жобалау-сметалық) құжаттамасын беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z559" w:id="604"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z559" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       472) құрылыстағы жаңа технологиялардың бірыңғай мемлекеттік тізілімін қалыптастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z560" w:id="605"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z560" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       473) барлық деңгейдегі қала құрылысы жобаларына кешенді қала құрылысы сараптамасын жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z561" w:id="606"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z561" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       474) объектілер құрылысының жобаларына ведомстводан тыс кешенді сараптама, сондай-ақ әртүрлі деңгейдегі аумақтардың қала құрылысын жоспарлау жобаларына кешенді қала құрылысы сараптамасын жүргізу жөніндегі жұмыстардың құнын айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z562" w:id="607"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z562" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       475) ғимараттар мен құрылыстардың беріктігін және орнықтылығын техникалық зерттеп-қарауды жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z563" w:id="608"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z563" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       476) сәулет, қала құрылысы және құрылыс каталогін қалыптастыру және жүргізу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z564" w:id="609"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z564" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       477) объектілер құрылысы жобасын басқару бойынша инжинирингтік қызметтер көрсету тәртібін және жобаларды басқару бойынша қызметтер көрсететін ұйымдарға қойылатын біліктілік талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z565" w:id="610"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z565" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478) жобалау және құрылыс салу процесіне қатысушы инженер-техник жұмыскерлерді аттестаттау жөніндегі қағидаларды және рұқсат беру талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z691" w:id="611"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z691" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478-1) құрылыс саласындағы рұқсаттардың автоматтандырылған тізілімінде рұқсаттарды жүргізу, олардың қолданылуын тоқтата тұру, тоқтату (кері қайтарып алу) тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z692" w:id="612"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z692" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478-2) құрылыс саласындағы рұқсаттардың автоматтандырылған тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z799" w:id="613"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z799" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478-3) сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік ақпараттық жүйелерді қолдануды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z566" w:id="614"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z566" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       479) жобалау және құрылыс салу процесіне қатысушы инженер-техник жұмыскерлерді аттестаттау бойынша мемлекеттік емес аттестаттау орталықтарын аккредиттеу жөніндегі қағидаларды және рұқсат беру талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z567" w:id="615"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z567" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       480) бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілердегі ғимараттар мен құрылыстардың беріктігін және орнықтылығын техникалық зерттеп-қарау бойынша техникалық қадағалау және сараптама жұмыстары жөніндегі инжинирингтік көрсетілетін қызметтерді жүзеге асыратын ұйымдарды аккредиттеу жөніндегі қағидаларды және рұқсат беру талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z568" w:id="616"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z568" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       481) сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z569" w:id="617"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z569" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482) есепке алу аспаптары жоқ тұтынушылар үшін электрмен жабдықтау бойынша коммуналдық көрсетілетін қызметтерді және коммерциялық есепке алу аспаптары жоқ тұтынушылар үшін жылу энергиясын өткізу бойынша коммуналдық көрсетілетін қызметтерді тұтыну нормаларын есептеудің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z726" w:id="618"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z726" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482-1) жылу энергиясын тұтыну бөлігінде жылу энергетикасы саласында әдістемелік қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z727" w:id="619"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z727" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482-2) жылу энергиясын тұтыну бөлігінде жылу энергетикасы саласында ғылыми зерттеулер жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkEnd w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15740,150 +15660,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z571" w:id="620"/>
+    <w:bookmarkStart w:name="z571" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       484) ипотекалық тұрғын үй қарыздары бойынша сыйақы мөлшерлемесінің бір бөлігін квазимемлекеттік сектор субъектілері арқылы субсидиялау қағидаларын және квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтерінің құнын есептеу әдістемесін әзірлеу және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z693" w:id="621"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z693" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       484-1) Қазақстан Республикасының заңнамасына сәйкес тұрғын үй жағдайларын жақсарту мақсатында бірыңғай жинақтаушы зейнетақы қорынан төленетін нысаналы жинақ төлемдерін пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z572" w:id="622"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z572" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       485) екінші деңгейдегі банктер жеке кәсіпкерлік субъектілеріне тұрғын үй құрылысы мақсаттары үшін беретін кредиттер бойынша сыйақы мөлшерлемесін квазимемлекеттік сектор субъектілері арқылы субсидиялау қағидаларын және квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтерінің құнын есептеу әдістемесін әзірлеу және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z573" w:id="623"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z573" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       486) сумен жабдықтау және су бұру ұйымдарының елді мекендерде бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтер құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z694" w:id="624"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z694" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       486-1) сумен жабдықтау және су бұру ұйымдарының кәріздік тазарту құрылысжайларын салу және реконструкциялау жобаларын іске асыруға тартылған облигациялық қарыздарды өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkEnd w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15912,550 +15832,550 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z575" w:id="625"/>
+    <w:bookmarkStart w:name="z575" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       488) "бір терезе" қағидаты бойынша құрылыс жүргізуді ұйымдастыру үшін портал мен ақпараттық жүйелерді жүргізу тәртібін айқындайтын қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z576" w:id="626"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z576" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       489) инженерлік-геологиялық іздестіруді жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z577" w:id="627"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z577" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       490) қала құрылысы жобаларын (егжей-тегжейлі жоспарлау жобалары мен құрылыс салу жобаларын) әзірлеу, келісу және бекіту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z578" w:id="628"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z578" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       491) мемлекеттік монополия субъектісі өндіретін және өткізетін тауарларға, жұмыстарға, көрсетілетін қызметтерге баға белгілеу қағидаларына сәйкес мемлекеттік монополия субьектілерінің өтінімдерін қарау кезінде жария тыңдаулар өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z579" w:id="629"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z579" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492) ауызсу беру бойынша көрсетілетін қызметтердің құны субсидиялауға жататын сумен жабдықтау жүйелерінен берілген ауызсудың бір текше метрі үшін төлемақы мөлшерін есептеу әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z781" w:id="630"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z781" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-1) елді мекендерді сумен жабдықтау және су бұру жүйелерін дамыту жоспарларын әзірлеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z782" w:id="631"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z782" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-2) елді мекендердің сумен жабдықтау және су бұру жүйелерінде техникалық аудит жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z783" w:id="632"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z783" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-3) елді мекендердегі нөсерлі кәріз (дренаж) жүйелерін пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z580" w:id="633"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z580" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       493) объектілерді кейіннен кәдеге жарату (ғимараттар мен құрылысжайларды бұзу) бойынша жұмыстар кешенін жүргізуге шешім беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z581" w:id="634"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z581" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494) ипотекалық тұрғын үй қарыздары бойынша сыйақы мөлшерлемесінің бір бөлігін квазимемлекеттік сектор субъектілері арқылы субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z730" w:id="635"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z730" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-1) екінші деңгейдегі банктер жеке кәсіпкерлік субъектілеріне тұрғын үй құрылысы мақсаттары үшін беретін кредиттер бойынша сыйақы мөлшерлемесін квазимемлекеттік сектор субъектілері арқылы субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z731" w:id="636"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z731" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-2) Қазақстан Республикасының тұрғын үйге мұқтаж азаматтарын, қандастарды "Тұрғын үймен қамтамасыз ету орталығы" электрондық базасына есепке қою қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z738" w:id="637"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z738" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-3) тұрғын үй жағдайларын жақсартуға бағытталған мемлекеттік қолдау шараларын іске асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z739" w:id="638"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z739" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-4) тұрғын үйге мұқтаж азаматтарды есепке қою және мемлекеттік мекемелер мен мемлекеттік кәсіпорындардың тұрғын үй қорынан тұрғынжай беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z732" w:id="639"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z732" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-5) жеке тұрғын үй қорынан жалға алынған тұрғынжай үшін жалдау ақысының бір бөлігін субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z733" w:id="640"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z733" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-6) жеке тұрғын үй қорынан жалға алынған тұрғынжай үшін жалдау ақысының бір бөлігін субсидиялау тәртібін әзірлеу және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z785" w:id="641"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z785" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-7) кондоминиум объектісін басқару нысандары мен кондоминиум объектісін басқару субъектілері бойынша көппәтерлі тұрғын үйлер тізілімін және кондоминиум объектісін басқару субъектілері мен көппәтерлі тұрғын үйлерді басқарушылар тізілімін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z582" w:id="642"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z582" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495) Қазақстан Республикасының Қарулы Күштерімен, басқа да әскерлерімен және әскери құралымдарымен, Қазақстан Республикасының арнаулы мемлекеттік және құқық қорғау органдарымен қорғаныс өнеркәсібі саласындағы өзара іс-қимылды ұйымдастыру және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z776" w:id="643"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z776" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-1) аумақтық қорғанысты жоспарлауға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z777" w:id="644"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z777" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-2) аумақтық қорғаныс объектілері бар болса, оларды күзету мен қорғауды аумақтық қорғаныс күштерімен өзара іс-қимыл жасай отырып ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z778" w:id="645"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z778" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-3) эвакуациялық іс-шараларды жоспарлау және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z779" w:id="646"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z779" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-4) жұмылдыру тапсырмасы негізінде арнаулы құралымдар құру және оларды материалдық-техникалық құралдармен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z780" w:id="647"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z780" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-5) аумақтық қорғаныс объектілері бар болса, олардың инженерлік-техникалық нығайтылуы және диверсияға қарсы қауіпсіздігі жөніндегі іс-шараларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z583" w:id="648"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z583" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496) мемлекетте қорғаныс мұқтаждарын, қауіпсіздікті және құқықтық тәртіпті, қару-жарақтың, әскери, автомобиль және арнайы техниканың, техникалық және арнайы құралдардың қажетті түрлерімен қамтамасыз етуді ағымдағы және перспективалы жоспарлауды ұйымдастыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z584" w:id="649"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z584" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       497) әскери-техникалық ынтымақтастықты жүзеге асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkEnd w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16538,390 +16458,390 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z587" w:id="650"/>
+    <w:bookmarkStart w:name="z587" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       500) қорғаныстық-өнеркәсіптік әлеуетті дамыту жөніндегі іс-шараларды ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z588" w:id="651"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z588" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       501) қорғаныстық-өнеркәсіптік кешен ұйымдарына мемлекеттік қолдау шараларын ұсыну шешімдерін қабылдау және тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z589" w:id="652"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z589" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       502) мемлекеттік білім беру тапсырысына қосу үшін қорғаныстық-өнеркәсіптік кешен ұйымдары жүргізетін білікті кадр ресурстарына ағымдағы және перспективалы қажеттіліктердің мониторингін ескере отырып, қорғаныстық-өнеркәсіптік кешен үшін мамандар даярлау талап етілетін мамандықтардың тізбесін айқындау жөніндегі ұсыныстарды қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z590" w:id="653"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z590" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       503) мемлекеттік авиацияның авиациялық техникасына техникалық қызмет көрсету және оны жөндеу жөніндегі ұйымдарды сертификаттау және оларға сертификат беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z591" w:id="654"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z591" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       504) мемлекеттік авиацияның авиациялық техникасына техникалық қызмет көрсету және оны жөндеу жөніндегі ұйымдарға қойылатын сертификаттау талаптарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z592" w:id="655"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z592" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       505) қару-жарақ пен әскери техниканың айналымы қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z593" w:id="656"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z593" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       506) Қазақстан Республикасының бүкіл аумағында және оның жекелеген жергілікті жерлерінде төтенше жағдай немесе соғыс жағдайы енгізілген кезде құқық қорғау органдары және арнаулы мемлекеттік органдар, Қазақстан Республикасының Қарулы Күштері, басқа да әскерлер мен әскери құралымдар арасында мүлікті беру қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z594" w:id="657"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z594" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       507) қару-жарақ пен әскери техниканы пайдалануға құқығы бар субъектілердің тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z595" w:id="658"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z595" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508) қару-жарақ пен әскери техниканың айналымына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z596" w:id="659"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z596" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509) пайдаланылмайтын мүлікті беру, өткізу, құртып жіберу, кәдеге жарату, көму арқылы жою және қайта өңдеу, сондай-ақ пайдаланылмайтын қорғаныс объектілерін мүліктік жалдауға (жалға) беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z695" w:id="660"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z695" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509-1) оқ-дәрілер мен жарылғыш заттарды кәдеге жарату объектілерінің өндірістік қызметін ұйымдастыру, осы жұмыстарды жүргізу кезінде қауіпсіздікті және оқ-дәрілер мен жарылғыш заттарды кәдеге жарату объектілерін күзетуді қамтамасыз ету жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z597" w:id="661"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z597" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       510) Қазақстан Республикасының Үкіметі айқындайтын тәртіппен пайдаланылмайтын мүлікке билік ету және пайдаланылмайтын мүлікті беру, өткізу және құртып жіберу, кәдеге жарату, көму арқылы жою және қайта өңдеу және пайдаланылмайтын мүлікті жауапкершілігі шектеулі серіктестіктердің жарғылық капиталына мүліктік салым ретінде не акционерлік қоғамдардың акцияларын сатып алу төлеміне беру туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z598" w:id="662"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z598" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511) Қазақстан Республикасы Қарулы Күштерінің, басқа әскерлер мен әскери құралымдардың мұқтаждары үшін пайдаланылатын әскери ұлттық стандарттарды әзірлеу, келісу, бекіту, тіркеу, есепке алу, өзгерту, қайта қарау, олардың күшін жою және қолданысқа енгізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z696" w:id="663"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z696" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-1) мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісім бойынша мемлекеттік қорғаныстық тапсырыс шеңберінде ғылыми зерттеулерді ұйымдастыру және жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z697" w:id="664"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z697" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-2) мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісу бойынша мемлекеттік қорғаныстық тапсырыс шеңберінде ғылыми зерттеулердің сараптамасын жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z698" w:id="665"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z698" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       511-3) мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісу бойынша мемлекеттік қорғаныстық тапсырыс шеңберінде мамандандырылған ғылыми бағыттарды әзірлеу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z699" w:id="666"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z699" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-4) мемлекеттік қорғаныстық тапсырыс шеңберінде мамандандырылған ғылыми бағыттар жөніндегі сараптама кеңестерін құру, мүдделі орталық атқарушы органдармен, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдармен келісу бойынша олардың ережелері мен құрамдарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkEnd w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17004,1772 +16924,1730 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z702" w:id="667"/>
+    <w:bookmarkStart w:name="z702" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-7) әскери ұлттық стандарттарды әзірлеу, келісу, бекіту, өзгерту, жою және есепке алуды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z599" w:id="668"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z599" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       512) техникалық реттеу саласындағы уәкілетті органмен келісу бойынша құзыретіне кіретін мәселелер бойынша техникалық регламенттерді әзірлеу және бекіту, олардың күшін жою, тоқтата тұру, сондай-ақ техникалық регламенттерге өзгерістер және (немесе) толықтырулар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z600" w:id="669"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z600" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       513) техникалық реттеу саласындағы сарапшылық кеңестер құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z601" w:id="670"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z601" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       514) техникалық реттеу саласындағы сарапшылық кеңестердің құрамын және олар туралы ережені бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z602" w:id="671"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z602" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       515) Қазақстан Республикасының Қорғаныс министрлігімен бірлесіп пайдаланылмайтын мүлікке жатқызылған оқ-дәрілерді жою жөніндегі бірлескен іс-қимылдарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z603" w:id="672"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z603" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       516) Қазақстан Республикасының Үкіметіне өнеркәсіпті мемлекеттік ынталандыру шараларын енгізу, қолдану тәртібін айқындау, сондай-ақ олардың күшін жою жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z604" w:id="673"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z604" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       517) Қазақстан Республикасының Үкіметіне өнеркәсіптік-инновациялық инфрақұрылым элементтерін, сондай-ақ оларды құру және олардың жұмыс істеу тәртібін айқындау жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z605" w:id="674"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z605" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       518) аумақтық кластерлердің тізілімін қалыптастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z606" w:id="675"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z606" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       519) өнеркәсіптік кооперация мен субконтрактацияның ұлттық жүйелерін дамытуға, оның ішінде өнеркәсіптік кооперация мен субконтрактацияның халықаралық жүйелеріне қатысу шеңберінде жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z607" w:id="676"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z607" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       520) Технологиялық саясат жөніндегі кеңестің ұсынымы бойынша технологиялық құзыреттердің салалық орталықтарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z608" w:id="677"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z608" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       521) бәсекеге қабілеттілікті арттыру туралы жасалған келісімнің орындалу мониторингін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z609" w:id="678"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z609" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       522) өнеркәсіптік-инновациялық қызмет субъектілеріне қосылған құнның жаһандық тізбектеріне кіру бойынша, оның ішінде тауарлардың жаңа түрлерін өндіруге арналған техникалық құжаттаманы және нақты тауарлар бойынша көш бастап тұрған жетекші әлемдік өндірушілердің әлемдік өндірістік франшизаларын қолдану арқылы жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkEnd w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">523) алып тасталды – ҚР Үкіметінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      523) тармақшаны алып тастау көзделген – ҚР Үкіметінің 19.09.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">524) алып тасталды – ҚР Үкіметінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 771</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z612" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      525) өнеркәсіп саласындағы қызмет субъектілерінің ғылыми зерттеулер мен әзірлемелерге деген қажеттіліктері туралы ақпарат жинауды жүзеге асыру және ғылыми зерттеулер мен әзірлемелерді жүзеге асыру үшін ғылыми ұйымдарды тарту мақсатында ғылым саласындағы уәкілетті органның интернет-ресурсында және мерзімді баспасөз басылымдарында орналастыру үшін жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z613" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      526) әлеуетті инвесторларды, оның ішінде шетелдік инвесторларды өнеркәсіптік-инновациялық жобаларды іске асыруға қатысуға тарту мақсатында оларды іздестіру және олармен келіссөздер жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z614" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      527) өнеркәсіптік-инновациялық қызмет субъектілерін инвестициялық тақырып бойынша бизнес-форумдарға, конференциялар мен семинарларға қатысуға тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z615" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      528) бұқаралық ақпарат құралдарында, оның ішінде шетелдегі мекемелер арқылы, сондай-ақ Қазақстан Республикасының аумағындағы шетелдік дипломатиялық және оларға теңестірілген өкілдіктер мен консулдық мекемелер арқылы шетелдік бұқаралық ақпарат құралдарында өнеркәсіптік-инновациялық жобалар туралы ақпарат тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z616" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      529) жұмыс істеп жүрген инвесторларды қайта инвестициялауды жүзеге асыруға ынталандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z617" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      530) бірлескен өндірістерді құру үшін инвесторларды, оның ішінде шетелдік инвесторларды тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z618" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      531) көміртегі ізін төмендету жөнінде шаралар қолдану, олар мынадай бағыттарды қамтуы мүмкін: осындай тауарлардың өндірісін кеңейту, тауарларды, оның ішінде Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес сатып алуды ынталандыру, оларды пайдалану тартымдылығын арттыру және Қазақстан Республикасының заңнамасында көзделген өзге де шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z619" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      532) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z620" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      533) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z621" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      534) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z622" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      535) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z623" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      536) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z624" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      537) өз құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z625" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      538) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z626" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      539) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z627" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      540) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z628" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      541) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z629" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      542) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z630" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      543) мемлекеттік монополия және арнайы құқық субъектілері өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z631" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      544) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 28.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 30.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 16.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 662</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 15.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 962</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 17.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 14.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 340</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 22.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 784</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z632" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...523 lines deleted...]
-    <w:bookmarkEnd w:id="698"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z633" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Министрлікке басшылықты бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z634" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бірінші басшы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z635" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бірінші басшының Қазақстан Республикасының заңнамасына сәйкес лауазымдарға тағайындалатын және лауазымдарынан босатылатын орынбасарлары (вице-министрлер) болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z636" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z637" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реттелетін салада мемлекеттік саясатты қалыптастыру бойынша ұсыныстар тұжырымдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z638" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз орынбасарларының өкілеттіктерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z639" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вице-министрлердің біріне Қазақстан Республикасы Үкіметінің басшылығына және Үкімет Аппаратының Басшысына жолданатын құжаттарға қол қою жөніндегі өкілеттіктерді жүктейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z640" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аппарат басшысымен келісу бойынша ведомстволар басшыларының орынбасарларын лауазымдарға тағайындайды және лауазымдарынан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z641" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ведомстволар актілерінің қолданылуын толық немесе ішінара жояды немесе тоқтата тұрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z642" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының Парламентінде, мемлекеттік органдарда және өзге де ұйымдарда Министрліктің атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z643" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Министрліктің жұмыс регламентін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z644" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Министрлікке келісуге келіп түскен нормативтік құқықтық актілердің жобаларын келіседі және қолбелгі қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z645" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Министрлікте сыбайлас жемқорлыққа қарсы күрес бойынша шаралар қабылдайды және оған дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z646" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z647" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр болмаған кезеңде оның өкілеттіктерін атқаруды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z648" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z649" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымынан босатылатын аппарат басшысы басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z650" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...292 lines deleted...]
-    <w:bookmarkStart w:name="z632" w:id="699"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z651" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Заңнамада көзделген жағдайларда Министрліктің жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z652" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z653" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z654" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер заңнамада өзгеше көзделмесе, Министрліктің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z655" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
-[...343 lines deleted...]
-    <w:bookmarkStart w:name="z650" w:id="717"/>
+        <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z656" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z657" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
-[...134 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының  қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkEnd w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 15.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18781,697 +18659,737 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 616</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z658" w:id="725"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z658" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Министрлік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z659" w:id="726"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z659" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "QazIndustry" қазақстандық индустрия және экспорт орталығы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z660" w:id="727"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z660" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Қазақстан инжиниринг" (Kazakhstan Engineering)" ұлттық компаниясы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z661" w:id="728"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z661" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Тараз химиялық паркі" арнайы экономикалық аймағының басқарушы компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z689" w:id="729"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z689" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Қорғаныстық-өнеркәсіптік кешенді дамыту қоры" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z662" w:id="730"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z662" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Өнеркәсіп комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z663" w:id="731"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z663" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z666" w:id="734"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z664" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Ұлттық энергия үнемдеу орталығы" акционерлік қоғамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z665" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Машина жасау ғылыми-өндірістік орталығы" жауапкершілігі шектеулі серіктестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z666" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>республикалық мемлекеттік кәсіпорындар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z667" w:id="735"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z667" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Өнеркәсіп комитетінің "Жезқазғансирекмет" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z668" w:id="736"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z668" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Өнеркәсіп комитетінің "Қазақстан Республикасының минералдық шикiзатты кешендi қайта өңдеу жөнiндегi ұлттық орталығы" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z669" w:id="737"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z669" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Өнеркәсіп комитетінің "Ұлттық технологиялық болжау орталығы" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z670" w:id="738"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z670" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z671" w:id="739"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z671" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республикалық мемлекеттiк кәсiпорындар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z672" w:id="740"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z672" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің "Жобаларды мемлекеттік ведомстводан тыс сараптау" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны ("Мемсараптама" РМК);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z673" w:id="741"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z673" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің "Республикалық мемлекеттік қала құрылысын жоспарлау және кадастр орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z674" w:id="742"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z674" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z675" w:id="743"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z675" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Қазақ ғылыми-зерттеу және құрылыс пен сәулет жобалау институты" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z676" w:id="744"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z676" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Тұрғын үй-коммуналдық шаруашылығын жаңғырту мен дамытудың қазақстандық орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z677" w:id="745"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z677" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Мемлекеттік қорғаныстық тапсырыс комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkEnd w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тармақ алып тасталды - ҚР Үкіметінің 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 616</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z680" w:id="746"/>
+    <w:bookmarkStart w:name="z680" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Геология комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z681" w:id="747"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z681" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ұлттық геологиялық қызмет" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z682" w:id="748"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z682" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z683" w:id="749"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z683" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Геология комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z684" w:id="750"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z684" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Солтүстікқазжерқойнауы" Солтүстік Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z685" w:id="751"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z685" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Орталыққазжерқойнауы" Орталық Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z686" w:id="752"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z686" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Оңтүстікқазжерқойнауы" Оңтүстік Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z687" w:id="753"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z687" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Шығысқазжерқойнауы" Шығыс Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z688" w:id="754"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z688" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Геология комитетінің "Батысқазжерқойнауы" Батыс Қазақстан өңіраралық геология департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkEnd w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>