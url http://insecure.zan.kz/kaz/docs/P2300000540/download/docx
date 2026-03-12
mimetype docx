--- v0 (2025-12-28)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d95ef1" w14:textId="0d95ef1">
+    <w:p w14:paraId="a37d101" w14:textId="a37d101">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -713,298 +713,228 @@
       3) жұмыс берушінің міндетті зейнетақы жарналары – агенттер Қазақстан Республикасының заңнамасында белгіленген тәртіппен шартты зейнетақы шотына өз қаражаты есебінен аударған ақша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жұмыс берушінің міндетті зейнетақы жарналарын төлеу жөніндегі агенті (бұдан әрі – агент) – Қазақстан Республикасындағы қызметін шетелдік заңды тұлғалардың тұрақты мекемесі, филиалдары, өкілдіктері арқылы жүзеге асыратын шетелдік заңды тұлғаны қоса алғанда, Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жұмыс берушінің міндетті кәсіптік зейнетақы жарналарын есептейтін, ұстап қалатын (есепке жазатын) және бірыңғай жинақтаушы зейнетақы қорына аударатын жеке немесе заңды тұлға.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>243-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасында көрсетілген адамдар үшін жұмыс берушінің міндетті зейнетақы жарналарын төлеу жөніндегі агент ретінде Әлеуметтік кодекстің 102-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған интернет-платформа операторы қарастырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) интернет-платформаның операторы (бұдан әрі – оператор) – интернет-платформада тіркелген орындаушылар мен тапсырыс берушілер арасында қызметтер көрсету және жұмыстарды орындау бойынша байланыстар орнату және мәмілелер жасасу үшін ақпараттық технологиялар мен жүйелерді қолдана отырып, техникалық, ұйымдастырушылық (оның ішінде жұмыстарды немесе қызметтерді көрсету үшін үшінші тұлғаларды тарта отырып көрсетілетін қызметтерді), ақпараттық және өзге де мүмкіндіктерді ұсыну жөніндегі қызметтерді интернет-платформаны пайдалана отырып көрсететін дара кәсіпкер немесе заңды тұлға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 27.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) тармақшаны екінші бөлікпен толықтыру көзделген – ҚР Үкіметінің 08.11.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 945</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...171 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1317,652 +1247,822 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерлемені қолдану жолымен есептелген жұмыс берушінің міндетті зейнетақы жарналарын төлеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) арнаулы мобильдік қосымша пайдаланылатын арнаулы салық режимін қолданатын дара кәсіпкерлер болып табылатын орындаушылар үшін міндетті зейнетақы жарналарын төлеуді жүзеге асыратын операторлар үшін – орындаушылар алған кіріс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс берушінің міндетті зейнетақы жарналарын есептеу үшін алынатын кіріс деп арнаулы мобильдік қосымша пайдаланылатын арнаулы салық режимін қолданатын дара кәсіпкерлер болып табылатын орындаушылардың көрсетілген қызметтер немесе орындалған жұмыстар үшін алған кірісі түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте жұмыс берушінің міндетті зейнетақы жарналарын есептеу үшін алынатын кіріс айына республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының 50 еселенген мөлшерінен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жұмыс берушінің міндетті зейнетақы жарналарын жүзеге асырған кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z47" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасы Салық кодексінің (бұдан әрі – Салық кодексі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>365-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z48" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>382</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>435-баптарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z49" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) Салық кодексінің 429-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 432-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 436-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондай-ақ 400-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 435-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда (жоғалған табыс (кіріс) бөлігінде), Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>400</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>430</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>431</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>432</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>435</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>436-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес төлем көзінен салық салуға жататын жеке тұлғаның кірістері азаятын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z50" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) мүгедектігі бар адамдар және Салық кодексінің 404-бабының 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген өзге де адамдар заттай нысанда немесе материалдық пайда түрінде алған төлемдер мен кіріс түрлері есепке алынбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      6-тармақты 5) тармақшамен толықтыру көзделген – ҚР Үкіметінің 08.11.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 945</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...379 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Жұмыс берушінің міндетті зейнетақы жарналарын БЖЗҚ-ға аударудың тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z15" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Егер осы тармақтың екінші бөлігінде өзгеше көзделмесе, жұмыс берушінің міндетті зейнетақы жарналарын БЖЗҚ-ға аударуды агент қолма-қол ақшасыз төлемдер арқылы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банктерде және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарда (бұдан әрі – банктер) шоттары жоқ жеке практикамен айналысатын тұлғалар, дара кәсіпкерлер жұмыс берушінің міндетті зейнетақы жарналарын кейіннен осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1995,214 +2095,208 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Міндетті зейнетақы жарналарын банктер арқылы қолма-қол ақшамен не қолма-қол емес тәсілмен төлеу "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="17"/>
+    <w:bookmarkStart w:name="z16" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Жұмыс берушінің есептелген міндетті зейнетақы жарналары кірістер төленген айдан кейінгі айдың 25-і күнінен кешіктірілмей "Мемлекеттік корпорацияға аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арнаулы салық режимдерін қолданатын төлеушілер үшін жұмыс берушінің есептелген міндетті зейнетақы жарналары Қазақстан Республикасының салық заңнамасында көзделген мерзімде аударылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнаулы мобильдік қосымша пайдаланылатын арнаулы салық режимін қолданатын дара кәсіпкерлер болып табылатын орындаушыларға операторлар үшін жұмыс берушінің міндетті зейнетақы жарналары кіріс төленетін айдан кейінгі айдың 25-інен кешіктірмей аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...64 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="18"/>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Агенттер кейіннен БЖЗҚ-дағы шартты зейнетақы шоттарына аудару үшін банктер арқылы Мемлекеттік корпорацияға жұмыс берушінің міндетті зейнетақы жарналарын аударады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс берушінің міндетті зейнетақы жарналары Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 қаулысымен бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында (бұдан әрі – Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидалары) (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 107861 болып тіркелген) айқындалған тәртіппен әрбір ай үшін жеке жиынтық төлем тапсырмасымен, төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында, сондай-ақ төлем құжаттарында Мемлекеттік корпорация деректемелері, пайдасына жарналар аударылатын жеке тұлғалардың деректемелері (жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты, әкесінің аты (бар болса), жарналар сомалары және жарналар төленетін кезең ("ААЖЖЖЖ" форматында айы және жылы) көрсетіліп аударылады).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2277,70 +2371,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="19"/>
+    <w:bookmarkStart w:name="z18" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер жұмыс берушінің міндетті зейнетақы жарналары сомаларын өзінің пайдасына және жұмыс берушінің міндетті зейнетақы жарналары жүргізілетін тұлғалардың пайдасына аударумен қатар осы Қағидалардың 10-тармағында белгіленген тәртіппен Мемлекеттік корпорацияның деректемелерін, жеке тұлғалардың деректемелерін көрсетіп, жиынтық төлем құжаттарын қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2379,70 +2473,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="20"/>
+    <w:bookmarkStart w:name="z19" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мемлекеттік корпорацияның шотына түскен жұмыс берушінің міндетті зейнетақы жарналарының сомалары БЖЗҚ-ға Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен электрондық төлем тапсырмаларымен, төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында 3 (үш) жұмыс күні ішінде аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген төлем тапсырмаларына сәйкес пайдасына жұмыс берушінің міндетті зейнетақы жарналары аударылатын жеке тұлғалар жөніндегі ақпаратты Мемлекеттік корпорация БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімде (бұдан әрі – Келісім) белгіленген тәртіппен БЖЗҚ-ға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2499,70 +2593,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="21"/>
+    <w:bookmarkStart w:name="z20" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жиынтық төлем тапсырмасында көрсетілген жұмыскердің ЖСН болмаған және (немесе) агент жеке тұлғаның деректемелерінде қателіктер жіберген жағдайларда жұмыс берушінің міндетті зейнетақы жарналарының сомаларын Мемлекеттік корпорация 3 (үш) жұмыс күні ішінде агенттің шотына қайтарып, қайтару себебін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2601,70 +2695,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="22"/>
+    <w:bookmarkStart w:name="z21" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жеке тұлға зейнетақы төлемдерін немесе шартты зейнетақы шотындағы зейнетақы жинақтарының сомалары туралы мәліметтерді алу кезінде жұмыс беруші төлеген міндетті зейнетақы жарналарының және (немесе) өсімпұлдардың жекелеген сомалары жоқ екені анықтаған кезде агентті, оның ішінде бухгалтерияны қателердің анықтағаны және оған жұмыс берушінің міндетті зейнетақы жарналарын аударуы туралы төлем құжаттарының және кез келген уақыт үшін Мемлекеттік корпорацияға өсімпұл және (немесе) өсімпұлдың аударылғаны туралы төлем құжаттары көшірмелерінің берілгені туралы ауызша хабардар етеді және осы салымшы (тегі, аты, әкесінің аты (бар болса), жарналар сомасы және кезеңі ("ААЖЖЖЖ" форматында айы мен жылы) бойынша ақпарат қамтылған төлем құжатын қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2703,90 +2797,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="23"/>
+    <w:bookmarkStart w:name="z22" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Агент заңнамада белгіленген тәртіппен таратылған және тарату процесі аяқталған жағдайларда жеке тұлға агенттің орналасқан жеріндегі мемлекеттік архив мекемелеріне, ал тарату ісі барысында тарату комиссиясына жүгінеді, олар оған төлем құжаттарының куәландырылған көшірмелерін ұсынады. Жеке тұлға алған төлем құжаттарының көшірмелерін өтінішпен бірге Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z23" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z23" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Агент жұмыс берушінің міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын есептеу (есепке жазу), аудару кезінде жіберілген қателерді анықтаған немесе жеке тұлғадан қате анықталғаны туралы ауызша хабар алған жағдайларда агент қатені жұмыс берушінің міндетті зейнетақы жарналарының және (немесе) өсімпұлдың кейінгі аударымдарын реттеу арқылы қате анықталған айдан кейінгі айдан кешіктірмей түзетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қателерді жұмыс берушінің міндетті зейнетақы жарналарының және (немесе) өсімпұлдың кейінгі аударымдарын реттеу арқылы түзету мүмкін болмаған кезде агент осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2819,108 +2913,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жеке тұлғаның өзінің шартты зейнетақы шотынан қате есептелген сомаларды есептен шығаруға келісетіні туралы нотариат куәландырған өтініші қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішке бас бухгалтер қол қояды. Егер бас бухгалтердің лауазымы көзделмеген болса, қайтаруға өтінішке басшы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="25"/>
+    <w:bookmarkStart w:name="z24" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қателер банктің кінәсінен жіберілген жағдайда банк қате аударылған соманы қайтару туралы өтінішпен Мемлекеттік корпорацияға хат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктің кінәсінен қате аударылған соманы қайтаруға арналған өтініште: атауы, БСН, ЖСК, БСК, қате жіберілген төлем құжаттарының референстері және қайтарудың себебі көрсетіледі. Банктің уәкілетті тұлғалары қол қойған хат пен өтініш осы тұлғалардың қате нұсқауды қайтаруға арналған хаттар мен өтініштерге қол қоюға өкілеттігін растайтын құжаттың көшірмесімен қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="26"/>
+    <w:bookmarkStart w:name="z25" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Агенттер мен банктерден қате аударылған жұмыс берушінің міндетті зейнетақы жарналарын және (немесе) өсімпұлды қайтаруға алынған құжаттар негізінде Мемлекеттік корпорация көрсетілген зейнетақы жарналарының түсу фактісін және олар бойынша бұған дейін қайтару жүзеге асырылмағанын тексергеннен кейін 5 (бес) жұмыс күні ішінде жұмыс берушінің қате есептелген міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын қайтаруға электрондық түрде өтінім қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық түрдегі өтінімде жеке тұлғаның деректемелері: тегі, аты, әкесінің аты (бар болса), ЖСН, жұмыс беруші қайтаратын міндетті зейнетақы жарналары және (немесе) өсімпұл сомалары, қайтару себебі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2995,70 +3089,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="27"/>
+    <w:bookmarkStart w:name="z26" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. БЖЗҚ Мемлекеттік корпорациядан жазылған міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қате есептелген сомаларын қайтаруға арналған электрондық түрдегі өтінімді алысымен оны алған күннен бастап 5 (бес) жұмыс күні ішінде Мемлекеттік корпорация өтінімінің нөмірі мен күнін көрсетіп, қате есепке жазылған міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын Мемлекеттік корпорацияға қайтаруды жүзеге асырады не Мемлекеттік корпорацияға БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімде көрсетілген себептер бойынша қайтарудан бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3077,70 +3171,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="28"/>
+    <w:bookmarkStart w:name="z27" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жұмыс берушінің міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қате есепке жазылған сомаларын БЖЗҚ Мемлекеттік корпорацияның өтінімінде көрсетілген жұмыс берушінің міндетті зейнетақы жарналарының және (немесе) өсімпұлдың БЖЗҚ-ға нақты енгізілген номиналды сомасы бойынша Мемлекеттік корпорацияның банктік шотына жеке тұлғалардың деректемелері көрсетілген жиынтық төлем тапсырмасымен электрондық түрде қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3179,70 +3273,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="29"/>
+    <w:bookmarkStart w:name="z28" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мемлекеттік корпорация БЖЗҚ-дан жұмыс берушінің қате есептелген міндетті зейнетақы жарналары және (немесе) өсімпұл сомалары келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде агент өтінішінде көрсетілген жеке тұлғалардың деректемелері көрсетілген жиынтық төлем тапсырмасымен аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3281,168 +3375,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="30"/>
+    <w:bookmarkStart w:name="z29" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Банк жұмыс берушінің міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қате аударылған сомалары Мемлекеттік корпорациядан түскен күннен бастап 3 (үш) жұмыс күні ішінде агентті жұмыс берушінің міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қайтарылғаны туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z30" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z30" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Жұмыс берушінің міндетті зейнетақы жарналары уақтылы аударылмаған кезде берешекті өндіріп алу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z31" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z31" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Нақты төленуі және жұмыскердің кіріс алуы шартымен агент уақтылы ұсталып қалмаған (есепке жазылмаған) және (немесе) аударылмаған жұмыс берушінің міндетті зейнетақы жарналарының сомаларын мемлекеттік кірістер органдары өндіріп алады немесе агенттер жұмыс берушінің міндетті зейнетақы жарналары төленетін жұмыскерлердің пайдасына мерзімі өткен әрбір күн үшін (Мемлекеттік корпорацияға төлеу күнін қоса алғанда) Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесінің 1,25 еселенген мөлшерінде есептелген өсімпұлмен қоса аударуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z32" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z32" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Уақтылы есептелмеген және аударылмаған жұмыс берушінің міндетті зейнетақы жарналары үшін өсімпұлды агенттер кейіннен Мемлекеттік корпорацияның БЖЗҚ-ға аударуы үшін Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 болып тіркелді) бекітілген Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларында айқындалатын төлемді тағайындау кодын көрсете отырып, Мемлекеттік корпорацияның банк шотына төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z33" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z33" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Жұмыс берушінің міндетті зейнетақы жарналарын БЖЗҚ-ға уақтылы аудармағаны үшін өсімпұл төлеуді агенттер жұмыс берушінің міндетті зейнетақы жарналарын агент уақтылы аудармаған жеке тұлғаларды көрсете отырып, осы Қағидалардың 10-тармағында белгіленген тәртіппен Мемлекеттік корпорация арқылы жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлғалар көрсетілмей аударылған өсімпұл агентке қайтарылады, кейіннен аударылған кезде өсімпұл сомасы кідірту күндерінің санын ескере отырып ұлғайтылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3499,70 +3593,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="35"/>
+    <w:bookmarkStart w:name="z34" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. БЖЗҚ алынған өсімпұлды осы Қағидалардың 12-тармағында белгіленген тәртіппен Мемлекеттік корпорациядан алынған ақпаратқа сәйкес шартты зейнетақы шоттарына есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3600,1013 +3694,499 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Мемлекеттік кіріс органы республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарында қолданыста болатын айлық есептік көрсеткіштің 6 еселенген мөлшерінен асатын берешек түзілген күннен бастап бес жұмыс күнінен кешіктірмей агентке кейіннен БЖЗҚ-ға аудару үшін Мемлекеттік корпорацияға аударуға жататын жұмыс берушінің міндетті зейнетақы жарналары бойынша берешек сомасы туралы хабарлама (бұдан әрі – хабарлама) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаның нысанын салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-тармаққа өзгеріс енгізілді - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Хабарлама агентке қол қойғызып жеке өзіне немесе жіберу және алу фактісін растайтын төменде көрсетілген тәсілдердің бірімен тапсырылады. Бұл ретте хабарлама мынадай жағдайларда салық төлеушіге (салық агентіне) тапсырылды деп есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алғаны туралы хабарлама берілетін тапсырыс хатпен пошта арқылы – агент пошта немесе өзге де байланыс ұйымының хабарламасына белгі қойған күннен бастап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте мұндай хабарламаны пошта немесе өзге де байланыс ұйымы пошта немесе өзге де байланыс ұйымының қабылдағаны туралы белгі қойылған күннен бастап 10 (он) жұмыс күнінен кешіктірілмейтін мерзімде жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пошта немесе өзге де байланыс ұйымы осы тармақта көзделген, мемлекеттік кірістер органдары пошта арқылы жеткізілгені туралы хабарлама берілетін тапсырыс хатпен агентке жіберген хабарламаны қайтарған жағдайда мұндай хабарламаны тапсыру күні Салық кодексінде белгіленген тәртіппен айқындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электрондық тәсілмен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хабарлама "Салық төлеушінің кабинеті" веб-қосымшаға жеткізілген күннен бастап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл тәсіл Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасына сәйкес мемлекеттік кірістер органдарымен электрондық тәсілмен өзара іс-қимыл жасайтын агентке қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хабарлама "электрондық үкімет" веб-порталындағы пайдаланушының жеке кабинетіне жеткізілген күннен бастап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл тәсіл "электрондық үкімет" веб-порталында тіркелген агентке қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік корпорация арқылы – оны өзі келіп алған күннен бастап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      27-тармақтың бірінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармаққа өзгеріс енгізілді - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 939</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...712 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Республикалық бюджет туралы заңда белгіленген және жұмыс берушінің міндетті зейнетақы жарналары бойынша тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 6 еселенген мөлшерінен асатын берешек өтелмеген жағдайда мемлекеттік кіріс органы оған хабарлама тапсырылған күннен бастап он жұмыс күні өткеннен кейін банктік шоттар мен касса бойынша агенттің шығыс операцияларын тоқтата тұруды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органдарының өкімі бойынша банктер:</w:t>
-      </w:r>
-[...104 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>189-бабында</w:t>
+        <w:t>201-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген салықтар мен бюджетке төленетін төлемдерді, Қазақстан Республикасының заңнамасында көзделген кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есептелген өсімпұлды, сондай-ақ бюджетке енгізілуге жататын айыппұлдарды төлеу жөніндегі операциялардан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4681,184 +4261,78 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органының агенттің банк шоттары бойынша шығыс операцияларын тоқтата тұру туралы өкімі Қазақстан Республикасының Ұлттық Банкімен келісу бойынша салық және бюджетке төленетін басқа да міндетті төлемдер түсімдерін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті мемлекеттік орган бекіткен нысан бойынша шығарылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің кассасы бойынша шығыс операцияларын тоқтата тұру:</w:t>
-      </w:r>
-[...104 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       кейіннен Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>189-бабында</w:t>
+        <w:t>201-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген салықтар мен бюджетке төленетін төлемдерді, Қазақстан Республикасының заңнамасында көзделген кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есептелген өсімпұлды, сондай-ақ бюджетке енгізілуге жататын айыппұлдарды төлеу есебіне аудару үшін банктерге ақша тапсыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4917,126 +4391,208 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкім берешек сомасы туралы хабарлама жіберу және тапсыру үшін осы Қағидалардың 28-тармағында көзделген тәсілмен агентке жіберіледі және тапсырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің банк шоттары мен кассасы бойынша шығыс операцияларын тоқтата тұру туралы мемлекеттік кірістер органы өкімдерінің күшін осындай өкімдерді шығарған мемлекеттік кірістер органы жұмыс берушінің міндетті зейнетақы жарналары бойынша берешек өтелген күннен кейінгі бір жұмыс күнінен кешіктірмей жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармаққа өзгеріс енгізілді - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Жұмыс берушінің міндетті зейнетақы жарналары бойынша берешек өтелмеген жағдайда пайдасына жұмыс берушінің міндетті зейнетақы жарналары бойынша берешек өндіріп алынатын жеке тұлғалардың тізімдерін хабарлама жіберген мемлекеттік кірістер органына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің жоғары деңгейі санатына жатқызылған агент өзіне хабарлама табыс етілген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің орташа деңгейі санатына жатқызылған агент өзіне хабарлама табыс етілген күннен бастап 15 (он бес) жұмыс күні өткеннен кейін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Осы Қағидалардың 30-тармағына сәйкес агент ұсынған тізімдер негізінде мемлекеттік кірістер органы тізімдерді алған күннен бастап бес жұмыс күнінен кешіктірмей жұмыс берушінің міндетті зейнетақы жарналары бойынша берешек сомаларын агенттердің банк шоттарынан мәжбүрлеп өндіріп алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттердің банктік шоттарынан жұмыс берушінің міндетті зейнетақы жарналары бойынша берешекті өндіріп алу Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен ресімделген мемлекеттік кіріс органының инкассалық өкімі негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5129,110 +4685,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Мемлекеттік кірістер органы инкассалық өкімдерді бенефициарды –Мемлекеттік корпорацияны көрсете отырып, агенттің банк шотына (шоттарына) қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z41" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Жұмыс берушінің міндетті зейнетақы жарналарын банк шотын ашпай төлеген кезде банктердің көрсетілетін қызметтеріне ақы төлеуге байланысты шығыстар агенттің қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z42" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Агенттердің жұмыс берушінің міндетті зейнетақы жарналарын аударуын, белгіленген жағдайларда өсімпұл төлеуін, БЖЗҚ жүргізетін жұмыс берушінің міндетті зейнетақы жарналарының қате есептелген сомаларын қайтаруын бақылауды қамтамасыз ету үшін Мемлекеттік корпорация күн сайын (өткен күн үшін) мемлекеттік кірістер органдарына келіп түскен, сондай-ақ қате аударылған жұмыс берушінің міндетті зейнетақы жарналарының тізілімдерін және электрондық төлем тапсырмаларын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация жұмыс берушінің міндетті зейнетақы жарналарының келіп түскен, қате аударылған сомаларының тізілімдері бойынша ай сайынғы есепті мемлекеттік кірістер органдарына ай сайын, есепті айдан кейінгі айдың 5-і күнінен кешіктірмей ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -5495,68 +5051,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Агенттің жұмыс берушінің міндетті зейнетақы жарналарының және (немесе)  өсімпұлдың қате аударылған сомаларын қайтаруға өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6418,68 +5974,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның өзінің шартты зейнетақы шотынан қате есептелген соманы алуға келісетіні туралы өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, _____________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6683,55 +6239,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>