--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad4b583" w14:textId="ad4b583">
+    <w:p w14:paraId="bf04763" w14:textId="bf04763">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -557,206 +557,416 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына аудару және олар бойынша өндіріп алу қағидалары мен мерзімдерін бекіту туралы 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына аудару және олар бойынша өндіріп алу қағидалары мен мерзімдері (бұдан әрі – Қағидалар) Қазақстан Республикасының Әлеуметтік кодексі (бұдан әрі – Әлеуметтік кодекс) 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына (бұдан әрі – БЖЗҚ) аудару және олар бойынша өндіріп алу тәртібі мен мерзімдерін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидалардың мақсаттары үшін мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
-[...15 lines deleted...]
-      2. Осы Қағидалардың мақсаттары үшін мынадай ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты "бір терезе" қағидаты бойынша ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
-[...15 lines deleted...]
-      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты "бір терезе" қағидаты бойынша ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – зейнетақы жарналарын тарту және зейнетақы төлемдері жөніндегі қызметті, сондай-ақ Әлеуметтік кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
-[...15 lines deleted...]
-      2) бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – зейнетақы жарналарын тарту және зейнетақы төлемдері жөніндегі қызметті, сондай-ақ Әлеуметтік кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) интернет-платформаның операторы (бұдан әрі – оператор) –интернет-платформада тіркелген орындаушылар мен тапсырыс берушілер арасында қызметтер көрсету және жұмыстарды орындау бойынша байланыстар орнату және мәмілелер жасасу үшін ақпараттық технологиялар мен жүйелерді қолдана отырып, техникалық, ұйымдастырушылық (оның ішінде жұмыстарды немесе қызметтерді көрсету үшін үшінші тұлғаларды тарта отырып көрсетілетін қызметтерді), ақпараттық және өзге де мүмкіндіктерді ұсыну жөніндегі қызметтерді интернет-платформаны пайдалана отырып көрсететін дара кәсіпкер немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z93" w:id="8"/>
-[...15 lines deleted...]
-      2-1) интернет-платформаның операторы (бұдан әрі – оператор) –интернет-платформада тіркелген орындаушылар мен тапсырыс берушілер арасында қызметтер көрсету және жұмыстарды орындау бойынша байланыстар орнату және мәмілелер жасасу үшін ақпараттық технологиялар мен жүйелерді қолдана отырып, техникалық, ұйымдастырушылық (оның ішінде жұмыстарды немесе қызметтерді көрсету үшін үшінші тұлғаларды тарта отырып көрсетілетін қызметтерді), ақпараттық және өзге де мүмкіндіктерді ұсыну жөніндегі қызметтерді интернет-платформаны пайдалана отырып көрсететін дара кәсіпкер немесе заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын төлеу жөніндегі агент (бұдан әрі – агент) – Қазақстан Республикасындағы қызметін шетелдік заңды тұлғалардың тұрақты мекемесі, филиалдары, өкілдіктері арқылы жүзеге асыратын шетелдік заңды тұлғаны қоса алғанда, Қазақстан Республикасының заңнамасында айқындалатын тәртіппен міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептейтін, ұстап қалатын (есепке жазатын) және бірыңғай жинақтаушы зейнетақы қорына аударатын жеке немесе заңды тұлға.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының салық заңнамасында айқындалған салық агенттері (бұдан әрі – салық агенттері) жұмыстарды орындауды (қызметтер көрсетуді) көздейтін азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлғалар үшін міндетті зейнетақы жарналарын төлеу жөніндегі агент ретінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаның үшінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -778,50 +988,148 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақты 4) тармақшамен толықтыру көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 27.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 228</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -835,128 +1143,348 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заңды тұлғалар, жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер өздерінің орналасқан (тұратын) жері бойынша мемлекеттік кірістер органдарында агент ретінде есепке алынуға тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Агенттер жұмыскерлерге төленетін кірістерден, сондай-ақ азаматтық-құқықтық сипатта шарт жасасқан жеке тұлғалардың кірісінен ай сайын міндетті зейнетақы жарналарын есептеп, ұстап қалады және оларды БЖЗҚ-ға аударады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың екінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кәсіптері еңбек жағдайлары зиянды өндірістердің, жұмыстардың, ондағы жұмыстармен айналысатын жұмыскерлер кәсіптерінің тізбесінде көзделген, пайдасына міндетті кәсіптік зейнетақы жарналарының салымшылары өз қаражаты есебінен міндетті кәсіптік зейнетақы жарналарын жүзеге асыратын жұмыскерлердің еңбегін пайдаланатын агенттер жұмыскердің кірісінен ай сайын міндетті кәсіптік зейнетақы жарналарын есепке жазады және БЖЗҚ-ға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың үшінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер міндетті зейнетақы жарналарын салық кезеңінің әрбір айы үшін есептейді және оларды өзінің пайдасына БЖЗҚ-ға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шаруа немесе фермер қожалықтары міндетті зейнетақы жарналарын салық кезеңінің әрбір айы үшін есептейді және оларды шаруа немесе фермер қожалығының кәмелетке толған мүшесінің (қатысушысының) және басшысының пайдасына БЖЗҚ-ға аударады. Шаруа немесе фермер қожалығының кәмелетке толған мүшелерінің (қатысушыларының) пайдасына міндетті зейнетақы жарналары олар кәмелетке толған жылдан кейінгі күнтізбелік жылдың басынан есептелуге және төленуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -987,209 +1515,314 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің 248-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінің 1) және 2) тармақшаларында көрсетілген азаматтар үшін міндетті зейнетақы жарналары алынатын кірістің 10 пайызы мөлшерінде, бірақ республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының 50 еселенген мөлшерінің 10 пайызынан жоғары болмайтын мөлшерде кейіннен БЖЗҚ-дағы жеке зейнетақы шотына аудару үшін қолма-қол ақшамен жарна салу арқылы банктерге және (немесе) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға төленуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Агенттер, егер мүгедектігі мерзімсіз болып белгіленсе, бірінші және екінші топтардағы мүгедектігі бар тұлғалардың кірістерінен салымшының ай сайын БЖЗҚ-ға аударылатын міндетті зейнетақы жарналарын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш бойынша есептейді және ұстап қалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Заңды тұлға – агенттер ұстап қалған және аударылған міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары, оның ішінде қате төлемдерді қайтару туралы мәліметтерді электрондық немесе қағаз жеткізгіштерде заңнамада белгіленген тәртіппен сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлға – агент таратылған кезде міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын ұстап қалу және аудару туралы құжаттар агенттің орналасқан жеріндегі мемлекеттік архивке беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) тәртібі мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 16.09.2024 </w:t>
-[...23 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақта бірінші бөлік жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. БЖЗҚ-ға төленуге жататын міндетті зейнетақы жарналары осы Қағидалардың 10-тармағында көзделген мерзімде Әлеуметтік кодекстің 102-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1204,147 +1837,366 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, міндетті зейнетақы жарналарын есептеу объектісіне Әлеуметтік кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>249-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерлемені қолдану арқылы есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте міндетті зейнетақы жарналарын есептеу үшін қабылданатын ең жоғары жиынтық жылдық кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының елу еселенген мөлшерінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мыналар міндетті зейнетақы жарналарын есептеу объектілері болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды тұлғалар үшін – жалдамалы жұмыскерлердің, азаматтық-құқықтық сипаттағы шарттар жасалған жеке тұлғалардың, ақы төленетін өзге жұмысы бар (сайланған, тағайындалған немесе бекітілген) тұлғалардың міндетті зейнетақы жарналарын есептеу үшін қабылданатын, республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының елу еселенген мөлшерінен аспайтын ай сайынғы кірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жалдамалы жұмыскерлердің еңбегін пайдаланатын жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер үшін – жалдамалы жұмыскердің және ақы төленетін өзге жұмысы бар (сайланған, тағайындалған немесе бекітілген) тұлғалардың міндетті зейнетақы жарналарын есептеу үшін қабылданатын, республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының елу еселенген мөлшерінен аспайтын ай сайынғы кірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаның бірінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер үшін – алатын кірісі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаның екінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер үшін міндетті зейнетақы жарналарын есептеу мақсаттары үшін алынатын кіріс Әлеуметтік кодекстің 249-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1377,166 +2229,166 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Салық кодексі) сәйкес салық салу мақсаттары үшін айқындалатын кірісінен аспайтын, өздері дербес айқындайтын сома болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кірісі болмаған жағдайда жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер БЖЗҚ-ға өзінің пайдасына міндетті зейнетақы жарналарын республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақы мөлшерінен 10 пайыз есебінен төлеуге құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Мемлекеттік корпорация үшін – еңбекке қабілеттіліктен айырылу, жұмысынан айырылу, жүктілікке және босануға, жаңа туған баланы (балаларды) асырып алуға және бала бір жарым жасқа толғанға дейін оның күтіміне байланысты кірісінен айырылу жағдайлары бойынша әлеуметтік төлемдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының шетелдік мекемелерінде жұмыс істейтін дипломатиялық қызмет персоналы бөлігінде Қазақстан Республикасының Сыртқы істер министрлігі үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дипломатиялық қызмет қызметкерлері – белгіленген ақшалай төлемдермен еңбекақы төлеудің бірыңғай жүйесіне сәйкес бөлу негізінде айлықақының 100 пайыз мөлшері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дипломатиялық қызмет жұмыскерлері – Министрліктің дипломатиялық қызмет персоналына теңестірілген лауазымы бойынша белгіленген ақшалай төлемдермен еңбекақы төлеудің бірыңғай жүйесіне сәйкес бөлу негізінде айлықақының 100 пайыз мөлшері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сақтандыру ұйымы үшін – жалақысынан (кірісінен) айырылуына байланысты залалды өтеу ретіндегі сақтандыру төлемі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) салық агенті болып табылмайтын жеке тұлғалармен жасалған азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін – жұмыстарды орындауды (қызметтер көрсетуді) көздейтін азаматтық-құқықтық сипаттағы шарттар бойынша алған кірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1564,71 +2416,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақшаның бірінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Салық кодексінің 89-1-тарауында көрсетілген бірыңғай төлем төлеушілер үшін бірыңғай төлем мөлшерлемесіндегі міндетті зейнетақы жарналарының үлесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 1 қаңтардан бастап 50,0 пайызды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1819,90 +2767,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2027 жылғы 1 қаңтардан бастап 25,8 пайызды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2028 жылғы 1 қаңтардан бастап 26,3 пайызды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="25"/>
+    <w:bookmarkStart w:name="z94" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) арнаулы мобильдік қосымша пайдаланылатын арнаулы салық режимін қолданатын дара кәсіпкерлер болып табылатын орындаушылар үшін міндетті зейнетақы жарналарын төлеуді жүзеге асыратын операторлар үшін – орындаушылар алған кіріс немесе Әлеуметтік кодекстің 249-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тәртіппен міндетті зейнетақы жарналарын есептеу үшін алынатын кіріс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Міндетті зейнетақы жарналарын есептеу үшін алынатын кіріс деп міндетті зейнетақы жарналары төленбейтін, бірақ Салық кодексіне сәйкес салық салу мақсаттары үшін айқындалатын кірістен аспайтын кірістерді қоспағанда, дара кәсіпкер алатын, әлеуметтік аударымдарды төлеу үшін өзі дербес айқындайтын кіріс түсініледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1976,72 +2924,168 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. БЖЗҚ-ға аударылатын міндетті зейнетақы жарналары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z95" w:id="27"/>
+    <w:bookmarkStart w:name="z95" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Салық кодексінің 319-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2056,52 +3100,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25) тармақшасының тоғызыншы абзацында көрсетілген тұлғаларды қоспағанда, 319-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z96" w:id="28"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z96" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2116,52 +3160,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z97" w:id="29"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z97" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Салық кодексінің 341-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2196,91 +3240,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46) және 47) тармақшаларында (жоғалтылған жалақы (кіріс) бөлігінде) белгіленгендерден басқа, Салық кодексінің 341-бабының 1-тармағында көрсетілген (бұл ретте БЖЗҚ-ға міндетті зейнетақы жарналары Салық кодексінің 341-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22) тармақшасының жетінші абзацында көзделген кірістерден ұсталмайды);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z98" w:id="30"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z98" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) мүгедектігі бар тұлғалар және Салық кодексінің 346-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасында көрсетілген өзге де тұлғалардан заттай нысанда немесе материалдық пайда түрінде алынған кірістер мен төлемдерден ұсталмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық кодексінің 341-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2417,51 +3461,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. БЖЗҚ-ға төленуге жататын міндетті кәсіптік зейнетақы жарналарын есепке жазуды агенттер Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 24 мамырдағы № 170 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2476,89 +3520,195 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32568 болып тіркелген) бекітілген кәсіптері өндірістердің, жұмыстардың, жұмыскерлер кәсіптерінің тізбесінде көзделген, еңбек жағдайлары зиянды жұмыстармен айналысатын жұмыскерлердің пайдасына меншікті қаражаты есебінен жүзеге асырады және ол Әлеуметтік кодекстің 250-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерлемені қолдану арқылы есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын БЖЗҚ-ға аудару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Егер осы тармақтың екінші бөлігінде өзгеше көзделмесе, агент міндетті зейнетақы жарналарын аударуды қолма-қол ақшасыз төлемдер арқылы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақтың екінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банктерде және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарда (бұдан әрі – банктер) шоттары жоқ жеке практикамен айналысатын тұлғалар, дара кәсіпкерлер, сондай-ақ азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2571,230 +3721,458 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тәртіппен міндетті зейнетақы жарналарын кейіннен БЖЗҚ-ға аудару үшін оларды банкке қолма-қол ақшамен енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті зейнетақы жарналарын қолма-қол ақшамен не қолма-қол емес тәсілмен төлеу банктер арқылы "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында айқындалған тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ұсталған (есепке жазылған) міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын Мемлекеттік корпорацияға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дара кәсіпкерлер мен заңды тұлғалар (осы тармақтың 2), 3) және 4) тармақшаларында көрсетілген тұлғалардан басқа), жеке практикамен айналысатын тұлғалар жұмыскерлерге төлеген кірісінен және азаматтық-құқықтық сипаттағы шарт жасасқан жеке тұлғалар кіріс төленген айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дара кәсіпкерлер (осы тармақтың 3) тармақшасында көрсетілген дара кәсіпкерлерден басқа), шаруа немесе фермер қожалықтары, жеке практикамен айналысатын тұлғалар өз пайдасына есепті айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) патент негізінде арнаулы салық режимін қолданатын дара кәсіпкерлер Қазақстан Республикасының салық заңнамасында патент құнын төлеу үшін көзделген мерзімде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Мемлекеттік корпорация әлеуметтік төлемдер жүзеге асырылатын айдан кейінгі айдың 15-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сақтандыру ұйымы жалақысынан (кірісінен) айырылу жағдайына байланысты залалды өтеу ретінде сақтандыру төлемі жүзеге асырылған айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) егер Салық кодексінде өзгеше көзделмесе, Әлеуметтік кодекстің 248-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тұлғалар кіріс төленетін айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақшаны алып тастау көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) арнаулы мобильдік қосымша пайдаланылатын арнаулы салық режимін қолданатын дара кәсіпкерлер болып табылатын орындаушылар үшін Оператор кірістер төленген айдан кейінгі айдың 25-інен кешіктірмей аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің 248-бабының 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2871,110 +4249,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Міндетті зейнетақы жарналары, оның ішінде берешек Мемлекеттік корпорацияға аударылады, ол міндетті зейнетақы жарналарын БЖЗҚ-ға жеке тұлғалардың бірыңғай тізіміне сәйкес аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Міндетті зейнетақы жарналары салымшыларының, міндетті кәсіптік зейнетақы жарналары аударылған жеке тұлғалардың міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының сомалары Мемлекеттік корпорацияның шотына түскен күннен бастап үш жұмыс күні ішінде БЖЗҚ-ға Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 қаулысымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 107861 болып тіркелген) Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидалары) айқындалған тәртіппен төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында электрондық төлем тапсырмаларымен аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімде (бұдан әрі – келісім) белгіленген тәртіппен БЖЗҚ-ға осы тармақтың бірінші бөлігінде көрсетілген төлем тапсырмаларына сәйкес пайдасына міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары аударылатын жеке тұлғалар жөніндегі ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3107,90 +4485,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын төлеуді агент "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын ескере отырып, Мемлекеттік корпорацияның банктік шотына қолма-қол ақшамен не қолма-қол емес тәсілмен екінші деңгейдегі банктер және банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырады, бұл ретте жарналарды аудару Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен, төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында, сондай-ақ төлем құжаттарында Мемлекеттік корпорация деректемелері, пайдасына жарналар аударылатын жеке тұлғалардың деректемелері (жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты, әкесінің аты (бар болса), жарналар сомалары мен жарналар төленетін кезең ("ААЖЖЖЖ" форматында ай және жыл) көрсетіліп, жиынтық төлем тапсырмасы қалыптастырылып, әрбір ай үшін бөлек жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттер міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын уақтылы аудармаған жағдайда аудару осы тармақтың бірінші абзацында белгіленген тәртіппен жиынтық төлем тапсырмасын қалыптастыра отырып, әрбір ай үшін бөлек жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3247,51 +4625,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Жеке практикамен айналысатын тұлғалар, дара кәсіпкерлер, сондай-ақ Әлеуметтік кодекстің 248-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3326,51 +4704,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген Қазақстан Республикасының азаматтары міндетті зейнетақы жарналарының сомаларын өз пайдасына және өз жұмыскерлерінің және жұмыстарды орындауды (қызметтер көрсетуді) көздейтін азаматтық-құқықтық сипаттағы шарт жасасқан жеке тұлғалардың кірістерінен ұстап қалынған сомаларды аудару (қолма-қол ақшамен енгізу) кезінде төлем құжаттарында Мемлекеттік корпорацияның деректемелерін, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен өзі, жұмыскерлер және азаматтық-құқықтық сипаттағы шарт жасасқан жеке тұлғалар туралы деректемелер мен мәліметтерді көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3409,70 +4787,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Банктер міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының сомаларын агенттердің банктік шоттарынан осы сомалар есептен шығарылған күні Мемлекеттік корпорацияға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары қолма-қол ақшамен банктердің кассаларына енгізілген кезде төлем немесе ақшаны аудару бойынша нұсқау сомаларын аудару қолма-қол ақша енгізілген күннен кейінгі операциялық күннен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3605,110 +4983,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Әлеуметтік кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген зейнеткерлік жасқа жеткен тұлғаның алдында міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек болған жағдайда бұл берешекті агент оның банктік шотына ақша аудару арқылы төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z92" w:id="48"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z92" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1. Міндетті кәсіптік зейнетақы жарналарын аудару кезінде қателер анықталған жағдайда міндетті кәсіптік зейнетақы жарналары аударылған жеке тұлғалардың, агенттердің, Мемлекеттік корпорацияның, банктің және БЖЗҚ әрекеттері, сондай-ақ міндетті кәсіптік зейнетақы жарналарын БЖЗҚ-ға уақтылы аудармаған кезде өсімпұл төлеу және берешекті өндіріп алу БЖЗҚ-ға міндетті зейнетақы жарналарын аударуға арналған тараудың 1 және 2-параграфында көзделген тәртіппен және мерзімдерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3727,88 +5105,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="49"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Міндетті зейнетақы жарналарын аудару кезінде қателер анықталған жағдайда міндетті зейнетақы жарналары салымшыларының, агенттердің және БЖЗҚ-ның іс-қимылы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z50" w:id="50"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Міндетті зейнетақы жарналарының салымшысы зейнетақы төлемдерін немесе жеке зейнетақы шоттарындағы зейнетақы жинақтарының сомалары туралы мәліметтерді алу кезінде төленген міндетті зейнетақы жарналарының және (немесе) өсімпұлдың жекелеген сомалары жоқ екенін анықтаған кезде тиісті мәліметтерді алу және жол берілген қателерді түзету шараларын қабылдау үшін агентке қателердің анықталғаны және БЖЗҚ-ға немесе Мемлекеттік корпорацияға міндетті зейнетақы жарналарының (немесе) өсiмпұлдың аударылғаны туралы кез келген уақыттағы төлем құжаттарының көшірмелерін өзіне беру туралы жазбаша өтініш береді және осы салымшы (тегі, аты, әкесінің аты (бар болса), жарналар сомасы және кезеңі ("ААЖЖЖЖ" форматында айы мен жылы) бойынша ақпарат қамтылған төлем құжатын қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3847,70 +5225,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="51"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Агент заңнамада белгіленген тәртіппен таратылған және тарату процесі аяқталған жағдайларда міндетті зейнетақы жарналарының салымшысы агенттің орналасқан жеріндегі мемлекеттік архив мекемелеріне, ал тарату өндірісі барысында тарату комиссиясына жүгінеді, олар оған төлем құжаттарының куәландырылған көшірмелерін ұсынады. Міндетті зейнетақы жарналарының салымшысы алған төлем құжаттарының көшірмелерін өтінішпен қоса Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3929,986 +5307,986 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="52"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Міндетті зейнетақы жарналары салымшысының деректемелерінде міндетті зейнетақы жарналарын және (немесе) өсiмпұлды аудару кезінде жіберілген қателер анықталған жағдайда міндетті зейнетақы жарналарының салымшысы Мемлекеттік корпорацияға қателерді түзету туралы өтінішпен жүгінеді. Міндетті зейнетақы жарналарының салымшысы өтініш жасаған күннен бастап үш жұмыс күні ішінде осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша агент беретін растау-анықтама немесе міндетті зейнетақы жарналары салымшысының (алушының) деректемелерінде орын алған өзгерістерді растайтын жеке басты куәландыратын құжаттың көшірмесі өтінішке қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті зейнетақы жарналары банктік шот пайдаланылмай аударылған кезде растау-анықтаманың орнына қолма-қол ақшаның міндетті зейнетақы жарналарын төлеу есебіне енгізілгенін растайтын түбіртек-хабарламалардың көшірмелері қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация ұсынылған құжаттардың негізінде міндетті зейнетақы жарналарының есебiнен зейнетақымен қамсыздандыру туралы шартта және міндетті зейнетақы жарналары салымшысының жеке зейнетақы шотында көрсетілген міндетті зейнетақы жарналары салымшысының деректемелеріне өзгерістер енгізу үшін осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша міндетті зейнетақы жарналары салымшысы өтінішінің электрондық көшірмесімен қоса БЖЗҚ-ға электрондық өтінімді ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="53"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Агент міндетті зейнетақы жарналарын және (немесе) өсiмпұлды есептеу, аудару кезінде жіберілген қателерді анықтаған немесе міндетті зейнетақы жарналары салымшысының қателердің анықталғаны туралы жазбаша өтінішін алған жағдайларда қателерді міндетті зейнетақы жарналарының және (немесе) өсімпұлдың кейінгі аударымдарын реттеу жолымен түзетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың кейінгі аударымдарын реттеу жолымен қателерді түзету мүмкін болмаған кезде агент осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша қате аударылған міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтару туралы өтінішпен Мемлекеттік корпорацияға жүгінеді. Қате аударылған міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтару туралы өтінішке осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша міндетті зейнетақы жарналары салымшысының жеке зейнетақы шотынан қате есептелген сомаларды есептен шығаруға келісетіні туралы нотариат куәландырған өтініші қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="54"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қате есептелген міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтаруға берілген өтініште: агенттің атауы мен деректемелері (бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН), ЖСН, банктік сәйкестендіру коды (бұдан әрі – БСК), жеке сәйкестендіру коды (бұдан әрі – ЖСК), қайтару себебі, қателер жіберілген төлем құжаттарының деректемелері (нөмірі, күні мен сомасы), сондай-ақ жеке зейнетақы шотынан қайтару жүргізілетін міндетті зейнетақы жарналары салымшысының деректемелері мен қайтарылуға жататын жеке сомалар көрсетіледі. Өтінішке басшы және бас бухгалтер қол қоюға тиіс. Егер бас бухгалтердің лауазымы көзделмеген болса, қайтаруға берілген өтініште тиісті белгі жасалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Қате аударылған міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтаруға агенттер мен банктерден алынған құжаттардың негізінде Мемлекеттік корпорация көрсетілген зейнетақы жарналарының түсу фактісін және олар бойынша бұған дейін қайтару жүзеге асырылмағанын тексергеннен кейін бес жұмыс күні ішінде қате есептелген міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың сомаларын қайтаруға электрондық түрде өтінім қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық түрдегі өтінімде міндетті зейнетақы жарналары салымшысының деректемелері: тегі, аты, әкесінің аты (бар болса), ЖСН, міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қайтарылатын сомалары, қайтару себебі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық түрдегі өтінім БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімге сәйкес БЖЗҚ-ға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. БЖЗҚ Мемлекеттік корпорациядан жазылған міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қате есептелген сомаларын қайтаруға арналған электрондық түрдегі өтінімді алысымен оны алған күннен бастап бес жұмыс күні ішінде Мемлекеттік корпорация өтінімінің нөмірі мен күнін көрсетіп, қате есепке жазылған міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын Мемлекеттік корпорацияға қайтаруды жүзеге асырады не Мемлекеттік корпорацияға БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімде көрсетілген себептер бойынша қайтарудан бас тарту туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Үкіметінің 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Қателер банктің кінәсінан жіберілген жағдайда банк қате аударылған соманы қайтару туралы өтінішпен Мемлекеттік корпорацияға хат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктің кінәсінан қате аударылған сомаларды қайтаруға арналған өтініште: атауы, БСН, ЖСК, БСК, қате жіберілген төлем құжаттарының референстері және қайтарудың себебі көрсетіледі. Банктің уәкілетті тұлғалары қол қойған хат пен өтініш осы тұлғалардың қате нұсқауды қайтаруға арналған хаттар мен өтініштерге қол қоюға өкілеттігін растайтын құжаттың көшірмесімен қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мемлекеттік корпорацияның облыстардағы, республикалық маңызы бар қалалардағы және астанадағы филиалдары (бұдан әрі – Мемлекеттік корпорацияның филиалы) және Мемлекеттік корпорация Мемлекеттік әлеуметтік сақтандыру қорынан еңбекке қабілеттіліктен айырылу және (немесе) жұмысынан айырылу, жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға байланысты, бала бір жарым жасқа толғанға дейін оның күтіміне байланысты кірісінен айырылу жағдайларына берілетін әлеуметтік төлемдерден міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын есептеу, ұстап қалу және аудару кезінде жіберілген қателерді анықтаған жағдайда Мемлекеттік корпорацияның филиалы қате аударылған міндетті зейнетақы жарналарын және (немесе) өсімпұлды қайтаруға электрондық түрдегі өтінімді Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Қате есептелген міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын қайтаруды БЖЗҚ Мемлекеттік корпорацияның электрондық түрдегі өтінімінде көрсетілген міндетті зейнетақы жарналарының және (немесе) өсімпұлдың БЖЗҚ-ға нақты енгізілген номиналды сомасы бойынша Мемлекеттік корпорацияның банктік шотына жиынтық төлем тапсырмасымен жүргізіп, жеке тұлғалардың деректемелерін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Үкіметінің 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Әлеуметтік төлемдерді тағайындау кезінде қатысу өтіліне қабылданған кезең үшін аударылған міндетті зейнетақы жарналарының сомалары қайтарылуға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. БЖЗҚ-да тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында біржолғы зейнетақы төлеміне, зейнетақы жинақтарын сақтандыру ұйымына аударуға өтініш болып, ол орындалмаған болса, сондай-ақ жеке табыс салығын төлеу жөніндегі салық міндеттемелерін орындау үшін міндетті зейнетақы жарналары салымшысының жеке зейнетақы шотындағы зейнетақы жинақтарының сомасы тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында біржолғы зейнетақы төлемдері кезінде есептелген жеке табыс салығын төлеу бойынша салық міндеттемелерін орындау үшін жеткіліксіз болған кезде міндетті зейнетақы жарналарының сомасы қайтарылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z55" w:id="55"/>
-[...15 lines deleted...]
-      22. Қате аударылған міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтаруға агенттер мен банктерден алынған құжаттардың негізінде Мемлекеттік корпорация көрсетілген зейнетақы жарналарының түсу фактісін және олар бойынша бұған дейін қайтару жүзеге асырылмағанын тексергеннен кейін бес жұмыс күні ішінде қате есептелген міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың сомаларын қайтаруға электрондық түрде өтінім қалыптастырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Базалық зейнетақы төлемінің сомасын есептеу кезінде ескерілген міндетті зейнетақы жарналарының сомасы қайтарылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Үкіметінің 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Қате есептелген міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың сомалары БЖЗҚ-дан түскен күннен бастап үш жұмыс күні ішінде Мемлекеттік корпорация оларды агенттің өтінішінде көрсетілген деректемелерге сәйкес жиынтық төлем тапсырмасымен аударуды жүргізіп, жеке тұлғалардың деректемелерін көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      Электрондық түрдегі өтінім БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімге сәйкес БЖЗҚ-ға жіберіледі.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Үкіметінің 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Банк қате аударылған міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың сомалары Мемлекеттік корпорациядан түскен күннен бастап үш жұмыс күні ішінде агентті міндетті зейнетақы жарналарының қайтарылғаны туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. БЖЗҚ-ға міндетті зейнетақы жарналары уақтылы аударылмаған кезде өсімпұл төлеу және берешекті өндіріп алу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Кіріс нақты төленген және оны жұмыскер алған жағдайда агент уақтылы ұстап қалмаған (есепке жазбаған) және (немесе) аудармаған міндетті зейнетақы жарналарының сомаларын мемлекеттік кірістер органдары өндіріп алады немесе агент міндетті зейнетақы жарналары салымшыларының пайдасына, жұмыс берушінің міндетті зейнетақы жарналары және (немесе) міндетті кәсіптік зейнетақы жарналары төленетін жұмыскерлердің пайдасына мерзімі өткен әрбір күн үшін (Мемлекеттік корпорацияға жарналарды төлеу күнін қоса алғанда) Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесінің 1,25 еселенген мөлшерінде есептелген өсімпұлмен аударуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттер міндетті зейнетақы жарналарын БЖЗҚ-ға уақтылы есептейді, ұстап қалады (есепке жазады) және төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 16.09.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Үкіметінің 16.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="57"/>
-[...135 lines deleted...]
-      25. Мемлекеттік корпорацияның облыстардағы, республикалық маңызы бар қалалардағы және астанадағы филиалдары (бұдан әрі – Мемлекеттік корпорацияның филиалы) және Мемлекеттік корпорация Мемлекеттік әлеуметтік сақтандыру қорынан еңбекке қабілеттіліктен айырылу және (немесе) жұмысынан айырылу, жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға байланысты, бала бір жарым жасқа толғанға дейін оның күтіміне байланысты кірісінен айырылу жағдайларына берілетін әлеуметтік төлемдерден міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын есептеу, ұстап қалу және аудару кезінде жіберілген қателерді анықтаған жағдайда Мемлекеттік корпорацияның филиалы қате аударылған міндетті зейнетақы жарналарын және (немесе) өсімпұлды қайтаруға электрондық түрдегі өтінімді Мемлекеттік корпорацияға жібереді.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Міндетті зейнетақы жарналарын уақтылы ұстамағаны (есепке жазбағаны) және аудармағаны үшін өсімпұлды агенттер Қазақстан Республикасы Ұлттық Банкі Басқармасының актісімен бекітілетін экономика секторларының кодтарын қолдану және төлемдерді тағайындау тәртібіне сәйкес айқындалатын төлемдерді тағайындау кодтарын көрсете отырып, Мемлекеттік корпорацияның банктік шотына төлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z60" w:id="60"/>
-[...481 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="68"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. БЖЗҚ-ға міндетті зейнетақы жарналарын уақтылы аудармағаны үшін өсімпұл төлеуді агенттер осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші абзацында белгіленген тәртіппен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әрбір төлем құжаты, оған қоса берілетін жеке тұлғалардың тізімдері даналарының саны, сондай-ақ оларды беру тәртібі мен мерзімдері осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4985,90 +6363,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="69"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Жұмыскерлерінің саны елу адамнан асатын агент өсiмпұл төлеген кезде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> айқындалған тәртіппен банкке жеке тұлғалардың деректемелерін көрсете отырып, қағаз және электрондық жеткізгіштердегі жиынтық төлем құжатын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5107,90 +6485,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="70"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Төлем құжатына қоса берілетін жеке тұлғалардың деректемелері көрсетілген жиынтық төлем тапсырмаларында осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген "жарна сомасы" деген бағанды қоспағанда, міндетті зейнетақы жарналарын аудару кезіндегі әрбір жеке тұлға бойынша деректемелер қамтылады. Жарна сомасының орнына өсiмпұлдың тиісті сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5229,70 +6607,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="71"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Агенттер төлем құжаттарын алған кезде банктер өсiмпұлды Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында Мемлекеттік корпорацияның банктік шотына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5331,70 +6709,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="72"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. БЖЗҚ-ға ақшаны уақтылы аудармағаны үшін Мемлекеттік корпорация Әлеуметтік кодексте белгіленген мөлшерде өсiмпұл төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өсімпұлды төлеу үшін төлем тапсырмаларын Мемлекеттік корпорация агенттің төлем тапсырмасы негізінде Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5489,70 +6867,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="73"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. БЖЗҚ алынған өсiмпұлды міндетті зейнетақы жарналары салымшыларының жеке зейнетақы шоттарына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5591,90 +6969,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="74"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары бұзылып аударылған өсiмпұл Мемлекеттік корпорацияға қайтарылуға тиіс, келесі аударғанда өсiмпұл сомасы көрсетілген тізімді ұсыну кезінде кешіктірілген күндер санына ұлғаяды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5712,109 +7090,205 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z75" w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      40-тармақтың бірінші бөлігі жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің жоғары немесе орташа деңгейі санатына жатқызылған агентте міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек пайда болған күннен бастап бес жұмыс күнінен кешіктірмей мемлекеттік кірістер органы агентке кейіннен БЖЗҚ-ға аудару үшін Мемлекеттік корпорацияға аударылатын міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының сомасы туралы хабарлама (бұдан әрі – хабарлама) жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарламаның нысанын салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="76"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Хабарлама агентке жеке қолын қойғызып немесе жөнелту және алу фактісін растайтын өзге де тәсілмен табыс етілуге тиіс. Бұл ретте төменде көрсетілген тәсілдердің бірімен жіберілген хабарлама мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) хабарламасы бар тапсырыс хатпен пошта арқылы – пошта немесе өзге де байланыс ұйымының хабарламасында агент белгі қойған күннен бастап агентке тапсырылды деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5861,122 +7335,554 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрондық тәсілмен (бұл тәсіл электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасының заңнамасына сәйкес электрондық тәсілмен мемлекеттік кірістер органдарымен өзара іс-қимыл жасайтын агентке қолданылады) – хабарлама "Салық төлеушінің кабинеті" веб-қосымшасына жеткізілген күннен бастап немесе "электрондық үкімет" веб-порталындағы пайдаланушының жеке кабинетіне хабарлама жеткізілген күннен бастап агентке табысталды деп есептеледі (аталған тәсіл "электрондық үкімет" веб-порталында тіркелген агентке қолданылады);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Мемлекеттік корпорация арқылы – оны өзі келіп алған күннен бастап агентке табысталды деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42-тармақтың бірінші абзацы жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өтелмеген жағдайда мемлекеттік кірістер органы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42-тармақтың екінші абзацын алып тастау көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өзіне хабарлама табыс етілген күннен бастап бір жұмыс күні өткен соң Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің жоғары деңгейі санатына жатқызылған агенттің;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42-тармақтың үшінші абзацын алып тастау көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өзіне хабарлама табыс етілген күннен бастап он жұмыс күні өткен соң Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің орташа деңгейі санатына жатқызылған агенттің банктік шоттары мен кассасы бойынша шығыс операцияларын тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органдарының өкімі бойынша банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар Қазақстан Республикасының заңнамасында көзделген тәртіппен мыналардан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42-тармақтың бесінші абзацы жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -6085,50 +7991,156 @@
       Мемлекеттік кірістер органының агенттің банк шоттары бойынша шығыс операцияларын тоқтата тұру туралы өкімі Қазақстан Республикасының Ұлттық Банкімен келісу бойынша салық және бюджетке төленетін басқа да міндетті төлемдер түсімдерін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті мемлекеттік орган бекіткен нысан бойынша шығарылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің кассасы бойынша шығыс операцияларын тоқтата тұру:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42-тармақтың он екінші абзацы жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       кейіннен Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>189-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6209,146 +8221,260 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкім берешек сомасы туралы хабарлама жіберу және ұсыну үшін осы Қағидалардың 40-тармағында көзделген тәсілдермен агентке жіберіледі және ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің банк шоттары мен кассасы бойынша шығыс операцияларын тоқтата тұру туралы мемлекеттік кірістер органы өкімдерінің күшін осындай өкімдерді шығарған мемлекеттік кірістер органы міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өтелген күннен кейінгі бір жұмыс күнінен кешіктірмей жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      43-тармақ жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Міндетті зейнетақы жарналары және міндетті кәсіптік зейнетақы жарналары бойынша берешек өтелмеген жағдайда пайдасына міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өндіріп алынатын жеке тұлғалардың тізімдерін хабарлама жіберген мемлекеттік кірістер органына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің жоғары деңгейі санатына жатқызылған агент өзіне хабарлама табыс етілген күннен бастап бес жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің орташа деңгейі санатына жатқызылған агент өзіне хабарлама табыс етілген күннен бастап он бес жұмыс күні өткеннен кейін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="79"/>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес агент ұсынған тізімдер негізінде мемлекеттік кірістер органы тізімдерді алған күннен бастап бес жұмыс күнінен кешіктірмей міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек сомасын агенттердің банктік шоттарынан мәжбүрлеп өндіріп алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттердің банктік шоттарынан міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешекті өндіріп алу агент ұсынған тізімдер қоса берілген мемлекеттік кірістер органының инкассалық өкімі негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6359,110 +8485,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиентке қойылатын барлық талаптарды қанағаттандыру үшін банктік шотта (шоттарда) ақша болмаған немесе жеткіліксіз болған жағдайда банк клиенттің ақшасын алып қоюды Қазақстан Республикасының Азаматтық кодексінде белгіленген кезектілік тәртібімен жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің банк шотында ұлттық валютада ақша болмаған жағдайда жұмыс берушінің міндетті зейнетақы жарналары бойынша берешекті өндіріп алу мемлекеттік кірістер органдары ұлттық валютада берген инкассалық өкімдер негізінде агенттің шетел валютасындағы банк шоттарынан жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="80"/>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Мемлекеттік кірістер органы инкассалық өкімдерді бенефициарды – Мемлекеттік корпорацияны көрсете отырып, агенттің банк шотына (шоттарына) қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z81" w:id="81"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Міндетті зейнетақы жарналары банктік шот ашылмай төленген кезде банктердің көрсетілетін қызметтеріне ақы төлеуге байланысты шығыстар агенттің қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z82" w:id="82"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z82" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Агенттердің міндетті зейнетақы жарналарын аударуын, белгіленген жағдайларда өсiмпұл төлеуін, БЖЗҚ жүргізетін міндетті зейнетақы жарналарының қате есептелген сомаларын қайтаруын бақылауды қамтамасыз ету үшін Мемлекеттік корпорация күн сайын (өткен күн үшін) мемлекеттік кірістер органдарына түскен, сондай-ақ қате аударылған міндетті зейнетақы жарналарының қайтарылған тізілімдерін және электрондық төлем тапсырмаларын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6678,68 +8804,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="83"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналары салымшысының міндетті зейнетақы жарналарын ұстап қалу туралы өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7083,68 +9209,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Растау-анықтама _________________________________________________________ (төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын аудару кезінде мынадай төлем тапсырмаларында міндетті зейнетақы жарналары салымшыларының, міндетті кәсіптік зейнетақы жарналары аударылған адамдардың деректемелерінде қателер жіберілгенін растайды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7990,68 +10116,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналары салымшысының, міндетті кәсіптік зейнетақы жарналары аударылған адамдардың міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары есебінен зейнетақымен қамсыздандыру туралы шарттың деректемелеріне өзгерістер енгізу туралы өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9262,68 +11388,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="86"/>
+    <w:bookmarkStart w:name="z91" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналары салымшысының, міндетті кәсіптік зейнетақы жарналары аударылған адамдардың қате есептелген сомаларды өзінің жеке зейнетақы шотынан есептен шығаруға келісетіні туралы өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>