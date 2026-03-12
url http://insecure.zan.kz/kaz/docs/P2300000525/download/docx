--- v1 (2025-12-22)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bf04763" w14:textId="bf04763">
+    <w:p w14:paraId="a318cf0" w14:textId="a318cf0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -557,932 +557,562 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына аудару және олар бойынша өндіріп алу қағидалары мен мерзімдерін бекіту туралы 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына аудару және олар бойынша өндіріп алу қағидалары мен мерзімдері (бұдан әрі – Қағидалар) Қазақстан Республикасының Әлеуметтік кодексі (бұдан әрі – Әлеуметтік кодекс) 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына (бұдан әрі – БЖЗҚ) аудару және олар бойынша өндіріп алу тәртібі мен мерзімдерін айқындайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+        <w:t xml:space="preserve"> сәйкес әзірленді және міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына аудару және олар бойынша өндіріп алу тәртібі мен мерзімдерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидалардың мақсаттары үшін мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты "бір терезе" қағидаты бойынша ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – зейнетақы жарналарын тарту және зейнетақы төлемдері жөніндегі қызметті, сондай-ақ Әлеуметтік кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z93" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z93" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) интернет-платформаның операторы (бұдан әрі – оператор) –интернет-платформада тіркелген орындаушылар мен тапсырыс берушілер арасында қызметтер көрсету және жұмыстарды орындау бойынша байланыстар орнату және мәмілелер жасасу үшін ақпараттық технологиялар мен жүйелерді қолдана отырып, техникалық, ұйымдастырушылық (оның ішінде жұмыстарды немесе қызметтерді көрсету үшін үшінші тұлғаларды тарта отырып көрсетілетін қызметтерді), ақпараттық және өзге де мүмкіндіктерді ұсыну жөніндегі қызметтерді интернет-платформаны пайдалана отырып көрсететін дара кәсіпкер немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын төлеу жөніндегі агент (бұдан әрі – агент) – Қазақстан Республикасындағы қызметін шетелдік заңды тұлғалардың тұрақты мекемесі, филиалдары, өкілдіктері арқылы жүзеге асыратын шетелдік заңды тұлғаны қоса алғанда, Қазақстан Республикасының заңнамасында айқындалатын тәртіппен міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептейтін, ұстап қалатын (есепке жазатын) және бірыңғай жинақтаушы зейнетақы қорына аударатын жеке немесе заңды тұлға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының салық заңнамасында айқындалған салық агенттері (бұдан әрі – салық агенттері) жұмыстарды орындауды (қызметтер көрсетуді) көздейтін азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлғалар үшін міндетті зейнетақы жарналарын төлеу жөніндегі агент ретінде қарастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметтер көрсету немесе жұмыстарды орындау жөніндегі қызметті Әлеуметтік кодекстің 243-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген интернет-платформаларды және (немесе) платформалық жұмыспен қамтудың мобильді қосымшаларын пайдаланып жүзеге асыратын жеке тұлғалар үшін міндетті зейнетақы жарналарын төлеу жөніндегі агент ретінде оператор қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өзін-өзі жұмыспен қамтығандарға арналған арнаулы салық режимін қолданатын жеке тұлғалар – Әлеуметтік кодекстің 101-1-бабында көрсетілген тұлғалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 27.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...63 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Заңды тұлғалар, жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер өздерінің орналасқан (тұратын) жері бойынша мемлекеттік кірістер органдарында агент ретінде есепке алынуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Агенттер жұмыскерлерге төленетін кірістерден, сондай-ақ азаматтық-құқықтық сипатта шарт жасасқан жеке тұлғалардың кірісінен ай сайын міндетті зейнетақы жарналарын есептеп, ұстап қалады және оларды БЖЗҚ-ға аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әлеуметтік кодекстің </w:t>
-[...497 lines deleted...]
-      Жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер міндетті зейнетақы жарналарын салық кезеңінің әрбір айы үшін есептейді және оларды өзінің пайдасына БЖЗҚ-ға аударады.</w:t>
+      Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 24 мамырдағы № 170 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32568 болып тіркелген) Өндірістердің, жұмыстардың, пайдасына міндетті кәсіптік зейнетақы жарналарын төлеу жөніндегі агенттер меншікті қаражаты есебінен міндетті кәсіптік зейнетақы жарналарын жүзеге асыратын, еңбек жағдайлары зиянды жұмыстармен айналысатын жұмыскерлер кәсіптерінің тізбесінде көзделген, пайдасына міндетті кәсіптік зейнетақы жарналарының салымшыларының агенттері өз қаражаты есебінен міндетті кәсіптік зейнетақы жарналарын жүзеге асыратын жұмыскерлердің еңбегін пайдаланатын агенттер жұмыскердің кірісінен ай сайын міндетті кәсіптік зейнетақы жарналарын есепке жазады және БЖЗҚ-ға аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке практикамен айналысатын адамдар, Әлеуметтік кодекстің 101-1-бабында көрсетілген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлғалар, сондай-ақ дара кәсіпкерлер салық кезеңінің әрбір айы үшін міндетті зейнетақы жарналарын есептейді және оларды БЖЗҚ-ға өз пайдасына аударады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шаруа немесе фермер қожалықтары міндетті зейнетақы жарналарын салық кезеңінің әрбір айы үшін есептейді және оларды шаруа немесе фермер қожалығының кәмелетке толған мүшесінің (қатысушысының) және басшысының пайдасына БЖЗҚ-ға аударады. Шаруа немесе фермер қожалығының кәмелетке толған мүшелерінің (қатысушыларының) пайдасына міндетті зейнетақы жарналары олар кәмелетке толған жылдан кейінгі күнтізбелік жылдың басынан есептелуге және төленуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1515,1068 +1145,648 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің 248-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінің 1) және 2) тармақшаларында көрсетілген азаматтар үшін міндетті зейнетақы жарналары алынатын кірістің 10 пайызы мөлшерінде, бірақ республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының 50 еселенген мөлшерінің 10 пайызынан жоғары болмайтын мөлшерде кейіннен БЖЗҚ-дағы жеке зейнетақы шотына аудару үшін қолма-қол ақшамен жарна салу арқылы банктерге және (немесе) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға төленуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Агенттер, егер мүгедектігі мерзімсіз болып белгіленсе, бірінші және екінші топтардағы мүгедектігі бар тұлғалардың кірістерінен салымшының ай сайын БЖЗҚ-ға аударылатын міндетті зейнетақы жарналарын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш бойынша есептейді және ұстап қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 16.09.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 16.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Заңды тұлға – агенттер ұстап қалған және аударылған міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары, оның ішінде қате төлемдерді қайтару туралы мәліметтерді электрондық немесе қағаз жеткізгіштерде заңнамада белгіленген тәртіппен сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлға – агент таратылған кезде міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын ұстап қалу және аудару туралы құжаттар агенттің орналасқан жеріндегі мемлекеттік архивке беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу (есепке жазу) тәртібі мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. БЖЗҚ-ға төленетін міндетті зейнетақы жарналары осы Қағидалардың 10-тармағында көзделген мерзімде Әлеуметтік кодекстің 101-1-бабының 4-тармағында және 102-1-бабының 3-тармағында көзделген жағдайларды қоспағанда, міндетті зейнетақы жарналарын есептеу объектісіне Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>249-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мөлшерлемені қолдану арқылы есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте міндетті зейнетақы жарналарын есептеу үшін қабылданатын ең жоғары жиынтық жылдық кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының елу еселенген мөлшерінен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мыналар міндетті зейнетақы жарналарын есептеу объектілері болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлғалар үшін – жалдамалы жұмыскерлердің, азаматтық-құқықтық сипаттағы шарттар жасалған жеке тұлғалардың, ақы төленетін өзге жұмысы бар (сайланған, тағайындалған немесе бекітілген) тұлғалардың міндетті зейнетақы жарналарын есептеу үшін қабылданатын, республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының елу еселенген мөлшерінен аспайтын ай сайынғы кірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалдамалы жұмыскерлердің еңбегін пайдаланатын жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер үшін – жалдамалы жұмыскердің және ақы төленетін өзге жұмысы бар (сайланған, тағайындалған немесе бекітілген) тұлғалардың міндетті зейнетақы жарналарын есептеу үшін қабылданатын, республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының елу еселенген мөлшерінен аспайтын ай сайынғы кірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке практикамен айналысатын адамдар, Әлеуметтік кодекстің 101-1-бабында көрсетілген жеке тұлғалар, сондай-ақ жеке кәсіпкерлер үшін алынатын табысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте міндетті зейнетақы жарналарын есептеу мақсаттары үшін Әлеуметтік кодекстің 101-1-бабында көрсетілген жеке практикамен айналысатын адамдар, жеке тұлғалар, сондай-ақ дара кәсіпкерлер Әлеуметтік кодекстің 249-бабы 1-тармағының 2) тармақшасында белгіленген мөлшерлер шегінде өздері айқындайтын, бірақ Қазақстан Республикасының Салық кодексіне (бұдан әрі – Салық кодексі) сәйкес салық салу мақсаттары үшін айқындалатын табыстан аспайтын сома олар үшін алынатын табыс болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кірісі болмаған жағдайда жеке практикамен айналысатын тұлғалар, сондай-ақ дара кәсіпкерлер БЖЗҚ-ға өзінің пайдасына міндетті зейнетақы жарналарын республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақы мөлшерінен 10 пайыз есебінен төлеуге құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Мемлекеттік корпорация үшін – еңбекке қабілеттіліктен айырылу, жұмысынан айырылу, жүктілікке және босануға, жаңа туған баланы (балаларды) асырып алуға және бала бір жарым жасқа толғанға дейін оның күтіміне байланысты кірісінен айырылу жағдайлары бойынша әлеуметтік төлемдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының шетелдік мекемелерінде жұмыс істейтін дипломатиялық қызмет персоналы бөлігінде Қазақстан Республикасының Сыртқы істер министрлігі үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дипломатиялық қызмет қызметкерлері – белгіленген ақшалай төлемдермен еңбекақы төлеудің бірыңғай жүйесіне сәйкес бөлу негізінде айлықақының 100 пайыз мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дипломатиялық қызмет жұмыскерлері – Министрліктің дипломатиялық қызмет персоналына теңестірілген лауазымы бойынша белгіленген ақшалай төлемдермен еңбекақы төлеудің бірыңғай жүйесіне сәйкес бөлу негізінде айлықақының 100 пайыз мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сақтандыру ұйымы үшін – жалақысынан (кірісінен) айырылуына байланысты залалды өтеу ретіндегі сақтандыру төлемі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) салық агенті болып табылмайтын жеке тұлғалармен жасалған азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін – жұмыстарды орындауды (қызметтер көрсетуді) көздейтін азаматтық-құқықтық сипаттағы шарттар бойынша алған кірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды - ҚР Үкіметінің 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. БЖЗҚ-ға төленуге жататын міндетті зейнетақы жарналары осы Қағидалардың 10-тармағында көзделген мерзімде Әлеуметтік кодекстің 102-1-бабының </w:t>
-[...737 lines deleted...]
-    </w:p>
+      9) Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94-тарауында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген бірыңғай төлем төлеушілер үшін бірыңғай төлем мөлшерлемесіндегі міндетті зейнетақы жарналарының үлесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 1 қаңтардан бастап 50,0 пайызды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2767,90 +1977,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2027 жылғы 1 қаңтардан бастап 25,8 пайызды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2028 жылғы 1 қаңтардан бастап 26,3 пайызды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="20"/>
+    <w:bookmarkStart w:name="z94" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) арнаулы мобильдік қосымша пайдаланылатын арнаулы салық режимін қолданатын дара кәсіпкерлер болып табылатын орындаушылар үшін міндетті зейнетақы жарналарын төлеуді жүзеге асыратын операторлар үшін – орындаушылар алған кіріс немесе Әлеуметтік кодекстің 249-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тәртіппен міндетті зейнетақы жарналарын есептеу үшін алынатын кіріс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Міндетті зейнетақы жарналарын есептеу үшін алынатын кіріс деп міндетті зейнетақы жарналары төленбейтін, бірақ Салық кодексіне сәйкес салық салу мақсаттары үшін айқындалатын кірістен аспайтын кірістерді қоспағанда, дара кәсіпкер алатын, әлеуметтік аударымдарды төлеу үшін өзі дербес айқындайтын кіріс түсініледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2908,459 +2118,615 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 945</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...97 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. БЖЗҚ-ға аударылатын міндетті зейнетақы жарналары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Салық кодексінің 319-бабы </w:t>
-[...29 lines deleted...]
-        <w:t>2-тармағында</w:t>
+      1) Салық кодексінің 367-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тоғызыншы абзацында көрсетілген тұлғаларды қоспағанда, Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>365-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z96" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>329-бабында</w:t>
-[...19 lines deleted...]
-        <w:t>1-тармағында</w:t>
+        <w:t>382</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>435-баптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z97" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) Салық кодексінің 341-бабы </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="24"/>
+      3) Салық кодексінің 429-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 432-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 436-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондай-ақ 400-бабы 1-тармағының 14) тармақшасында және 435-бабының 3) тармақшасында көзделген жағдайларды қоспағанда (жоғалған табыс (кіріс бөлігінде), Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>400</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>430</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>431</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>432</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>435</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>436-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жеке тұлғаның төлем көзінен салық салынатын кірістері азаятын;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) мүгедектігі бар тұлғалар және Салық кодексінің 346-бабының </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+      4) мүгедектігі бар адамдар және Салық кодексінің 404-бабының 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген өзге де тұлғалар заттай нысанда немесе материалдық пайда түрінде алған кірістер мен төлемдерден ұсталмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Салық кодексінің 341-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 26) тармақшасында көрсетілген әлеуметтік төлемдерден міндетті зейнетақы жарналары Әлеуметтік кодекстің 76-бабының </w:t>
+      Салық кодексінің 436-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген әлеуметтік төлемдерден міндетті зейнетақы жарналары Әлеуметтік кодекстің 76-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3404,108 +2770,108 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Үкіметінің 18.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 636</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...9 lines deleted...]
-        <w:t>2-т.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. БЖЗҚ-ға төленуге жататын міндетті кәсіптік зейнетақы жарналарын есепке жазуды агенттер Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 24 мамырдағы № 170 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3520,657 +2886,477 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32568 болып тіркелген) бекітілген кәсіптері өндірістердің, жұмыстардың, жұмыскерлер кәсіптерінің тізбесінде көзделген, еңбек жағдайлары зиянды жұмыстармен айналысатын жұмыскерлердің пайдасына меншікті қаражаты есебінен жүзеге асырады және ол Әлеуметтік кодекстің 250-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерлемені қолдану арқылы есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын БЖЗҚ-ға аудару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Егер осы тармақтың екінші бөлігінде өзгеше көзделмесе, агент міндетті зейнетақы жарналарын аударуды қолма-қол ақшасыз төлемдер арқылы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Банктерде және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарда (бұдан әрі – банктер) шоттары жоқ жеке практикамен айналысатын тұлғалар, дара кәсіпкерлер, Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101-1 бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген жеке тұлғалар, сондай-ақ азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар осы Қағидалардың 9-тармағында айқындалған тәртіппен міндетті зейнетақы жарналарын кейіннен БЖЗҚ-ға аудару үшін оларды банкке қолма-қол ақшамен енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті зейнетақы жарналарын қолма-қол ақшамен не қолма-қол емес тәсілмен төлеу банктер арқылы "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында айқындалған тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ұсталған (есепке жазылған) міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын Мемлекеттік корпорацияға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дара кәсіпкерлер мен заңды тұлғалар (осы тармақтың 2), 3) және 4) тармақшаларында көрсетілген тұлғалардан басқа), жеке практикамен айналысатын тұлғалар жұмыскерлерге төлеген кірісінен және азаматтық-құқықтық сипаттағы шарт жасасқан жеке тұлғалар кіріс төленген айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дара кәсіпкерлер (осы тармақтың 3) тармақшасында көрсетілген дара кәсіпкерлерден басқа), шаруа немесе фермер қожалықтары, жеке практикамен айналысатын тұлғалар өз пайдасына есепті айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...134 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Әлеуметтік кодекстің 101-1 және 102-1-баптарында көрсетілген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлғалар – күнтізбелік жылдың ағымдағы айы үшін кірістер төленетін айдан кейінгі айдың 25-күнінен кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Мемлекеттік корпорация әлеуметтік төлемдер жүзеге асырылатын айдан кейінгі айдың 15-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сақтандыру ұйымы жалақысынан (кірісінен) айырылу жағдайына байланысты залалды өтеу ретінде сақтандыру төлемі жүзеге асырылған айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) егер Салық кодексінде өзгеше көзделмесе, Әлеуметтік кодекстің 248-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тұлғалар кіріс төленетін айдан кейінгі айдың 25-і күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">7) алып тасталды - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-      7) арнаулы мобильдік қосымша пайдаланылатын арнаулы салық режимін қолданатын дара кәсіпкерлер болып табылатын орындаушылар үшін Оператор кірістер төленген айдан кейінгі айдың 25-інен кешіктірмей аударады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің 248-бабының 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -4212,147 +3398,187 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 08.11.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 08.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 945</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Міндетті зейнетақы жарналары, оның ішінде берешек Мемлекеттік корпорацияға аударылады, ол міндетті зейнетақы жарналарын БЖЗҚ-ға жеке тұлғалардың бірыңғай тізіміне сәйкес аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Міндетті зейнетақы жарналары салымшыларының, міндетті кәсіптік зейнетақы жарналары аударылған жеке тұлғалардың міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының сомалары Мемлекеттік корпорацияның шотына түскен күннен бастап үш жұмыс күні ішінде БЖЗҚ-ға Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 қаулысымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 107861 болып тіркелген) Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидалары) айқындалған тәртіппен төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында электрондық төлем тапсырмаларымен аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімде (бұдан әрі – келісім) белгіленген тәртіппен БЖЗҚ-ға осы тармақтың бірінші бөлігінде көрсетілген төлем тапсырмаларына сәйкес пайдасына міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары аударылатын жеке тұлғалар жөніндегі ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4485,90 +3711,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын төлеуді агент "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын ескере отырып, Мемлекеттік корпорацияның банктік шотына қолма-қол ақшамен не қолма-қол емес тәсілмен екінші деңгейдегі банктер және банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырады, бұл ретте жарналарды аудару Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен, төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында, сондай-ақ төлем құжаттарында Мемлекеттік корпорация деректемелері, пайдасына жарналар аударылатын жеке тұлғалардың деректемелері (жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты, әкесінің аты (бар болса), жарналар сомалары мен жарналар төленетін кезең ("ААЖЖЖЖ" форматында ай және жыл) көрсетіліп, жиынтық төлем тапсырмасы қалыптастырылып, әрбір ай үшін бөлек жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттер міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын уақтылы аудармаған жағдайда аудару осы тармақтың бірінші абзацында белгіленген тәртіппен жиынтық төлем тапсырмасын қалыптастыра отырып, әрбір ай үшін бөлек жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4625,51 +3851,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Жеке практикамен айналысатын тұлғалар, дара кәсіпкерлер, сондай-ақ Әлеуметтік кодекстің 248-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4704,51 +3930,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген Қазақстан Республикасының азаматтары міндетті зейнетақы жарналарының сомаларын өз пайдасына және өз жұмыскерлерінің және жұмыстарды орындауды (қызметтер көрсетуді) көздейтін азаматтық-құқықтық сипаттағы шарт жасасқан жеке тұлғалардың кірістерінен ұстап қалынған сомаларды аудару (қолма-қол ақшамен енгізу) кезінде төлем құжаттарында Мемлекеттік корпорацияның деректемелерін, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен өзі, жұмыскерлер және азаматтық-құқықтық сипаттағы шарт жасасқан жеке тұлғалар туралы деректемелер мен мәліметтерді көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4787,70 +4013,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Банктер міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының сомаларын агенттердің банктік шоттарынан осы сомалар есептен шығарылған күні Мемлекеттік корпорацияға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары қолма-қол ақшамен банктердің кассаларына енгізілген кезде төлем немесе ақшаны аудару бойынша нұсқау сомаларын аудару қолма-қол ақша енгізілген күннен кейінгі операциялық күннен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4983,110 +4209,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Әлеуметтік кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген зейнеткерлік жасқа жеткен тұлғаның алдында міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек болған жағдайда бұл берешекті агент оның банктік шотына ақша аудару арқылы төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z92" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z92" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1. Міндетті кәсіптік зейнетақы жарналарын аудару кезінде қателер анықталған жағдайда міндетті кәсіптік зейнетақы жарналары аударылған жеке тұлғалардың, агенттердің, Мемлекеттік корпорацияның, банктің және БЖЗҚ әрекеттері, сондай-ақ міндетті кәсіптік зейнетақы жарналарын БЖЗҚ-ға уақтылы аудармаған кезде өсімпұл төлеу және берешекті өндіріп алу БЖЗҚ-ға міндетті зейнетақы жарналарын аударуға арналған тараудың 1 және 2-параграфында көзделген тәртіппен және мерзімдерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5105,88 +4331,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Міндетті зейнетақы жарналарын аудару кезінде қателер анықталған жағдайда міндетті зейнетақы жарналары салымшыларының, агенттердің және БЖЗҚ-ның іс-қимылы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Міндетті зейнетақы жарналарының салымшысы зейнетақы төлемдерін немесе жеке зейнетақы шоттарындағы зейнетақы жинақтарының сомалары туралы мәліметтерді алу кезінде төленген міндетті зейнетақы жарналарының және (немесе) өсімпұлдың жекелеген сомалары жоқ екенін анықтаған кезде тиісті мәліметтерді алу және жол берілген қателерді түзету шараларын қабылдау үшін агентке қателердің анықталғаны және БЖЗҚ-ға немесе Мемлекеттік корпорацияға міндетті зейнетақы жарналарының (немесе) өсiмпұлдың аударылғаны туралы кез келген уақыттағы төлем құжаттарының көшірмелерін өзіне беру туралы жазбаша өтініш береді және осы салымшы (тегі, аты, әкесінің аты (бар болса), жарналар сомасы және кезеңі ("ААЖЖЖЖ" форматында айы мен жылы) бойынша ақпарат қамтылған төлем құжатын қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5225,70 +4451,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Агент заңнамада белгіленген тәртіппен таратылған және тарату процесі аяқталған жағдайларда міндетті зейнетақы жарналарының салымшысы агенттің орналасқан жеріндегі мемлекеттік архив мекемелеріне, ал тарату өндірісі барысында тарату комиссиясына жүгінеді, олар оған төлем құжаттарының куәландырылған көшірмелерін ұсынады. Міндетті зейнетақы жарналарының салымшысы алған төлем құжаттарының көшірмелерін өтінішпен қоса Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5307,242 +4533,242 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Міндетті зейнетақы жарналары салымшысының деректемелерінде міндетті зейнетақы жарналарын және (немесе) өсiмпұлды аудару кезінде жіберілген қателер анықталған жағдайда міндетті зейнетақы жарналарының салымшысы Мемлекеттік корпорацияға қателерді түзету туралы өтінішпен жүгінеді. Міндетті зейнетақы жарналарының салымшысы өтініш жасаған күннен бастап үш жұмыс күні ішінде осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша агент беретін растау-анықтама немесе міндетті зейнетақы жарналары салымшысының (алушының) деректемелерінде орын алған өзгерістерді растайтын жеке басты куәландыратын құжаттың көшірмесі өтінішке қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті зейнетақы жарналары банктік шот пайдаланылмай аударылған кезде растау-анықтаманың орнына қолма-қол ақшаның міндетті зейнетақы жарналарын төлеу есебіне енгізілгенін растайтын түбіртек-хабарламалардың көшірмелері қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация ұсынылған құжаттардың негізінде міндетті зейнетақы жарналарының есебiнен зейнетақымен қамсыздандыру туралы шартта және міндетті зейнетақы жарналары салымшысының жеке зейнетақы шотында көрсетілген міндетті зейнетақы жарналары салымшысының деректемелеріне өзгерістер енгізу үшін осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша міндетті зейнетақы жарналары салымшысы өтінішінің электрондық көшірмесімен қоса БЖЗҚ-ға электрондық өтінімді ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Агент міндетті зейнетақы жарналарын және (немесе) өсiмпұлды есептеу, аудару кезінде жіберілген қателерді анықтаған немесе міндетті зейнетақы жарналары салымшысының қателердің анықталғаны туралы жазбаша өтінішін алған жағдайларда қателерді міндетті зейнетақы жарналарының және (немесе) өсімпұлдың кейінгі аударымдарын реттеу жолымен түзетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың кейінгі аударымдарын реттеу жолымен қателерді түзету мүмкін болмаған кезде агент осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша қате аударылған міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтару туралы өтінішпен Мемлекеттік корпорацияға жүгінеді. Қате аударылған міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтару туралы өтінішке осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша міндетті зейнетақы жарналары салымшысының жеке зейнетақы шотынан қате есептелген сомаларды есептен шығаруға келісетіні туралы нотариат куәландырған өтініші қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қате есептелген міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтаруға берілген өтініште: агенттің атауы мен деректемелері (бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН), ЖСН, банктік сәйкестендіру коды (бұдан әрі – БСК), жеке сәйкестендіру коды (бұдан әрі – ЖСК), қайтару себебі, қателер жіберілген төлем құжаттарының деректемелері (нөмірі, күні мен сомасы), сондай-ақ жеке зейнетақы шотынан қайтару жүргізілетін міндетті зейнетақы жарналары салымшысының деректемелері мен қайтарылуға жататын жеке сомалар көрсетіледі. Өтінішке басшы және бас бухгалтер қол қоюға тиіс. Егер бас бухгалтердің лауазымы көзделмеген болса, қайтаруға берілген өтініште тиісті белгі жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қате аударылған міндетті зейнетақы жарналарын және (немесе) өсiмпұлды қайтаруға агенттер мен банктерден алынған құжаттардың негізінде Мемлекеттік корпорация көрсетілген зейнетақы жарналарының түсу фактісін және олар бойынша бұған дейін қайтару жүзеге асырылмағанын тексергеннен кейін бес жұмыс күні ішінде қате есептелген міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың сомаларын қайтаруға электрондық түрде өтінім қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық түрдегі өтінімде міндетті зейнетақы жарналары салымшысының деректемелері: тегі, аты, әкесінің аты (бар болса), ЖСН, міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қайтарылатын сомалары, қайтару себебі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық түрдегі өтінім БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімге сәйкес БЖЗҚ-ға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5581,70 +4807,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. БЖЗҚ Мемлекеттік корпорациядан жазылған міндетті зейнетақы жарналарының және (немесе) өсімпұлдың қате есептелген сомаларын қайтаруға арналған электрондық түрдегі өтінімді алысымен оны алған күннен бастап бес жұмыс күні ішінде Мемлекеттік корпорация өтінімінің нөмірі мен күнін көрсетіп, қате есепке жазылған міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын Мемлекеттік корпорацияға қайтаруды жүзеге асырады не Мемлекеттік корпорацияға БЖЗҚ мен Мемлекеттік корпорация арасында жасалған келісімде көрсетілген себептер бойынша қайтарудан бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5663,128 +4889,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қателер банктің кінәсінан жіберілген жағдайда банк қате аударылған соманы қайтару туралы өтінішпен Мемлекеттік корпорацияға хат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктің кінәсінан қате аударылған сомаларды қайтаруға арналған өтініште: атауы, БСН, ЖСК, БСК, қате жіберілген төлем құжаттарының референстері және қайтарудың себебі көрсетіледі. Банктің уәкілетті тұлғалары қол қойған хат пен өтініш осы тұлғалардың қате нұсқауды қайтаруға арналған хаттар мен өтініштерге қол қоюға өкілеттігін растайтын құжаттың көшірмесімен қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Мемлекеттік корпорацияның облыстардағы, республикалық маңызы бар қалалардағы және астанадағы филиалдары (бұдан әрі – Мемлекеттік корпорацияның филиалы) және Мемлекеттік корпорация Мемлекеттік әлеуметтік сақтандыру қорынан еңбекке қабілеттіліктен айырылу және (немесе) жұмысынан айырылу, жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға байланысты, бала бір жарым жасқа толғанға дейін оның күтіміне байланысты кірісінен айырылу жағдайларына берілетін әлеуметтік төлемдерден міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын есептеу, ұстап қалу және аудару кезінде жіберілген қателерді анықтаған жағдайда Мемлекеттік корпорацияның филиалы қате аударылған міндетті зейнетақы жарналарын және (немесе) өсімпұлды қайтаруға электрондық түрдегі өтінімді Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қате есептелген міндетті зейнетақы жарналарының және (немесе) өсімпұлдың сомаларын қайтаруды БЖЗҚ Мемлекеттік корпорацияның электрондық түрдегі өтінімінде көрсетілген міндетті зейнетақы жарналарының және (немесе) өсімпұлдың БЖЗҚ-ға нақты енгізілген номиналды сомасы бойынша Мемлекеттік корпорацияның банктік шотына жиынтық төлем тапсырмасымен жүргізіп, жеке тұлғалардың деректемелерін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5823,90 +5049,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Әлеуметтік төлемдерді тағайындау кезінде қатысу өтіліне қабылданған кезең үшін аударылған міндетті зейнетақы жарналарының сомалары қайтарылуға жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. БЖЗҚ-да тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында біржолғы зейнетақы төлеміне, зейнетақы жинақтарын сақтандыру ұйымына аударуға өтініш болып, ол орындалмаған болса, сондай-ақ жеке табыс салығын төлеу жөніндегі салық міндеттемелерін орындау үшін міндетті зейнетақы жарналары салымшысының жеке зейнетақы шотындағы зейнетақы жинақтарының сомасы тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында біржолғы зейнетақы төлемдері кезінде есептелген жеке табыс салығын төлеу бойынша салық міндеттемелерін орындау үшін жеткіліксіз болған кезде міндетті зейнетақы жарналарының сомасы қайтарылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Базалық зейнетақы төлемінің сомасын есептеу кезінде ескерілген міндетті зейнетақы жарналарының сомасы қайтарылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5943,70 +5169,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қате есептелген міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың сомалары БЖЗҚ-дан түскен күннен бастап үш жұмыс күні ішінде Мемлекеттік корпорация оларды агенттің өтінішінде көрсетілген деректемелерге сәйкес жиынтық төлем тапсырмасымен аударуды жүргізіп, жеке тұлғалардың деректемелерін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6045,108 +5271,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Банк қате аударылған міндетті зейнетақы жарналарының және (немесе) өсiмпұлдың сомалары Мемлекеттік корпорациядан түскен күннен бастап үш жұмыс күні ішінде агентті міндетті зейнетақы жарналарының қайтарылғаны туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. БЖЗҚ-ға міндетті зейнетақы жарналары уақтылы аударылмаған кезде өсімпұл төлеу және берешекті өндіріп алу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Кіріс нақты төленген және оны жұмыскер алған жағдайда агент уақтылы ұстап қалмаған (есепке жазбаған) және (немесе) аудармаған міндетті зейнетақы жарналарының сомаларын мемлекеттік кірістер органдары өндіріп алады немесе агент міндетті зейнетақы жарналары салымшыларының пайдасына, жұмыс берушінің міндетті зейнетақы жарналары және (немесе) міндетті кәсіптік зейнетақы жарналары төленетін жұмыскерлердің пайдасына мерзімі өткен әрбір күн үшін (Мемлекеттік корпорацияға жарналарды төлеу күнін қоса алғанда) Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесінің 1,25 еселенген мөлшерінде есептелген өсімпұлмен аударуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттер міндетті зейнетақы жарналарын БЖЗҚ-ға уақтылы есептейді, ұстап қалады (есепке жазады) және төлейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6183,110 +5409,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Міндетті зейнетақы жарналарын уақтылы ұстамағаны (есепке жазбағаны) және аудармағаны үшін өсімпұлды агенттер Қазақстан Республикасы Ұлттық Банкі Басқармасының актісімен бекітілетін экономика секторларының кодтарын қолдану және төлемдерді тағайындау тәртібіне сәйкес айқындалатын төлемдерді тағайындау кодтарын көрсете отырып, Мемлекеттік корпорацияның банктік шотына төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. БЖЗҚ-ға міндетті зейнетақы жарналарын уақтылы аудармағаны үшін өсімпұл төлеуді агенттер осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші абзацында белгіленген тәртіппен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әрбір төлем құжаты, оған қоса берілетін жеке тұлғалардың тізімдері даналарының саны, сондай-ақ оларды беру тәртібі мен мерзімдері осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6363,90 +5589,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Жұмыскерлерінің саны елу адамнан асатын агент өсiмпұл төлеген кезде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> айқындалған тәртіппен банкке жеке тұлғалардың деректемелерін көрсете отырып, қағаз және электрондық жеткізгіштердегі жиынтық төлем құжатын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6485,90 +5711,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Төлем құжатына қоса берілетін жеке тұлғалардың деректемелері көрсетілген жиынтық төлем тапсырмаларында осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген "жарна сомасы" деген бағанды қоспағанда, міндетті зейнетақы жарналарын аудару кезіндегі әрбір жеке тұлға бойынша деректемелер қамтылады. Жарна сомасының орнына өсiмпұлдың тиісті сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6607,70 +5833,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Агенттер төлем құжаттарын алған кезде банктер өсiмпұлды Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында Мемлекеттік корпорацияның банктік шотына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6709,70 +5935,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. БЖЗҚ-ға ақшаны уақтылы аудармағаны үшін Мемлекеттік корпорация Әлеуметтік кодексте белгіленген мөлшерде өсiмпұл төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өсімпұлды төлеу үшін төлем тапсырмаларын Мемлекеттік корпорация агенттің төлем тапсырмасы негізінде Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында айқындалған тәртіппен төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарлар форматтарында қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6867,70 +6093,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. БЖЗҚ алынған өсiмпұлды міндетті зейнетақы жарналары салымшыларының жеке зейнетақы шоттарына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6969,90 +6195,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары бұзылып аударылған өсiмпұл Мемлекеттік корпорацияға қайтарылуға тиіс, келесі аударғанда өсiмпұл сомасы көрсетілген тізімді ұсыну кезінде кешіктірілген күндер санына ұлғаяды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7090,205 +6316,191 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Мемлекеттік кіріс органы республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарында қолданыста болатын 6 еселенген айлық есептік көрсеткіштен асатын берешек түзілген күннен бастап бес жұмыс күнінен кешіктірмей агентке кейін БЖЗҚ-ға аудару үшін Мемлекеттік корпорацияға аударылатын міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек сомасы туралы хабарлама (бұдан әрі – хабарлама) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаның нысанын салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 40-тармаққа өзгеріс енгізілді - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="67"/>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Хабарлама агентке жеке қолын қойғызып немесе жөнелту және алу фактісін растайтын өзге де тәсілмен табыс етілуге тиіс. Бұл ретте төменде көрсетілген тәсілдердің бірімен жіберілген хабарлама мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) хабарламасы бар тапсырыс хатпен пошта арқылы – пошта немесе өзге де байланыс ұйымының хабарламасында агент белгі қойған күннен бастап агентке тапсырылды деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7335,592 +6547,124 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрондық тәсілмен (бұл тәсіл электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасының заңнамасына сәйкес электрондық тәсілмен мемлекеттік кірістер органдарымен өзара іс-қимыл жасайтын агентке қолданылады) – хабарлама "Салық төлеушінің кабинеті" веб-қосымшасына жеткізілген күннен бастап немесе "электрондық үкімет" веб-порталындағы пайдаланушының жеке кабинетіне хабарлама жеткізілген күннен бастап агентке табысталды деп есептеледі (аталған тәсіл "электрондық үкімет" веб-порталында тіркелген агентке қолданылады);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Мемлекеттік корпорация арқылы – оны өзі келіп алған күннен бастап агентке табысталды деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...380 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын 6 еселенген айлық есептік көрсеткіштен астам мөлшердегі берешек өтелмеген жағдайда мемлекеттік кіріс органы банк шоттары мен касса жөніндегі агентке хабарлама табыс етілген күннен бастап он жұмыс күні өткен соң оның шығыс операцияларын тоқтата тұруды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органдарының өкімі бойынша банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар Қазақстан Республикасының заңнамасында көзделген тәртіппен мыналардан:</w:t>
-      </w:r>
-[...104 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>189-бабында</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> көзделген салықтарды және бюджетке төленетін төлемдерді, Қазақстан Республикасының заңнамасында көзделген кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есепке жазылған өсімпұлды, сондай-ақ бюджетке енгізілуге тиіс айыппұлдарды төлеу жөніндегі операциялардан;</w:t>
+        <w:t>201-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген салықтар мен бюджетке төленетін төлемдерді, Қазақстан Республикасының заңнамасында көзделген кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есептелген өсімпұлды, сондай-ақ бюджетке енгізілуге жататын айыппұлдарды төлеу жөніндегі операциялардан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7985,184 +6729,78 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органының агенттің банк шоттары бойынша шығыс операцияларын тоқтата тұру туралы өкімі Қазақстан Республикасының Ұлттық Банкімен келісу бойынша салық және бюджетке төленетін басқа да міндетті төлемдер түсімдерін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті мемлекеттік орган бекіткен нысан бойынша шығарылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің кассасы бойынша шығыс операцияларын тоқтата тұру:</w:t>
-      </w:r>
-[...104 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       кейіннен Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>189-бабында</w:t>
+        <w:t>201-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген салықтар мен бюджетке төленетін төлемдерді, Қазақстан Республикасының заңнамасында көзделген кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есептелген өсімпұлды, сондай-ақ бюджетке енгізілуге жататын айыппұлдарды төлеу есебіне аудару үшін банктерге ақша тапсыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -8246,235 +6884,249 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 42-тармаққа өзгеріс енгізілді - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын 6 еселенген айлық есептік көрсеткіштен астам мөлшердегі міндетті зейнетақы жарналары және міндетті кәсіптік зейнетақы жарналары бойынша берешек өтелмеген жағдайда олардың пайдасына міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өндіріп алынатын жеке тұлғалардың тізімдерін агент хабарлама тапсырылған күннен бастап 15 жұмыс күні ішінде мемлекеттік кіріс органдарына береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      43-тармақ жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 939</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...53 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес агент ұсынған тізімдер негізінде мемлекеттік кірістер органы тізімдерді алған күннен бастап бес жұмыс күнінен кешіктірмей міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек сомасын агенттердің банктік шоттарынан мәжбүрлеп өндіріп алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттердің банктік шоттарынан міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешекті өндіріп алу агент ұсынған тізімдер қоса берілген мемлекеттік кірістер органының инкассалық өкімі негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8485,110 +7137,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиентке қойылатын барлық талаптарды қанағаттандыру үшін банктік шотта (шоттарда) ақша болмаған немесе жеткіліксіз болған жағдайда банк клиенттің ақшасын алып қоюды Қазақстан Республикасының Азаматтық кодексінде белгіленген кезектілік тәртібімен жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттің банк шотында ұлттық валютада ақша болмаған жағдайда жұмыс берушінің міндетті зейнетақы жарналары бойынша берешекті өндіріп алу мемлекеттік кірістер органдары ұлттық валютада берген инкассалық өкімдер негізінде агенттің шетел валютасындағы банк шоттарынан жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Мемлекеттік кірістер органы инкассалық өкімдерді бенефициарды – Мемлекеттік корпорацияны көрсете отырып, агенттің банк шотына (шоттарына) қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Міндетті зейнетақы жарналары банктік шот ашылмай төленген кезде банктердің көрсетілетін қызметтеріне ақы төлеуге байланысты шығыстар агенттің қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Агенттердің міндетті зейнетақы жарналарын аударуын, белгіленген жағдайларда өсiмпұл төлеуін, БЖЗҚ жүргізетін міндетті зейнетақы жарналарының қате есептелген сомаларын қайтаруын бақылауды қамтамасыз ету үшін Мемлекеттік корпорация күн сайын (өткен күн үшін) мемлекеттік кірістер органдарына түскен, сондай-ақ қате аударылған міндетті зейнетақы жарналарының қайтарылған тізілімдерін және электрондық төлем тапсырмаларын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8804,68 +7456,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналары салымшысының міндетті зейнетақы жарналарын ұстап қалу туралы өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9209,68 +7861,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Растау-анықтама _________________________________________________________ (төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын аудару кезінде мынадай төлем тапсырмаларында міндетті зейнетақы жарналары салымшыларының, міндетті кәсіптік зейнетақы жарналары аударылған адамдардың деректемелерінде қателер жіберілгенін растайды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10116,68 +8768,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналары салымшысының, міндетті кәсіптік зейнетақы жарналары аударылған адамдардың міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары есебінен зейнетақымен қамсыздандыру туралы шарттың деректемелеріне өзгерістер енгізу туралы өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11388,68 +10040,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидалары мен мерзімдеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті зейнетақы жарналары салымшысының, міндетті кәсіптік зейнетақы жарналары аударылған адамдардың қате есептелген сомаларды өзінің жеке зейнетақы шотынан есептен шығаруға келісетіні туралы өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11671,55 +10323,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>