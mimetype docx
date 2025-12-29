--- v0 (2025-10-04)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="98eff08" w14:textId="98eff08">
+    <w:p w14:paraId="b41e574" w14:textId="b41e574">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1153,110 +1153,338 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Агенттер міндетті кәсіптік зейнетақы жарналарын төлеуді ай сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Міндетті кәсіптік зейнетақы жарналарын жүзеге асыру кезінде жұмыскердің "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Салық кодексі) көзделген барлық ай сайынғы табыстары ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Міндетті кәсіптік зейнетақы жарналарын жүзеге асырған кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Салық кодексінің 319-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1307,130 +1535,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген төлемдердің түрлері ескерілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті кәсіптік зейнетақы жарналарын төлеуге арналған шығыстар агенттің еңбекақы төлеу қорына жатқызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Міндетті кәсіптік зейнетақы жарналарын, оның ішінде берешекті аудару "Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 тіркелген) сәйкес айқындалатын төлемдерді тағайындау кодтары көрсетіліп, Мемлекеттік корпорацияның банк шотына жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Мемлекеттік корпорацияның шотына түскен міндетті кәсіптік зейнетақы жарналарының сомалары үш жұмыс күні ішінде бірыңғай жинақтаушы зейнетақы қорына Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 қаулысымен бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 107861 болып тіркелген) айқындалған тәртіппен жиынтық төлем тапсырмаларымен электрондық түрде төлем жүйелері операторы немесе операциялық орталығы бекіткен хабарлар форматтарында аударылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген төлем тапсырмаларына сәйкес пайдасына міндетті кәсіптік зейнетақы жарналары аударылатын жеке тұлғалар жөніндегі ақпаратты Мемлекеттік корпорация бірыңғай жинақтаушы зейнетақы қоры мен Мемлекеттік корпорация арасында жасалған келісімде белгіленген тәртіппен бірыңғай жинақтаушы зейнетақы қорына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1487,70 +1715,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Агент:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Әлеуметтік кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1581,244 +1809,244 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әскери қызметшілер (мерзімді қызметтегі әскери қызметшілерден басқа), арнаулы мемлекеттік және құқық қорғау органдарының, мемлекеттік фельдъегерлік қызметтің қызметкерлері, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдар үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) еңбек сіңірген жылдары үшін зейнетақы төлемдерін алушылар үшін бірыңғай жинақтаушы зейнетақы қорына міндетті кәсіптік зейнетақы жарналарын төлеуді жүзеге асырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Міндетті кәсіптік зейнетақы жарналарын төлеуді агент "Төлемдер мен төлем жүйелері туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын ескере отырып, екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол ақшамен немесе қолма-қол ақшасыз тәсілмен Мемлекеттік корпорацияның банк шотына жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Агенттер төлейтін міндетті кәсіптік зейнетақы жарналарының сомалары Қазақстан Республикасының салық заңнамасына сәйкес шегерілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндетті кәсіптік зейнетақы жарналары тізбеде көзделген еңбек жағдайлары зиянды жұмыстарда уақытша жұмыс істейтін ұйымдардың өндірістік, көмекші және қосалқы цехтары қызметкерлерінің пайдасына да төленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      12. Агенттер төлейтін міндетті кәсіптік зейнетақы жарналарының сомалары Қазақстан Республикасының салық заңнамасына сәйкес шегерілуге тиіс.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Кәсіптері тізбенің "Жалпы кәсіптер" бөлімінде көзделген жұмыскерлердің пайдасына, егер бұл кәсіптер тізбенің тиісті бөлімдерінде немесе кіші бөлімдерінде арнайы көзделмесе, міндетті кәсіптік зейнетақы жарналары олардың қандай өндірістерде немесе цехтарда жұмыс істейтініне қарамастан жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      13. Міндетті кәсіптік зейнетақы жарналары тізбеде көзделген еңбек жағдайлары зиянды жұмыстарда уақытша жұмыс істейтін ұйымдардың өндірістік, көмекші және қосалқы цехтары қызметкерлерінің пайдасына да төленеді.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Өндірістік объектілерді еңбек жағдайлары бойынша аттестаттау және міндетті мерзімдік медициналық тексеріп-қарау нәтижелері бойынша айына жұмыс уақытының кемінде 80 %-ы зиянды еңбек жағдайларында жұмыс істейтін жұмыскерлердің кәсіптері анықталған жағдайда жұмыс берушілер, жұмыскерлердің өкілдері, мүдделі мемлекеттік органдар еңбек жөніндегі уәкілетті органға оларды тізбеге енгізу бойынша негізделген ұсыныстар енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      14. Кәсіптері тізбенің "Жалпы кәсіптер" бөлімінде көзделген жұмыскерлердің пайдасына, егер бұл кәсіптер тізбенің тиісті бөлімдерінде немесе кіші бөлімдерінде арнайы көзделмесе, міндетті кәсіптік зейнетақы жарналары олардың қандай өндірістерде немесе цехтарда жұмыс істейтініне қарамастан жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Өндірістік объектілерді аттестаттау нәтижелерімен расталған зиянды еңбек жағдайлары жойылған жағдайда агенттер міндетті кәсіптік зейнетақы жарналарын төлеуді зиянды еңбек жағдайлары жойылған кезден бастап тоқтатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>