--- v1 (2025-12-29)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b41e574" w14:textId="b41e574">
+    <w:p w14:paraId="2125ce0" w14:textId="2125ce0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1153,512 +1153,614 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Агенттер міндетті кәсіптік зейнетақы жарналарын төлеуді ай сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Міндетті кәсіптік зейнетақы жарналарын жүзеге асыру кезінде жұмыскердің Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салық кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Салық кодексі) көзделген барлық ай сайынғы табыстары ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Міндетті кәсіптік зейнетақы жарналарын жүзеге асырған кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>365-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>400</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>430</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>431</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>432</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>435</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>436-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жеке тұлғаның төлем көзінен салық салуға жататын кірістері азайтылатын төлемдердің түрлері ескерілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті кәсіптік зейнетақы жарналарын төлеуге арналған шығыстар агенттің еңбекақы төлеу қорына жатқызылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - ҚР 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 939</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...265 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Міндетті кәсіптік зейнетақы жарналарын, оның ішінде берешекті аудару "Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 тіркелген) сәйкес айқындалатын төлемдерді тағайындау кодтары көрсетіліп, Мемлекеттік корпорацияның банк шотына жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z15" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Мемлекеттік корпорацияның шотына түскен міндетті кәсіптік зейнетақы жарналарының сомалары үш жұмыс күні ішінде бірыңғай жинақтаушы зейнетақы қорына Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 қаулысымен бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 107861 болып тіркелген) айқындалған тәртіппен жиынтық төлем тапсырмаларымен электрондық түрде төлем жүйелері операторы немесе операциялық орталығы бекіткен хабарлар форматтарында аударылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген төлем тапсырмаларына сәйкес пайдасына міндетті кәсіптік зейнетақы жарналары аударылатын жеке тұлғалар жөніндегі ақпаратты Мемлекеттік корпорация бірыңғай жинақтаушы зейнетақы қоры мен Мемлекеттік корпорация арасында жасалған келісімде белгіленген тәртіппен бірыңғай жинақтаушы зейнетақы қорына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1715,70 +1817,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Агент:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Әлеуметтік кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1809,244 +1911,244 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әскери қызметшілер (мерзімді қызметтегі әскери қызметшілерден басқа), арнаулы мемлекеттік және құқық қорғау органдарының, мемлекеттік фельдъегерлік қызметтің қызметкерлері, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдар үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) еңбек сіңірген жылдары үшін зейнетақы төлемдерін алушылар үшін бірыңғай жинақтаушы зейнетақы қорына міндетті кәсіптік зейнетақы жарналарын төлеуді жүзеге асырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Міндетті кәсіптік зейнетақы жарналарын төлеуді агент "Төлемдер мен төлем жүйелері туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын ескере отырып, екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол ақшамен немесе қолма-қол ақшасыз тәсілмен Мемлекеттік корпорацияның банк шотына жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z18" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Агенттер төлейтін міндетті кәсіптік зейнетақы жарналарының сомалары Қазақстан Республикасының салық заңнамасына сәйкес шегерілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z19" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Міндетті кәсіптік зейнетақы жарналары тізбеде көзделген еңбек жағдайлары зиянды жұмыстарда уақытша жұмыс істейтін ұйымдардың өндірістік, көмекші және қосалқы цехтары қызметкерлерінің пайдасына да төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z20" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Кәсіптері тізбенің "Жалпы кәсіптер" бөлімінде көзделген жұмыскерлердің пайдасына, егер бұл кәсіптер тізбенің тиісті бөлімдерінде немесе кіші бөлімдерінде арнайы көзделмесе, міндетті кәсіптік зейнетақы жарналары олардың қандай өндірістерде немесе цехтарда жұмыс істейтініне қарамастан жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z21" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Өндірістік объектілерді еңбек жағдайлары бойынша аттестаттау және міндетті мерзімдік медициналық тексеріп-қарау нәтижелері бойынша айына жұмыс уақытының кемінде 80 %-ы зиянды еңбек жағдайларында жұмыс істейтін жұмыскерлердің кәсіптері анықталған жағдайда жұмыс берушілер, жұмыскерлердің өкілдері, мүдделі мемлекеттік органдар еңбек жөніндегі уәкілетті органға оларды тізбеге енгізу бойынша негізделген ұсыныстар енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z22" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Өндірістік объектілерді аттестаттау нәтижелерімен расталған зиянды еңбек жағдайлары жойылған жағдайда агенттер міндетті кәсіптік зейнетақы жарналарын төлеуді зиянды еңбек жағдайлары жойылған кезден бастап тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>