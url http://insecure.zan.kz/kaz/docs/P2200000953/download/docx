--- v0 (2025-12-25)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bfd498d" w14:textId="bfd498d">
+    <w:p w14:paraId="72a06dc" w14:textId="72a06dc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларын және оларды қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдардың тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2022 жылғы 25 қарашадағы № 953 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2022 жылғы 25 қарашадағы № 953 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1662,511 +1662,677 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) референттік (эталондық) штамдар, тест-штамдар (бақылау), имитатор-штамдар болып табылатын патогендігі II-IV топтағы микроорганизмдердің штамдары депонирленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Өндірістің әртүрлі салаларында және ғылыми-талдамалық зерттеулерде пайдаланылатын ғылым мен биотехнология саласындағы ұлттық коллекцияға патогендігі III және (немесе) IV топтағы, гендік және фенотиптік белгілері бойынша типтік емес немесе типтік емес (әртүрлі) көздерден (объектілерден, өңірлерден) оқшауланған:</w:t>
+      15. Өндірістің әртүрлі салаларында және ғылыми-талдамалық зерттеулерде пайдаланылатын ғылым және биотехнологиялар саласындағы ұлттық коллекцияға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
-[...15 lines deleted...]
-      1) тамақ өнеркәсібінде, оның ішінде ұйытқылар, пробиотиктер, ферменттер өндірісінде пайдаланылатын; </w:t>
+    <w:bookmarkStart w:name="z266" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми, білімдік және практикалық құндылығы бар патогендігі I-II топтағы микроорганизмдер штаммдары, атап айтқанда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
-[...15 lines deleted...]
-      2) белгіленген тәртіппен тіркелген және айналымға жіберілген дәрілік заттар мен иммундық-биологиялық препараттар өндіріcінде пайдаланылатын;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұлттық коллекцияда аналогы жоқ, оның ішінде, шетелден әкелінген жаңа микроорганизм штаммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гено- және фенотиптік белгілері бойынша типтік емес микроорганизм штаммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      типтік емес (әртүрлі) көздерден (объектілерден, өңірлерден) оқшауланған микроорганизм штаммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ғылым және биотехнология саласындағы ұлттық коллекцияда бұрын сақталған микроорганизм штаммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z267" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) гено- және фенотиптік белгілері бойынша типтік емес немесе типтік емес (әртүрлі) көздерден (объектілерден, өңірлерден) оқшауланған патогендігі III және (немесе) IV топтағы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
-[...15 lines deleted...]
-      3) өсімдік шаруашылығында, оның ішінде биотыңайтқыштар, өсімді ынталандыратын және фунгицидтік препараттар өндірісінде пайдаланылатын;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тамақ өнеркәсібінде, оның ішінде ұйытқылар, пробиотиктер, ферменттер өндірісінде пайдаланылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      белгіленген тәртіппен тіркелген және айналымға жіберілген дәрілік заттар мен иммундық-биологиялық препараттар өндіріcінде пайдаланылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өсімдік шаруашылығында, оның ішінде биотыңайтқыштар, өсімді ынталандыратын және фунгицидтік препараттар өндірісінде пайдаланылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      препараттар, оның ішінде қоршаған ортаның биоремедиациялауға (биодеструктор, биосорбент) арналған препараттар өндірісінде пайдаланылатын микроорганизмдер штаммдары депонирленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Патенттік рәсімдер шеңберінде пайдаланылатын микроорганизмдердің штамдары ұлттық коллекцияларға депонирленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
-[...15 lines deleted...]
-      4) препараттар, оның ішінде қоршаған ортаны биоремедиациялауға (биодеструктор, биосорбент) арналған препараттар өндірісінде пайдаланылатын микроорганизмдердің штамдары депонирленеді.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
-[...15 lines deleted...]
-      16. Патенттік рәсімдер шеңберінде пайдаланылатын микроорганизмдердің штамдары ұлттық коллекцияларға депонирленеді.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекциясына депонирлеу үшін микроорганизмдер штамдарын қабылдау және тіркеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. ПБА-мен жұмыс істеуді жүзеге асыратын субъектілер (бұдан әрі – субъектілер) денсаулық сақтау саласындағы қызмет барысында адамнан және табиғи ортаның компоненттерінен патогендігі I және (немесе) II топтағы микроорганизм штамы бөлінген (табылған) кезде одан әрі депонирлеу мақсатында оны сәйкестендіру үшін халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымға жазбаша өтініш береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Жазбаша өтініш берген кезде мынадай мәліметтерді көрсету не қоса беру қажет: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жөнелтуші субъектінің атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) микроорганизм штамының атауы; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) беру жоспарланған микроорганизмдер штамдарының саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тасымалдау шарттары;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандар бойынша микроорганизм штамының паспорты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z65" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым жазбаша өтінішті алған күннен бастап он жұмыс күніне дейінгі мерзімде субъектіге сәйкестендіруге мүмкіндік болған жағдайда одан әрі депонирлеу үшін сәйкестендіру мақсатында микроорганизмдер штамдарын қабылдауға келісімді не сәйкестендіру және микроорганизм штамын одан әрі депонирлеу орынсыз болған жағдайда қабылдаудан бас тартуды жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z66" w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Қабылдауға келіскен жағдайда микроорганизм штамы мынадай талаптар сақтала отырып, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымға беріледі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z67" w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) микроорганизм штамының телнұсқасын оны депонирлеу туралы куәлікті немесе комиссия қорытындысын алғанға дейін сақтау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) микроорганизм штамын тасымалдау кезінде тиісті температуралық режимді сақтай отырып (температура датчиктерімен немесе басқа да құрылғылармен расталады), лиофилизацияланған, мұздатылған (криоконсервіленген) немесе культивацияланған (субкультивацияланған) күйде ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z69" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) микроорганизм штамы бар ампулаларды (құтыларды), шыны түтіктерді тұмшалап тығындау және микроорганизм штамының атауы, себілген және (немесе) кептірілген күні бар заттаңбалармен таңбалау. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z70" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымға микроорганизм штамы практикалық және ғылыми қажеттіліктерге байланысты мөлшерде және түрде беріледі. Вирустардың әрбір штамына арналған сыйымдылықтар (шыны түтіктер, құтылар, ампулалар, криошыны түтіктер) саны кемінде он, бактериялар мен патогенді саңырауқұлақтар үшін кемінде бесеу болады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Микроорганизм штамын қабылдау үшін халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым микроорганизм штамын алған күннен бастап үш жұмыс күні ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қаптаманың жағдайын және оның сыртқы түрін;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z71" w:id="67"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2221,645 +2387,645 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарға сәйкестігін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z74" w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жолдамада көрсетілген мәліметтердің сәйкестігін және микроорганизм штамы паспортын толтырудың толықтығын тексереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z75" w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Қабылдау рәсімдері сәйкес келген жағдайда осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша 2 данада депонирлеу үшін микроорганизмдер штамдарын қабылдау актісі жасалады, оның бір данасы микроорганизмнің штамын алған күннен бастап үш жұмыс күні ішінде жөнелтушінің мекенжайына жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Микроорганизмдер штамдарын одан әрі депонирлеу үшін сәйкестендіру мақсатында қабылдау рәсімдері осы Қағидаларда көзделген талаптарға сәйкес келмеген жағдайда халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым микроорганизмнің штамын алған күннен бастап үш жұмыс күні ішінде жөнелтушінің мекенжайына анықталған бұзушылықтарды жою және қажет болған кезде белгіленген тәртіппен одан әрі депонирлеу үшін сәйкестендіру мақсатында микроорганизм штамын қайта жіберу қажеттілігі туралы хабарлама жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жөнелтуші осындай хабарламада көрсетілген ескертулерді жояды және осы Қағидалардың талаптарын сақтай отырып, микроорганизм штамын қайта жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Одан әрі депонирлеу үшін сәйкестендіруге қабылданған микроорганизмдер штамдары осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша депонирлеу мақсаттары үшін сәйкестендіруге келіп түскен микроорганизмдер штамдарын тіркеу журналында тіркеледі және қабылданған күннен бастап күнтізбелік отыз күн ішінде:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тазалығын (бөгде микрофлорамен контаминацияның болмауын);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өміршеңдігін;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z78" w:id="74"/>
-[...15 lines deleted...]
-      1) тазалығын (бөгде микрофлорамен контаминацияның болмауын);</w:t>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) түр (тұқымдастық, тұқым, серовар) үшін типтік және типтік емес антигендік құрылымын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z79" w:id="75"/>
-[...15 lines deleted...]
-      2) өміршеңдігін;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) морфологиялық, өсірінділік, ферментативтік белгілерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z80" w:id="76"/>
-[...15 lines deleted...]
-      3) түр (тұқымдастық, тұқым, серовар) үшін типтік және типтік емес антигендік құрылымын;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бастапқы биологиялық қасиеттерін өзгертпей, жасанды қоректік орталарда немесе тірі сезімтал организмдерде, жасуша өсірінділерінде өсуге қабілеттілігін анықтауды қоса алғанда, микроорганизм штамын сәйкестендіру рәсімдерінен өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z81" w:id="77"/>
-[...15 lines deleted...]
-      4) морфологиялық, өсірінділік, ферментативтік белгілерін;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Сәйкестендіру рәсімі микроорганизм штамының қасиеттерін зертханалық зерттеу, ұлттық коллекцияның деректер банкінің мәліметтерімен салыстыру арқылы, сондай-ақ қажет болған жағдайда геномдық секвенирлеу әдісімен жүргізіледі. Қажет болған жағдайда сәйкестендіру жүргізу үшін бейінді зертханалардан мамандар тартылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z82" w:id="78"/>
-[...15 lines deleted...]
-      5) бастапқы биологиялық қасиеттерін өзгертпей, жасанды қоректік орталарда немесе тірі сезімтал организмдерде, жасуша өсірінділерінде өсуге қабілеттілігін анықтауды қоса алғанда, микроорганизм штамын сәйкестендіру рәсімдерінен өтеді.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Микроорганизм штамын сәйкестендіру рәсімі аяқталғаннан кейін сәйкестендіру рәсімі аяқталған күннен бастап бір жұмыс күні ішінде зерттеулердің қорытынды нәтижелерін қамтитын хаттама жасалады, оның негізінде микроорганизм штамының паспорты қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z83" w:id="79"/>
-[...15 lines deleted...]
-      26. Сәйкестендіру рәсімі микроорганизм штамының қасиеттерін зертханалық зерттеу, ұлттық коллекцияның деректер банкінің мәліметтерімен салыстыру арқылы, сондай-ақ қажет болған жағдайда геномдық секвенирлеу әдісімен жүргізіледі. Қажет болған жағдайда сәйкестендіру жүргізу үшін бейінді зертханалардан мамандар тартылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хаттама мен паспорт халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымның бірінші басшысының бұйрығы бойынша құрылатын комиссияға ұсынылады. Комиссия құрамы халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымның және бейінді зертханалардың мамандарынан құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Комиссия хаттама мен паспортты алған күннен бастап бес жұмыс күні ішінде микроорганизм штамын сәйкестендіру хаттамасында және паспортта көрсетілген деректердің дұрыстығын, толықтығын және сәйкестігін анықтайды, олардың нәтижелері бойынша мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z84" w:id="80"/>
-[...15 lines deleted...]
-      27. Микроорганизм штамын сәйкестендіру рәсімі аяқталғаннан кейін сәйкестендіру рәсімі аяқталған күннен бастап бір жұмыс күні ішінде зерттеулердің қорытынды нәтижелерін қамтитын хаттама жасалады, оның негізінде микроорганизм штамының паспорты қалыптастырылады.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұлттық коллекцияға депонирлеуге жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:p>
-[...33 lines deleted...]
-      28. Комиссия хаттама мен паспортты алған күннен бастап бес жұмыс күні ішінде микроорганизм штамын сәйкестендіру хаттамасында және паспортта көрсетілген деректердің дұрыстығын, толықтығын және сәйкестігін анықтайды, олардың нәтижелері бойынша мынадай шешімдердің бірін қабылдайды:</w:t>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) депонирлеу мақсатында микроорганизм штамын белгілі бір сақтау мерзімімен қосымша зерделеу үшін халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымның жұмыс коллекциясына орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z86" w:id="82"/>
-[...15 lines deleted...]
-      1) ұлттық коллекцияға депонирлеуге жіберу;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) депонирлеуден бас тарту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z87" w:id="83"/>
-[...15 lines deleted...]
-      2) депонирлеу мақсатында микроорганизм штамын белгілі бір сақтау мерзімімен қосымша зерделеу үшін халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымның жұмыс коллекциясына орналастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссияның шешімі халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым бекітетін нысан бойынша қорытынды түрінде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Егер микроорганизм штамы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z88" w:id="84"/>
-[...15 lines deleted...]
-      3) депонирлеуден бас тарту.</w:t>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы ұлттық коллекция үшін бірегей болмаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...33 lines deleted...]
-      29. Егер микроорганизм штамы:</w:t>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) референтті (эталондық) штамм, тест-штамм (бақылау), имитатор-штамм болып табылмаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z90" w:id="86"/>
-[...15 lines deleted...]
-      1) осы ұлттық коллекция үшін бірегей болмаса;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) паспортта депозитор мәлімдеген мәліметтерге сәйкес келмесе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z91" w:id="87"/>
-[...15 lines deleted...]
-      2) референтті (эталондық) штамм, тест-штамм (бақылау), имитатор-штамм болып табылмаса;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өміршеңдік және тазалық талаптарына сәйкес келмесе (микроорганизмнің жоқ екенін немесе микроорганизмнің ұсынылған өсіріндісінің өміршең еместігін немесе онда бөгде микроорганизмдермен ластанудың (контаминацияның) бар екенін анық көрсететін жай-күй), Комиссия оны ұлттық коллекцияда депонирлеуден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z92" w:id="88"/>
-[...15 lines deleted...]
-      3) паспортта депозитор мәлімдеген мәліметтерге сәйкес келмесе;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Микроорганизм штамын депонирлеуден:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z93" w:id="89"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) – 3) тармақшаларында көзделген негіздер бойынша бас тартылған жағдайда халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым депозитордың атына тиісті хабарлама, оның ішінде микроорганизм штамының телнұсқасын жою қажеттігі туралы хабарлама жібереді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың 29-тармағының 4) тармақшасында көзделген негіз бойынша бас тартылған жағдайда халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым депозитордың атына анықталған бұзушылықтарды жою және осы Қағидаларда белгіленген тәртіппен одан әрі депонирлеу үшін сәйкестендіру мақсатында микроорганизм штамын қайта жіберу қажеттігі туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым Комиссия қорытындысын алғаннан кейін бес жұмыс күні ішінде депозитордың микроорганизм штамының телнұсқасын жоюының қажеттігі туралы, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z96" w:id="92"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микроорганизм штамын ұлттық коллекцияға депонирлеуге жіберу туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2870,306 +3036,386 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       микроорганизм штамын одан әрі депонирлеу үшін сәйкестендіру мақсатында уәкілетті ұйымның жұмыс коллекциясына орналастыру туралы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микроорганизм штамын депонирлеуден бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Микроорганизм штамы ұлттық коллекцияға депонирлеуге жіберілген жағдайда халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйым осы Қағидалардың 31-тармағында көрсетілген мерзімде депозиторға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша микроорганизм штамын депонирлеу туралы куәлікті (бұдан әрі – куәлік) және осы микроорганизм штамын сәйкестендіру нәтижелері бойынша толтырылған паспорттың көшірмесін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z99" w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Депозитор осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген хабарламаны алғаннан кейін күнтізбелік үш күн ішінде жіберілген патогендігі I-II топтағы микроорганизм штамының телнұсқасын жояды және оны жою туралы актіні халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымның мекенжайына жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Одан әрі депонирлеу үшін сәйкестендіруге жіберілген патогендігі I-II топтағы микроорганизм штамының телнұсқасымен депозитор осы микроорганизм штамын қолдана отырып жүргізетін зерттеу шеңберінде ғана және ол аяқталғанға дейін жұмыс істеуге жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="96"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Микроорганизм штамын одан әрі ұлттық коллекцияға депонирлеу не оны халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымның жұмыс коллекциясына орналастыру үшін қабылдау депозиторға куәлік жіберілген сәттен бастап аяқталды деп есептеледі. Микроорганизм штамына меншік құқығы патенті бар микроорганизмдер штамдарын қоспағанда, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті ұйымның меншігіне өтеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z101" w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы ұлттық коллекцияға депонирлеуге жіберілетін микроорганизм штамы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша депонирленген микроорганизмдер штамдарын есепке алу журналында тіркеліп, коллекциялық нөмір беріледі. Микроорганизм штамына берілген коллекциялық нөмір оны берген кезде өзгермейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Микроорганизм штамы жоғалған (есептен шығарылған) кезде оның коллекциялық нөмірін басқа микроорганизм штамына беруге жол берілмейді, жоғалған микроорганизм штамы есептен шығарылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Ветеринария саласындағы патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекциясына депонирлеу үшін микроорганизмдер штамдарын қабылдау және тіркеу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z102" w:id="98"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="100"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Патогендігі I топты қоспағанда, жануарлар арасында аса қауіпті аурулар туғызатын ПБА-мен жұмыс істеуді жүзеге асыратын субъектілер ветеринария саласындағы қызмет процесінде осындай микроорганизмдер штамдары жануарлардан және табиғи орта компоненттерінен бөлінген, сондай-ақ ветеринариялық препараттарды өндіру және бақылау барысында оларды қолдану немесе Қазақстан Республикасының аумағында патенттік рәсімдер шеңберінде пайдаланылған жағдайларда ветеринария саласындағы уәкілетті ұйымға микроорганизм штамын депонирлеу мақсатында оны сәйкестендіру жөніндегі деректерді беріп, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z105" w:id="101"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғылым және биотехнологиялар саласындағы ұлттық коллекциядан ветеринария саласындағы ұлттық коллекцияға патогенді микроорганизмдер штаммдарының телнұсқаларын беру кезінде осы тармақта көзделген тәртіп сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 37-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Өтінішке мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Қағидаларға 1-қосымшаға сәйкес вирустық штамдар үшін генетикалық сипаттамаларды қоса алғанда, сәйкестендіру туралы деректер бар микроорганизм штамының паспорты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3200,583 +3446,583 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша микроорганизм штамын сақтау картасы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       микроорганизм штамын зерттеулерді (жұмыс барысы, манипуляциялар) толық және егжей-тегжейлі сипатталған әдістемелік ұсынымдар (нұсқаулықтар, қағидалар). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="102"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Микроорганизм штамын паспорттау кезінде талап етілетін сәйкестендіру, қасиеттерді зерделеу процесін субъект депонирлеуге өтініш бергенге дейін өз күшімен және өз қаражаты немесе басқа да қаржыландыру көздері есебінен жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z107" w:id="103"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Микроорганизм штамы туралы алынған паспорттық деректер комиссияның зерделеуіне ұсынылады, ол паспорттық деректер негізінде он жұмыс күні ішінде оның бірегейлігін айқындайды және депонирлеуге келісім береді немесе негізделген жауап пен ұсынымдармен бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Депозитор депонирлеу туралы оң жауап алғаннан кейін ветеринария саласындағы уәкілетті ұйымға мынадай талаптар сақтала отырып микроорганизм штамы беріледі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) микроорганизм штамының телнұсқасын оны депонирлеу туралы куәлікті не комиссия қорытындысын алғанға дейін сақтау; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) микроорганизм штамын тасымалдау кезінде тиісті температуралық режимді сақтай отырып (температура датчиктерімен немесе басқа құрылғылармен расталады), лиофилизацияланған, мұздатылған (криоконсервіленген) немесе культивацияланған (субкультивацияланған) күйде ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) микроорганизм штамы бар ампулаларды (құтыларды), шыны түтіктерді тұмшалап тығындау және микроорганизм штамының атауы, себілген және (немесе) кептірілген күні бар заттаңбалармен таңбалау.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z110" w:id="106"/>
-[...15 lines deleted...]
-      2) микроорганизм штамын тасымалдау кезінде тиісті температуралық режимді сақтай отырып (температура датчиктерімен немесе басқа құрылғылармен расталады), лиофилизацияланған, мұздатылған (криоконсервіленген) немесе культивацияланған (субкультивацияланған) күйде ұсыну;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Ветеринария саласындағы уәкілетті ұйымға микроорганизм штамы практикалық және ғылыми қажеттіліктерге байланысты мөлшерде және түрде беріледі. Вирустардың әрбір штамына арналған сыйымдылықтар (шыны түтік, құты, ампула, криошыны түтік) саны кемінде он, бактериялар мен патогенді саңырауқұлақтар үшін кемінде бесеу болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z111" w:id="107"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="109"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Микроорганизм штамын қабылдау үшін ветеринария саласындағы уәкілетті ұйым басшысының не оның міндетін атқарушы адамның шешімімен комиссия құрылады, оның құрамы ветеринария саласындағы уәкілетті ұйымның және бейінді зертханалардың мамандарынан құрылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия микроорганизм штамын алған күннен бастап үш жұмыс күні ішінде қаптаманың жай-күйін, салынған материалдың өтінішке сәйкестігін, оның сыртқы түрін тексереді және қабылдау рәсімдері сәйкес келген жағдайда осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша 2 данада депонирлеу үшін микроорганизмдер штамдарын қабылдау актісін жасайды, оның бір данасы жөнелтушінің мекенжайына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Микроорганизмдер штамдарын қабылдау рәсімдері осы Қағидаларда көзделген талаптарға сәйкес келмеген жағдайда ветеринария саласындағы уәкілетті ұйым осы Қағидалардың 43-тармағының үшінші бөлігінде көрсетілген мерзімде жөнелтушінің мекенжайына анықталған бұзушылықтарды жою және қажет болған кезде осы Қағидаларда белгіленген тәртіппен депонирлеу үшін микроорганизм штамын қайта жіберу қажеттігі туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жөнелтуші осындай хабарламада көрсетілген ескертулерді жояды және осы Қағидалардың талаптарын сақтай отырып, микроорганизм штамын қайта жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Депонирлеу үшін қабылданған микроорганизмдер штамдары осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша келіп түскен микроорганизмдер штамдарын тіркеу журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия микроорганизм штамын алған күннен бастап үш жұмыс күні ішінде қаптаманың жай-күйін, салынған материалдың өтінішке сәйкестігін, оның сыртқы түрін тексереді және қабылдау рәсімдері сәйкес келген жағдайда осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша 2 данада депонирлеу үшін микроорганизмдер штамдарын қабылдау актісін жасайды, оның бір данасы жөнелтушінің мекенжайына жіберіледі.</w:t>
-[...18 lines deleted...]
-      44. Микроорганизмдер штамдарын қабылдау рәсімдері осы Қағидаларда көзделген талаптарға сәйкес келмеген жағдайда ветеринария саласындағы уәкілетті ұйым осы Қағидалардың 43-тармағының үшінші бөлігінде көрсетілген мерзімде жөнелтушінің мекенжайына анықталған бұзушылықтарды жою және қажет болған кезде осы Қағидаларда белгіленген тәртіппен депонирлеу үшін микроорганизм штамын қайта жіберу қажеттігі туралы хабарлама жібереді.</w:t>
+      Микроорганизмдердің тіркелетін жүйелі топтарының мынадай белгілері болады: В – бактерия, АV – жануарлар вирусы, ВV – бактериялар вирусы (бактериофаг), P – қарапайымдылар, F – патогенді саңырауқұлақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Депонирлеуге келіп түсетін микроорганизмдер штамдарын ветеринария саласындағы уәкілетті ұйым тазалығы мен өміршеңдігін міндетті түрде тексереді, сондай-ақ басқа да қасиеттерін (қажет болған жағдайда) тексереді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:p>
-[...33 lines deleted...]
-      45. Депонирлеу үшін қабылданған микроорганизмдер штамдары осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша келіп түскен микроорганизмдер штамдарын тіркеу журналында тіркеледі.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) микроорганизмдердің табиғи штамдары үшін – ол түскен сәттен бастап күнтізбелік отыз күн мерзімде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:p>
-[...33 lines deleted...]
-      46. Депонирлеуге келіп түсетін микроорганизмдер штамдарын ветеринария саласындағы уәкілетті ұйым тазалығы мен өміршеңдігін міндетті түрде тексереді, сондай-ақ басқа да қасиеттерін (қажет болған жағдайда) тексереді:</w:t>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ветеринариялық препараттарды өндіру және бақылау кезінде немесе патенттік рәсімдер шеңберінде пайдаланылатын микроорганизмдер штамдары үшін – ол келіп түскен сәттен бастап алты айдан аспайтын мерзімде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z117" w:id="113"/>
-[...15 lines deleted...]
-      1) микроорганизмдердің табиғи штамдары үшін – ол түскен сәттен бастап күнтізбелік отыз күн мерзімде;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроорганизмдер штамдарының қасиеттерін тексеру үшін қажет болған жағдайда бейінді зертханалардан мамандар не субъектінің өзінің мамандары тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Микроорганизмдер штамдарының қасиеттерін тексеру нәтижелері бойынша оның нәтижелерін қамтитын хаттама жасалады, оның негізінде мынадай шешімдердің бірі қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z118" w:id="114"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="116"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) микроорганизм штамын депонирлеу туралы – осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша микроорганизм штамының коллекциялық паспорты және осы Қағидаларға 6-қосымшаға сәйкес депонирлеу туралы куәлік беріледі, сондай-ақ осы Қағидаларға 4-қосымшаға сәйкес депонирленген микроорганизмдер штамдарын есепке алу журналына жазба енгізіледі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) депонирлеуден бас тарту туралы – негізделген жауабы бар хабарлама жіберіледі. Қажет болған жағдайда депозитордың анықталған бұзушылықтарды жоюға және осы Қағидаларда белгіленген тәртіппен депонирлеу мақсатында микроорганизм штамын қайта жіберуге мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Ветеринария саласындағы уәкілетті ұйым, егер микроорганизм штамы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z121" w:id="117"/>
-[...15 lines deleted...]
-      2) депонирлеуден бас тарту туралы – негізделген жауабы бар хабарлама жіберіледі. Қажет болған жағдайда депозитордың анықталған бұзушылықтарды жоюға және осы Қағидаларда белгіленген тәртіппен депонирлеу мақсатында микроорганизм штамын қайта жіберуге мүмкіндігі бар.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы ұлттық коллекция үшін бірегей болмаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z122" w:id="118"/>
-[...15 lines deleted...]
-      48. Ветеринария саласындағы уәкілетті ұйым, егер микроорганизм штамы:</w:t>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) референтті (эталондық) штамм, тест-штамм (бақылау), имитатор-штамм болып табылмаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z123" w:id="119"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="121"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) депозитор паспортта мәлімдеген мәліметтерге сәйкес келмесе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z126" w:id="122"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) өміршеңдігі мен тазалығы талаптарға сәйкес келмесе (микроорганизмның жоқтығын немесе микроорганизмнің ұсынылған өсіріндісінің өміршең еместігін немесе онда бөгде микроорганизмдермен ластанудың (контаминацияның) болуын айқын көрсететін жай-күй); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z127" w:id="123"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) микроорганизм штамын депонирлеудің технологиялық мүмкіндігі жоқ болса, оны ұлттық коллекцияда дипонирлеуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z128" w:id="124"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Патогендігі I топты қоспағанда, бірегей болып табылатын, жануарлар арасында аса қауіпті ауруларды туғызатын микроорганизмдер штамдары үшін осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3811,474 +4057,474 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген рәсімдер бюджет қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Ветеринариялық препараттарды өндіру және бақылау кезінде немесе патенттік рәсімдер шеңберінде пайдаланылатын микроорганизмдер штамдары үшін осы Қағидалардың 46-тармағында көзделген рәсім мен микроорганизм штамын бірінші жылы (қажет болған кезде) жаңарта отырып ұстау депозитордың қаражаты есебінен жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы микроорганизмдер штамдары депонирленген жағдайда микроорганизмдер штамдарын одан әрі күтіп-бағу, жаңарту және ветеринария саласындағы уәкілетті ұйымның басқа да шығыстары бюджет қаражаты есебінен жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="126"/>
+    <w:bookmarkStart w:name="z130" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Депонирленген кезде микроорганизм штамына коллекциялық нөмір беріледі, оны берген кезде бұл нөмір өзгермейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроорганизм штамы жоғалған (есептен шығарылған) кезде оның коллекциялық нөмірін басқа микроорганизм штамына беруге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Депозиторға депонирлеу туралы куәлік жіберілген сәттен бастап депонирлеу аяқталды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Ғылым және биотехнологиялар саласындағы патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекциясына депонирлеу үшін микроорганизмдер штамдарын қабылдау және тіркеу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:p>
-[...33 lines deleted...]
-      52. Депозиторға депонирлеу туралы куәлік жіберілген сәттен бастап депонирлеу аяқталды деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Тамақ өнеркәсібінде, дәрілік заттар мен иммундық-биологиялық препараттар өндірісінде, өсімдік шаруашылығында, қоршаған ортаны биоремедиациялау үшін және өндірістің басқа да салаларында пайдаланылатын патогендігі III және (немесе) IV топтағы ПБА-мен жұмыс істеуді жүзеге асыратын субъектілер микроорганизм штамын депонирлеу мақсатында ғылым және биотехнологиялар саласындағы уәкілетті ұйымға жазбаша өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z132" w:id="128"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-параграф. Ғылым және биотехнологиялар саласындағы патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекциясына депонирлеу үшін микроорганизмдер штамдарын қабылдау және тіркеу</w:t>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Жазбаша өтініш берген кезде мынадай мәліметтерді көрсету немесе қоса беру қажет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z133" w:id="129"/>
-[...15 lines deleted...]
-      53. Тамақ өнеркәсібінде, дәрілік заттар мен иммундық-биологиялық препараттар өндірісінде, өсімдік шаруашылығында, қоршаған ортаны биоремедиациялау үшін және өндірістің басқа да салаларында пайдаланылатын патогендігі III және (немесе) IV топтағы ПБА-мен жұмыс істеуді жүзеге асыратын субъектілер микроорганизм штамын депонирлеу мақсатында ғылым және биотехнологиялар саласындағы уәкілетті ұйымға жазбаша өтініш береді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жөнелтуші субъектінің атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микроорганизм штамының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      беру жоспарланған микроорганизмдер штамдарының саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тасымалдау шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Қағидаларға 1-қосымшаға сәйкес нысандар бойынша микроорганизм штамының паспорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микроорганизм өсіріндісінің қауіптілік сыныбын зерттеу туралы қорытынды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Ғылым және биотехнологиялар саласындағы уәкілетті ұйым жазбаша өтініш келіп түскен күннен бастап үш жұмыс күні ішінде субъектіге депонирлеу мақсатында микроорганизмдер штамдарын қабылдауға келісімді жібереді не микроорганизм штамын депонирлеу орынсыз болған жағдайда қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z134" w:id="130"/>
-[...15 lines deleted...]
-      54. Жазбаша өтініш берген кезде мынадай мәліметтерді көрсету немесе қоса беру қажет:</w:t>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Қабылдауға келіскен жағдайда микроорганизм штамы ғылым және биотехнологиялар саласындағы уәкілетті ұйымға мынадай талаптар сақтала отырып беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:p>
-[...123 lines deleted...]
-      55. Ғылым және биотехнологиялар саласындағы уәкілетті ұйым жазбаша өтініш келіп түскен күннен бастап үш жұмыс күні ішінде субъектіге депонирлеу мақсатында микроорганизмдер штамдарын қабылдауға келісімді жібереді не микроорганизм штамын депонирлеу орынсыз болған жағдайда қабылдаудан бас тартады.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) микроорганизм штамы коллекцияға түрге дейін сәйкестендірілген өміршең, таза өсірінді ретінде беріліп, микроорганизм штамының биологиялық белсенділігі мен өзге де сипаттамалары қоса берілген паспортта сипатталады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z136" w:id="132"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="134"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) микроорганизм штамы бар ампулалар (құтылар), шыны түтіктер тұмшалап тығындалады, микроорганизм штамының атауы, себілген және (немесе) кептірілген күні бар заттаңбалармен жабдықталады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z139" w:id="135"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) микроорганизм штамы тасымалдау кезінде тиісті температуралық режим сақтала отырып жеткізіледі (температура датчиктерімен немесе басқа құрылғылармен расталады). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Микроорганизм штамы ғылым және биотехнологиялар саласындағы уәкілетті ұйымға практикалық және ғылыми қажеттіліктерге байланысты мөлшерде және түрде беріледі. Вирустардың әрбір штамына арналған сыйымдылықтар (шыны түтік, құты, ампула, криошыны түтік) саны кемінде он, бактериялар мен саңырауқұлақтар үшін кемінде бесеу болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Микроорганизм штамын қабылдау үшін ғылым және биотехнологиялар саласындағы уәкілетті ұйым микроорганизм штамын алған күннен бастап үш жұмыс күні ішінде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z140" w:id="136"/>
-[...15 lines deleted...]
-      57. Микроорганизм штамы ғылым және биотехнологиялар саласындағы уәкілетті ұйымға практикалық және ғылыми қажеттіліктерге байланысты мөлшерде және түрде беріледі. Вирустардың әрбір штамына арналған сыйымдылықтар (шыны түтік, құты, ампула, криошыны түтік) саны кемінде он, бактериялар мен саңырауқұлақтар үшін кемінде бесеу болады.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қаптаманың жағдайын және оның сыртқы түрін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z141" w:id="137"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="139"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4293,585 +4539,585 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) және 3) тармақшаларында, 57-тармағында көзделген талаптарға сәйкестігін;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z144" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жазбаша өтініште көрсетілген мәліметтердің сәйкестігін және микроорганизм штамының паспортын толтырудың толықтығын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Қабылдау рәсімдері сәйкес келген жағдайда осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша 2 данада депонирлеу үшін микроорганизмдер штамдарын қабылдау актісі жасалады, оның бір данасы жөнелтушінің мекенжайына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z144" w:id="140"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z146" w:id="142"/>
+    <w:bookmarkStart w:name="z146" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Қабылдау рәсімдері осы Қағидаларда көзделген талаптарға сәйкес келмеген жағдайда ғылым және биотехнологиялар саласындағы уәкілетті ұйым осы Қағидалардың 58-тармағында көрсетілген мерзімде жөнелтушінің атына анықталған бұзушылықтарды жою және қажет болған кезде осы Қағидаларда белгіленген тәртіппен депонирлеу мақсатында микроорганизм штамын қайта жіберу қажеттігі туралы хабарлама жібереді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жөнелтуші осындай хабарламада көрсетілген ескертулерді жояды және осы Қағидалардың талаптарын сақтай отырып, микроорганизм штамын қайта жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Депонирлеуге қабылданған микроорганизмдер штамдары осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша келіп түскен микроорганизмдер штамдарын тіркеу журналында тіркеледі және қабылданған күннен бастап күнтізбелік отыз күн ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тазалығын (бөгде микрофлорамен контаминацияның болмауын);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:p>
-[...33 lines deleted...]
-      61. Депонирлеуге қабылданған микроорганизмдер штамдары осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша келіп түскен микроорганизмдер штамдарын тіркеу журналында тіркеледі және қабылданған күннен бастап күнтізбелік отыз күн ішінде:</w:t>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өміршеңдігін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z148" w:id="144"/>
-[...15 lines deleted...]
-      1) тазалығын (бөгде микрофлорамен контаминацияның болмауын);</w:t>
+    <w:bookmarkStart w:name="z150" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) депозитордың паспортында көрсетілген микроорганизм штамының биологиялық белсенділігін (фермент, антибиотик өнімі, антагонизм және т.б.) айқындауды қоса алғанда, микроорганизм штамын сәйкестендіру рәсімінен өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z149" w:id="145"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z151" w:id="147"/>
+    <w:bookmarkStart w:name="z151" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Сәйкестендіру рәсімі микроорганизм штамының қасиеттерін зертханалық зерттеу, ұлттық коллекция деректер банкінің мәліметтерімен салыстыру арқылы, сондай-ақ қажет болған жағдайда геномдық секвенирлеу әдісімен жүргізіледі. Қажет болған жағдайда сәйкестендіруді жүргізу үшін бейінді зертханалардан мамандар тартылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z152" w:id="148"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z152" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Микроорганизм штамын сәйкестендіру рәсімі аяқталғаннан кейін зерттеулердің қорытынды нәтижелерін қамтитын хаттама жасалады, оның негізінде микроорганизм штамының паспорты қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Хаттама мен паспорт ғылым және биотехнологиялар саласындағы уәкілетті ұйымның бірінші басшысының бұйрығы бойынша құрылатын, құрамы ғылым және биотехнологиялар саласындағы уәкілетті ұйымның және бейінді зертханалардың мамандарынан қалыптастырылатын комиссияға ұсынылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="149"/>
+    <w:bookmarkStart w:name="z153" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Комиссия бес жұмыс күні ішінде микроорганизм штамын сәйкестендіру хаттамасында және паспортта көрсетілген деректердің дұрыстығын, толықтығы мен сәйкестігін анықтайды, олардың нәтижелері бойынша мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұлттық коллекцияға депонирлеуге жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z155" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) депонирлеу мақсатында микроорганизм штамын белгілі бір сақтау мерзімімен қосымша зерделеу үшін ғылым және биотехнологиялар саласындағы уәкілетті ұйымның жұмыс коллекциясына орналастыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z154" w:id="150"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z156" w:id="152"/>
+    <w:bookmarkStart w:name="z156" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) депонирлеуден бас тарту. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссияның шешімі ғылым және биотехнологиялар саласындағы уәкілетті ұйым бекітетін нысан бойынша қорытынды түрінде қабылданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="153"/>
+    <w:bookmarkStart w:name="z157" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Комиссия, егер микроорганизм штамы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы ұлттық коллекция үшін бірегей болмаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) референтті (эталондық) штамм, тест-штамм (бақылау) болмаса;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z158" w:id="154"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z160" w:id="156"/>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) депозитор паспортта мәлімдеген мәліметтерге сәйкес келмесе; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өміршеңдік немесе тазалық талаптарына сәйкес келмесе (микроорганизмнің ұсынылған өсіріндісі өміршең емес немесе контаминацияланған болса), оны ұлттық коллекцияға депонирлеуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Микроорганизм штамын депонирлеуден бас тартылған жағдайда:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z161" w:id="157"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z163" w:id="159"/>
+    <w:bookmarkStart w:name="z163" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>65-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) – 3) тармақшаларында көзделген негіздер бойынша ғылым және биотехнологиялар саласындағы уәкілетті ұйым депозитордың атына тиісті хабарлама жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z164" w:id="160"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z164" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>65-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасында көзделген негіз бойынша ғылым және биотехнологиялар саласындағы уәкілетті ұйым депозитордың атына анықталған бұзушылықтарды жою және осы Қағидаларда белгіленген тәртіппен микроорганизм штамын депонирлеуге қайта жіберу қажеттігі туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z165" w:id="161"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z165" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       67. Ғылым және биотехнологиялар саласындағы уәкілетті ұйым комиссияның қорытындысын алғаннан кейін депозиторға бес жұмыс күні ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микроорганизм штамын ұлттық коллекцияға депонирлеуге жіберу туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4882,405 +5128,505 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       одан әрі депонирлеу үшін сәйкестендіру мақсатында микроорганизм штамын уәкілетті ұйымның жұмыс коллекциясына орналастыру туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микроорганизм штамын депонирлеуден бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="162"/>
+    <w:bookmarkStart w:name="z166" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       68. Микроорганизм штамы ұлттық коллекцияға депонирлеуге жіберілген жағдайда ғылым және биотехнологиялар саласындағы уәкілетті ұйым осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>67-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзімде депозиторға осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша куәлікті және микроорганизм штамын сәйкестендіру нәтижелері бойынша толтырылған паспорттың көшірмесін жібереді, сондай-ақ осы Қағидаларға 4-қосымшаға сәйкес депонирленген микроорганизмдер штамдарын есепке алу журналына жазба енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z167" w:id="163"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z167" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       69. Микроорганизм штамын одан әрі ұлттық коллекцияға депонирлеу не оны ғылым және биотехнологиялар саласындағы уәкілетті ұйымның жұмыс коллекциясына орналастыру үшін қабылдау депозиторға куәлік жіберілген сәттен бастап аяқталды деп есептеледі. Микроорганизм штамына меншік құқығы патенті бар микроорганизмдер штамдарын қоспағанда, өнеркәсіптік микроорганизмдердің уәкілетті ұйымының меншігіне өтеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Ғылым және биотехнологиялар саласындағы уәкілетті ұйымның ұлттық коллекциясына депонирлеуге жіберілетін микроорганизм штамына берген кезде өзгермейтін коллекциялық нөмір беріліп, осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша микроорганизмдер штамдарының қозғалысын есепке алу журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z268" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-1. Ветеринария саласындағы заңнама нормаларын орындау мақсатында осы Қағидалардың 37 және 38 тармақтарында көзделген тәртіппен патогенді микроорганизмдер штаммдарының телнұсқаларын ғылым және биотехнологиялар саласындағы ұлттық коллекциясынан ветеринария саласындағы ұлттық коллекциясына беру жолымен референттік және бақылаулық патогенді микроорганизмдер штаммдарын қайталау қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z168" w:id="164"/>
-[...15 lines deleted...]
-      70. Ғылым және биотехнологиялар саласындағы уәкілетті ұйымның ұлттық коллекциясына депонирлеуге жіберілетін микроорганизм штамына берген кезде өзгермейтін коллекциялық нөмір беріліп, осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша микроорганизмдер штамдарының қозғалысын есепке алу журналында тіркеледі. </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроорганизмдер штаммдарының телнұсқаларын беру кезінде коллекциялық нөмірдің соңына латынның "A" әрпі беріліп, штаммның түпнұсқасы тіркелген нақ сол коллекциялық нөмір беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 70-1-тармақпен толықтырылды - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Микроорганизм штамы жоғалған (есептен шығарылған) кезде оның коллекциялық нөмірін басқа микроорганизм штамына беруге жол берілмейді, жоғалған микроорганизм штамы есептен шығарылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z169" w:id="165"/>
-[...15 lines deleted...]
-      71. Микроорганизм штамы жоғалған (есептен шығарылған) кезде оның коллекциялық нөмірін басқа микроорганизм штамына беруге жол берілмейді, жоғалған микроорганизм штамы есептен шығарылуға тиіс.</w:t>
+    <w:bookmarkStart w:name="z170" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын күтіп-бағу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z170" w:id="166"/>
+    <w:bookmarkStart w:name="z171" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын күтіп-бағу тәртібі</w:t>
+        <w:t xml:space="preserve"> 1-параграф. Патогенді және өнеркәсіптік микроорганизмдерді уақытша сақтау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z171" w:id="167"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z172" w:id="168"/>
+    <w:bookmarkStart w:name="z172" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. Депозитордың есебінен шарт негізінде уақытша сақтау үшін ұлттық коллекцияда депонирлеуге жатпайтын микроорганизмдер штамдарын уәкілетті ұйымның қабылдауына жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы көрсетілетін қызметтердің құнын қалыптастыру "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="169"/>
+    <w:bookmarkStart w:name="z173" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73. Өнеркәсіптік микроорганизмдердің ұлттық коллекциясын жүргізуді жүзеге асыратын уәкілетті ұйым аса қауіпті патогенді микроорганизмдердің штамдарын уақытша сақтауға қабылдамайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z174" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Депозитор уәкілетті ұйымның микроорганизм штамын уақытша сақтауы үшін осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша микроорганизм штамын уақытша сақтауға өтініш береді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z174" w:id="170"/>
-[...15 lines deleted...]
-      74. Депозитор уәкілетті ұйымның микроорганизм штамын уақытша сақтауы үшін осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша микроорганизм штамын уақытша сақтауға өтініш береді.</w:t>
+    <w:bookmarkStart w:name="z265" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Микроорганизм штамын уақытша сақтау туралы өтінішке мынадай материалдар қоса беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z265" w:id="171"/>
-[...15 lines deleted...]
-      75. Микроорганизм штамын уақытша сақтау туралы өтінішке мынадай материалдар қоса беріледі:</w:t>
+    <w:bookmarkStart w:name="z175" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидаларға 1-қосымшаға сәйкес нысандар бойынша уақытша сақтауға берілетін микроорганизм штамының паспорты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z175" w:id="172"/>
-[...15 lines deleted...]
-      1) осы Қағидаларға 1-қосымшаға сәйкес нысандар бойынша уақытша сақтауға берілетін микроорганизм штамының паспорты;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) микроорганизм штамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z176" w:id="173"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="174"/>
+    <w:bookmarkStart w:name="z177" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. Микроорганизм штамын уақытша сақтауға берген кезде мынадай талаптарды сақтау қажет: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z178" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) микроорганизм штамы тасымалдау кезінде микроорганизм штамына байланысты температуралық режим сақтала отырып (температура датчиктерімен немесе басқа құрылғылармен расталады), лиофилизацияланған немесе мұздатылған (криоконсервіленген) немесе культивацияланған (субкультивацияланған) күйде ұсынылады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z178" w:id="175"/>
-[...15 lines deleted...]
-      1) микроорганизм штамы тасымалдау кезінде микроорганизм штамына байланысты температуралық режим сақтала отырып (температура датчиктерімен немесе басқа құрылғылармен расталады), лиофилизацияланған немесе мұздатылған (криоконсервіленген) немесе культивацияланған (субкультивацияланған) күйде ұсынылады;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) депонирленетін материал бар ампулалар (құтылар), шыны түтіктер тұмшалап тығындалады және микроорганизм штамының атауы, дайындалған күні бар заттаңбалармен жабдықталады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z179" w:id="176"/>
-[...15 lines deleted...]
-      2) депонирленетін материал бар ампулалар (құтылар), шыны түтіктер тұмшалап тығындалады және микроорганизм штамының атауы, дайындалған күні бар заттаңбалармен жабдықталады;</w:t>
+    <w:bookmarkStart w:name="z180" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) микроорганизм штамы өміршеңдік талаптарына сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z180" w:id="177"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="178"/>
+    <w:bookmarkStart w:name="z181" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77. Микроорганизм штамын уақытша сақтауға қабылдаған кезде уәкілетті ұйым микроорганизм штамын алған күннен бастап үш жұмыс күні ішінде қаптаманың жай-күйін, оның сыртқы түрін, сондай-ақ уақытша депонирлеу рәсімдерінің осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5295,52 +5641,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>76-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарға сәйкестігін тексереді және осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша депонирлеу үшін микроорганизмдер штамдарын қабылдау актісін жасайды, оның бір данасы депозитордың атына жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z182" w:id="179"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z182" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. Микроорганизмдер штамдарын осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5355,826 +5701,986 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>76-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген уақытша сақтауға қабылдау рәсімдері сәйкес келмеген жағдайда уәкілетті ұйым микроорганизмнің штамын алған күннен бастап үш жұмыс күні ішінде депозитордың мекенжайына дәлелді бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z183" w:id="180"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z183" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Уақытша сақтауға арналған микроорганизмдер штамдары осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша микроорганизмдер штамдарының қозғалысын есепке алу журналында тіркеліп, тіркеу нөмірі беріледі, бұл нөмір оны берген кезде өзгермейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микроорганизм штамы есептен шығарылған (жоғалған) кезде оның тіркеу нөмірін басқа микроорганизм штамына беруге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="181"/>
+    <w:bookmarkStart w:name="z184" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80. Микроорганизм штамын уақытша сақтауға қабылдау рәсімін аяқтау қорытындысы бойынша есепке алу деректері (тіркеу нөмірі және сақтау шарттары) микроорганизм штамының паспортына енгізіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z185" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Уақытша сақтауға арналған шартта сақтау түрі (өміршең күйін сақтай отырып қайта себу құқығымен немесе қайта себу құқығынсыз), сақтау мерзімі, уақытша сақтау мерзімі өткен соң одан әрі иелену, пайдалану және билік ету шарттары, төтенше жағдайлар кезінде микроорганизмдер штаммдарын жою шарттары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z185" w:id="182"/>
-[...15 lines deleted...]
-      81. Уақытша сақтауға арналған шартта сақтау түрі (өміршеңдігін сақтай отырып қайта себу құқығымен немесе қайта себу құқығынсыз), сақтау мерзімі, төтенше жағдайлар кезінде микроорганизмдер штамдарын жою шарттары көрсетіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер шартта көрсетілген мерзім өткенге дейін депозитордан штаммды алып қою туралы өтініш немесе өзге де өкім түспесе, штамм сақтауға ауыстырылады және ұлттық коллекцияның меншігі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 81-тармақ жаңа редакцияда - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Уақытша сақтау мерзімдері өткен соң уәкілетті ұйым мынадай шешімдер қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z186" w:id="183"/>
-[...15 lines deleted...]
-      82. Уақытша сақтау мерзімдері өткеннен кейін уәкілетті ұйым мынадай шешім қабылдайды: </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушіге микроорганизм штаммын беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұлттық колекцияға сақтауға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оны жою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 82-тармақ жаңа редакцияда - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Патогенді және өнеркәсіптік микроорганизмдерді сақтау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:p>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> 2-параграф. Патогенді және өнеркәсіптік микроорганизмдерді сақтау</w:t>
+    <w:bookmarkStart w:name="z188" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Ұлттық коллекцияларға депонирлеу үшін уақытша сақтауға қабылданған және тіркелген микроорганизмдердің штамдарына уәкілетті ұйым осы Қағидаларға 8-қосымшаға сәйкес нысан бойынша микроорганизм штамын сақтау картасын толтырады, онда микроорганизм штамын сақтау мерзімі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z188" w:id="185"/>
-[...15 lines deleted...]
-      83. Ұлттық коллекцияларға депонирлеу үшін уақытша сақтауға қабылданған және тіркелген микроорганизмдердің штамдарына уәкілетті ұйым осы Қағидаларға 8-қосымшаға сәйкес нысан бойынша микроорганизм штамын сақтау картасын толтырады, онда микроорганизм штамын сақтау мерзімі көрсетіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы уәкілетті ұйым депонирлеген микроорганизмдердің штамдарына қатысты сақтау картасын депозитор толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Ұлттық коллекцияларда, сондай-ақ уақытша сақтаудағы өсірінділерді ұстауға қойылатын негізгі талаптар олардың өміршеңдігін, тазалығын және бастапқы сипаттамаларын сақтау болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Микроорганизмдер штамдарының бастапқы сипаттамаларын сақтай отырып, оларды өміршең күйде ұстау үшін уәкілетті ұйым сақтау картасының негізінде барлық микроорганизмдер штамдары үшін қайта себу графиктерін белгілейді және бейінді зертханалармен бірлесіп сақтаудың оңтайлы түрін таңдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="187"/>
+    <w:bookmarkStart w:name="z190" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Микроорганизмдер штамдары мөрленген тоңазытқыштарда, жанбайтын шкафтарда, сейфтерде және өзге де арнаулы жабдықтарда бөлек сақталады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z191" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Микроорганизмдер штамдарын сақтауға жауапты қызметкерлер микроорганизмдер штамдарын сақтау температурасын күн сайын бақылайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z191" w:id="188"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="189"/>
+    <w:bookmarkStart w:name="z192" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       87. Микроорганизмдер штамдарын сақтау микроорганизм штамының паспортына, сақтау картасына және қайта себу графигіне сәйкес жүргізіледі, оларда себулердің биологиялық белсенділігі мен кезеңділігі де көрсетіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z193" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Микроорганизмдер штамдары бар сыйымдылықтарда микроорганизм штамының атауы, коллекциялық нөмірі және қайта себілген (лиофилизацияланған) күні белгіленген қатты желімделген заттаңбалар немесе көрсетілген ақпаратты қамтитын штрих-код болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z193" w:id="190"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z194" w:id="191"/>
+    <w:bookmarkStart w:name="z194" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       89. Жауапты қызметкерлер жыл сайын сақтау картасы мен қайта себу графигіне сәйкес жаңартылуға тиісті микроорганизмдер штамдарын анықтайды, олардың қозғалысын есепке алу бойынша құжаттаманы жүргізеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z195" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Микроорганизмдер штамдарын жаңартуға жауапты қызметкерлер микроорганизмдер штамдарын алады, паспорттық және қолда бар құжаттамалық сипаттамаларымен танысады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z195" w:id="192"/>
-[...15 lines deleted...]
-      90. Микроорганизмдер штамдарын жаңартуға жауапты қызметкерлер микроорганизмдер штамдарын алады, паспорттық және қолда бар құжаттамалық сипаттамаларымен танысады.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Микроорганизмдер штамдарын жаңартуға жауапты қызметкер осы Қағидаларға 5-қосымшаға сәйкес оның қозғалысының есебін жүргізеді, осы Қағидаларға 11-қосымшаға сәйкес нысан бойынша себу немесе жою мақсатында микроорганизмдер бар сыйымдылықты ашу актісін ресімдейді және жаңарту нәтижелері бойынша осы Қағидаларға 12-қосымшаға сәйкес нысан бойынша микроорганизм штамын зерттеу хаттамасын жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z196" w:id="193"/>
-[...15 lines deleted...]
-      91. Микроорганизмдер штамдарын жаңартуға жауапты қызметкер осы Қағидаларға 5-қосымшаға сәйкес оның қозғалысының есебін жүргізеді, осы Қағидаларға 11-қосымшаға сәйкес нысан бойынша себу немесе жою мақсатында микроорганизмдер бар сыйымдылықты ашу актісін ресімдейді және жаңарту нәтижелері бойынша осы Қағидаларға 12-қосымшаға сәйкес нысан бойынша микроорганизм штамын зерттеу хаттамасын жасайды.</w:t>
+    <w:bookmarkStart w:name="z197" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Микроорганизмдер штамдарын сақтау кем дегенде екі нысанда: қоректік ортада және (немесе) лиофильді кептіру және (немесе) криосақтау жағдайларында жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z197" w:id="194"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z198" w:id="195"/>
+    <w:bookmarkStart w:name="z198" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       93. Микроорганизмдер штамдарының өміршеңдігі мен бастапқы қасиеттері сақтаудың бүкіл кезеңінде ұсталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z199" w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z199" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       94. Микроорганизмдер штамдарын уақытша сақтау мерзімдері мен шарттары депозитор мен уәкілетті ұйым арасындағы шартта айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z200" w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z200" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       95. Ұлттық коллекцияларды жүргізу жөніндегі жұмысқа уәкілетті ұйым басшысының бұйрығы негізінде басқа зертханалардан, оның ішінде молекулалық зерттеулер, картографиялау мамандары тартылуы мүмкін. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z201" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Патогенді және өнеркәсіптік микроорганизмдердің орнын ауыстыру</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z201" w:id="198"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z202" w:id="199"/>
+    <w:bookmarkStart w:name="z202" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       96. Уәкілетті ұйымның бөлімшелері арасында микроорганизмдерді босату немесе алу уәкілетті ұйым басшысының жазбаша рұқсаты бойынша жүзеге асырылады, осы Қағидаларға 13-қосымшаға сәйкес актімен және микроорганизмдер штамдарының қозғалысын есепке алу журналына жазбамен ресімделеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z203" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Ұлттық коллекциядан микроорганизм штамын, оның ішінде микроорганизмдердің рибонуклеин қышқылын (РНҚ) және дезоксирибонуклеин қышқылын (ДНҚ) беру ПБА-мен жұмыс істеуді жүзеге асыратын субъектінің жазбаша өтініші бойынша ғана жүргізіледі, онда сұратылған микроорганизм штамын алу мен пайдаланудың мақсаты көрсетіледі, сондай-ақ оның сұратылған микроорганизм штамының сақталуын қамтамасыз ету жөніндегі талаптары сипатталады. Бұл ретте уәкілетті ұйым берілген микроорганизм штамының үлгісін ұлттық коллекцияда сақтайды. Өтінішке сұратылған ПБА-мен жұмыс істеуге арналған рұқсаттың көшірмесі қоса беріледі. Беру тиісті реттеу саласындағы уәкілетті органмен келісу бойынша уәкілетті ұйым басшысының жазбаша рұқсатымен және осы Қағидаларға 14-қосымшаға сәйкес нысан бойынша акт жасау және осы Қағидаларға 5-қосымшаға сәйкес микроорганизм штамының қозғалысын есепке алу нысанында жазу арқылы ғана жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z203" w:id="200"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Биологиялық қауіпсіздікті қамтамасыз ету мақсатында уәкілетті ұйым: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="201"/>
+    <w:bookmarkStart w:name="z204" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ПБА-мен жұмыс істеуді жүзеге асыратын субъектіде сұратылған микроорганизм штамын сақтау үшін жағдай болмаған;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z205" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) субъект қызметі сұратылған микроорганизм штамын алу және пайдалану мақсаттарына сәйкес келмеген жағдайда сұрау салынған микроорганизм штамын беруден бас тартады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z205" w:id="202"/>
-[...15 lines deleted...]
-      2) субъект қызметі сұратылған микроорганизм штамын алу және пайдалану мақсаттарына сәйкес келмеген жағдайда сұрау салынған микроорганизм штамын беруден бас тартады.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Микроорганизмдерді Қазақстан Республикасынан тыс жерлерге (жерлерден) босату немесе алу Қазақстан Республикасы заңнамасының талаптарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z206" w:id="203"/>
-[...15 lines deleted...]
-      98. Микроорганизмдерді Қазақстан Республикасынан тыс жерлерге (жерлерден) босату немесе алу Қазақстан Республикасы заңнамасының талаптарына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z207" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Микроорганизмдерді Қазақстан Республикасының шегінде ұйымнан тыс жерге арнайы пошта байланысымен немесе биологиялық қауіпсіздік бойынша білімі бар қолма-қол екі тасымалдаушымен тасымалдауға рұқсат етіледі, олардың біреуінің патогендігі тиісті топтардың микроорганизмдерімен жұмыс істеуге рұқсаты болады. Микроорганизмдерді алған кезде қолма-қол тасымалдаушы сенімхат пен өзінің жеке басын куәландыратын құжаттарды ұсынады. Қолма-қол тасымалдаушы тасымалданатын микроорганизм штамының сақталуына және бүтіндігіне жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z207" w:id="204"/>
-[...15 lines deleted...]
-      99. Микроорганизмдерді Қазақстан Республикасының шегінде ұйымнан тыс жерге арнайы пошта байланысымен немесе биологиялық қауіпсіздік бойынша білімі бар қолма-қол екі тасымалдаушымен тасымалдауға рұқсат етіледі, олардың біреуінің патогендігі тиісті топтардың микроорганизмдерімен жұмыс істеуге рұқсаты болады. Микроорганизмдерді алған кезде қолма-қол тасымалдаушы сенімхат пен өзінің жеке басын куәландыратын құжаттарды ұсынады. Қолма-қол тасымалдаушы тасымалданатын микроорганизм штамының сақталуына және бүтіндігіне жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z208" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Жөнелтуші ұйымның ресми бланкісінде ішіндегі көрсетілген ілеспе хат болған жағдайда қарап-тексерудің барлық түрлерін жүзеге асырған кезде тасымалданатын микроорганизмдер штамдары қаптамасының оны ашуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z208" w:id="205"/>
-[...15 lines deleted...]
-      100. Жөнелтуші ұйымның ресми бланкісінде ішіндегі көрсетілген ілеспе хат болған жағдайда қарап-тексерудің барлық түрлерін жүзеге асырған кезде тасымалданатын микроорганизмдер штамдары қаптамасының оны ашуға жол берілмейді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұған қоса үш данада қаптау актісі жасалады, көрсетілген құжаттардың бірінші даналары микроорганизмдер бар қаптамаға салынады, екінші даналары жөнелтушіде қалады, үшіншіcі алушыға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Жөнелтуші ұйым қолжетімділігі шектелген ақпаратқа қойылатын талаптарды сақтай отырып, алушы ұйымға микроорганизм жіберілген күн мен көлік түрін хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:p>
-[...33 lines deleted...]
-      101. Жөнелтуші ұйым қолжетімділігі шектелген ақпаратқа қойылатын талаптарды сақтай отырып, алушы ұйымға микроорганизм жіберілген күн мен көлік түрін хабарлайды.</w:t>
+    <w:bookmarkStart w:name="z210" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Микроорганизмдер мұздатылған, лиофилизацияланған күйде немесе тығыз қоректік ортада тасымалданады. Тасымалдау "үш рет қаптау" жағдайында жүзеге асырылады, ол мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z210" w:id="207"/>
-[...15 lines deleted...]
-      102. Микроорганизмдер мұздатылған, лиофилизацияланған күйде немесе тығыз қоректік ортада тасымалданады. Тасымалдау "үш рет қаптау" жағдайында жүзеге асырылады, ол мыналарды қамтиды:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірінші қаптама – тасымалданатын микроорганизм штамының өзі салынып, тұмшалап жабылған сыйымдылық (ампулалар, құтылар, шыны түтіктер және т. б.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) екінші қаптама – ішінде жеткілікті мөлшерде сіңіргіш материал салынып, тұмшалап жабылатын сыйымдылық (контейнер, пенал, су өткізбейтін мықты полиэтилен пакет және т.б.) (екінші қаптамаға түрлік және тектік атауын, бірінші сыйымдылықтардың санын, "Қауіпті! Тасымалдау кезінде ашуға болмайды" деген белгіні қоса алғанда, тасымалданатын микроорганизмдер штамдарының тізімдемесі (мәліметтері) салынады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сыртқы қаптама – қажет болған жағдайда тасымалдаудың қажетті температуралық жағдайларын қамтамасыз ету үшін суық элементтер салынған мықты термооқшаулағыш контейнер (сыртқы қаптаманың сыртқы жағында алушы (мекенжайы, байланыс телефоны); жөнелтуші (жауапты адамның Т.А.Ә. және оның байланыс телефонын қоса алғанда); аса қауіпті микроорганизмдер тасымалданған жағдайда – биологиялық қауіптілік белгісі; бағыттаушы жебе көрсетіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Микроорганизмдерді алған ұйым қаптаманы ашу актісін жасап, микроорганизмді алғанын растайтын хатпен бірге оларды берген ұйымға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:p>
-[...69 lines deleted...]
-      103. Микроорганизмдерді алған ұйым қаптаманы ашу актісін жасап, микроорганизмді алғанын растайтын хатпен бірге оларды берген ұйымға жібереді.</w:t>
+    <w:bookmarkStart w:name="z212" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Патогенді және өнеркәсіптік микроорганизмдерді жою</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z212" w:id="209"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z213" w:id="210"/>
+    <w:bookmarkStart w:name="z213" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       104. Микроорганизмдер штамдары осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6209,125 +6715,125 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>63-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылатын комиссия қорытындысына сәйкес мынадай:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) микроорганизм штамы бірегей қасиеттерін жоғалтқан және (немесе) ғылыми, білімдік және практикалық құндылығынан айырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) микроорганизм штамы тазалық талаптарына сәйкес келмеген және өміршең болмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) микроорганизм штамын сақтау мерзімі аяқталған жағдайларда жойылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Сақтауға не қауіпсіз тасымалдауға мүмкіндік болмаған кезде ұлттық коллекциялардағы микроорганизмдер штамдары мынадай жағдайларда дереу жойылуға тиіс:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:p>
-[...72 lines deleted...]
-    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ғимараттың қирау қаупі төнгенде – тиісті мемлекеттік реттеу саласындағы (аясындағы) уәкілетті органмен қосымша келіспей, уәкілетті ұйым басшысының рұқсаты негізінде шұғыл жою;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6338,268 +6844,330 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) коллекцияны басып алу қаупі төнгенде – тиісті мемлекеттік реттеу саласындағы (аясындағы) уәкілетті органмен қосымша келіспей, уәкілетті ұйым басшысының рұқсаты негізінде шұғыл жою; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) дүлей апаттар қаупі төнгенде – тиісті мемлекеттік реттеу саласындағы (аясындағы) уәкілетті органның келісуімен жою. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="212"/>
-[...15 lines deleted...]
-      106. Микроорганизм штамын жою туралы комиссиялық шешім қабылданған жағдайда уәкілетті ұйым басшысының атына құжат жасалып, жою себебі негізделеді және оның келісуі бойынша акт жасалады. Бұл ретте уәкілетті ұйымның деректер банкіне тиісті өзгерістер енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z215" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Микроорганизм штаммын жою туралы комиссиялық шешім қабылданған жағдайда уәкілетті ұйым басшысының атына жою себебімен негізделген құжат әзірленеді, микроорганизм штаммы жойылғаннан кейін осы Қағидаларға 15-қосымшаға сәйкес нысан бойынша микроорганизм штаммын жою актісі жасалады (патогендігі I-II топтағы патогенді микроорганизм штаммы жойылған жағдайда жою актісіне бейне- және фототіркеу қоса беріледі). Бұл ретте уәкілетті ұйымның деректер банкіне тиісті өзгерістер енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 106-тармақ жаңа редакцияда - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z216" w:id="213"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын жүргізу тәртібі</w:t>
+    <w:bookmarkStart w:name="z217" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Ұлттық коллекцияларда депонирленген микроорганизмдер штамдарының қозғалысын есепке алу үнемі жүргізіледі, ол осы Қағидаларға 5-қосымшаға сәйкес микроорганизм штамының қозғалысын есепке алу нысанында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z217" w:id="214"/>
-[...15 lines deleted...]
-      107. Ұлттық коллекцияларда депонирленген микроорганизмдер штамдарының қозғалысын есепке алу үнемі жүргізіледі, ол осы Қағидаларға 5-қосымшаға сәйкес микроорганизм штамының қозғалысын есепке алу нысанында көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z218" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Объективті есепке алуды қамтамасыз ету мақсатында жылына кемінде бір рет ұлттық коллекцияға комиссиялық түгендеу жүргізіледі, ол депонирленген микроорганизмдер штамдары туралы ақпаратты өзектілендіруді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z218" w:id="215"/>
-[...15 lines deleted...]
-      108. Объективті есепке алуды қамтамасыз ету мақсатында жылына кемінде бір рет ұлттық коллекцияға комиссиялық түгендеу жүргізіледі, ол депонирленген микроорганизмдер штамдары туралы ақпаратты өзектілендіруді қамтиды.</w:t>
+    <w:bookmarkStart w:name="z219" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Бес жылда бір рет уәкілетті ұйым комиссиялық негізде микроорганизм штамының ғылыми, білімдік және практикалық құндылығы мен оны ұлттық коллекцияда одан әрі сақтау қажеттігі туралы мәселені қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z219" w:id="216"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z220" w:id="217"/>
+    <w:bookmarkStart w:name="z220" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       110. Уәкілетті ұйым есепті жылдан кейінгі 15 ақпанға дейінгі мерзімде тиісті мемлекеттік реттеу саласындағы (аясындағы) уәкілетті органға ұлттық коллекциядағы микроорганизмдер штамдарының қозғалысын есепке алу нәтижелері туралы ақпарат береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z221" w:id="218"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z221" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       111. Тиісті мемлекеттік реттеу саласының (аясының) уәкілетті органы есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде тиісті ұлттық коллекциядағы микроорганизмдер штамдарының қозғалысын есепке алу нәтижелері туралы ақпаратты биологиялық қауіпсіздік саласындағы уәкілетті органға береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z222" w:id="219"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z222" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       112. Биологиялық қауіпсіздік саласындағы уәкілетті орган жаңа (бұрын белгісіз болған) микроорганизмдер штамдары анықталған жағдайда осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>111-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті органдардан алынған материалдар негізінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасына сәйкес бекітілетін патогендігі мен қауіптілік дәрежесі бойынша ПБА-ның сыныптамасын ескере отырып, ПБА тізбесіне тиісті өзгерістер енгізеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z223" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Микроорганизмдер штамдарын депонирлеу және олардың қозғалысын есепке алу туралы деректер уәкілетті ұйымның деректер банкіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z223" w:id="220"/>
-[...15 lines deleted...]
-      113. Микроорганизмдер штамдарын депонирлеу және олардың қозғалысын есепке алу туралы деректер уәкілетті ұйымның деректер банкіне енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z224" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Уәкілетті ұйымдар мәліметтердің дұрыстығын және өзектілендірілуін, дерекқордың ақпараттық қауіпсіздігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z224" w:id="221"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="221"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6769,88 +7337,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z226" w:id="222"/>
+    <w:bookmarkStart w:name="z226" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Депонирлеуге немесе уақытша сақтауға берілетін микроорганизм штамының паспорты (бактериялар үшін)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z228" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Номенклатуралық деректер:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z228" w:id="223"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="223"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11565,68 +12133,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z229" w:id="224"/>
+    <w:bookmarkStart w:name="z229" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Депонирлеуге немесе уақытша сақтауға берілетін микроорганизм  штамының паспорты (вирустар үшін)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Вирустың және микроорганизм штамының атауы (қабылданған халықаралық терминология), шартты белгісі немесе нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13306,68 +13874,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z232" w:id="225"/>
+    <w:bookmarkStart w:name="z232" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизмдер штамдарын депонирлеуге қабылдау актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы " " _______ № _____</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13868,68 +14436,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="226"/>
+    <w:bookmarkStart w:name="z234" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келіп түскен микроорганизмдер штамдарын тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -14538,68 +15106,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="227"/>
+    <w:bookmarkStart w:name="z236" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Депонирленген микроорганизмдер штамдарын есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        (Тақ бетi)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15727,70 +16295,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="228"/>
+    <w:bookmarkStart w:name="z237" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-бағанда – депонирлеуге кiм рұқсат бердi, тегі, аты, әкесінің аты (бар болса), лауазымы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15949,68 +16517,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z239" w:id="229"/>
+    <w:bookmarkStart w:name="z239" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизм штамының қозғалысын есепке алу нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Тақ бетi) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17285,68 +17853,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z241" w:id="230"/>
+    <w:bookmarkStart w:name="z241" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизм штамын депонирлеу туралы куәлік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы "___"________ № ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17915,68 +18483,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z243" w:id="231"/>
+    <w:bookmarkStart w:name="z243" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизм штамын депонирлеу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Депозитор _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18350,68 +18918,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z245" w:id="232"/>
+    <w:bookmarkStart w:name="z245" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизм штамын сақтау картасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллекциялық/тіркеу нөмірі __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20923,68 +21491,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ж. "___"____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z248" w:id="233"/>
+    <w:bookmarkStart w:name="z248" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коллекциялық микроорганизм штамының  ПАСПОРТЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микроорганизм штамының коллекциялық нөмірі:   Депонирленген күні:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21610,68 +22178,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z250" w:id="234"/>
+    <w:bookmarkStart w:name="z250" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизм штамын уақытша сақтауға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Депозитор ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22010,68 +22578,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z252" w:id="235"/>
+    <w:bookmarkStart w:name="z252" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Себу немесе жою мақсатында микроорганизмдер бар сыйымдылықты ашу актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы " " __________ №___</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22572,68 +23140,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z254" w:id="236"/>
+    <w:bookmarkStart w:name="z254" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизм штамын зерттеу хаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__жылғы "___" _________ бастап 20__ жылғы "___" ________дейін</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23260,68 +23828,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z256" w:id="237"/>
+    <w:bookmarkStart w:name="z256" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәкілетті ұйымның бөлімшелері арасында микроорганизмдер  штамдарын беру актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы "__"__________№___</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23765,68 +24333,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="238"/>
+    <w:bookmarkStart w:name="z258" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроорганизмдер штамдарын ұйымнан тыс жерлерге беру актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы "__"__________№___</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24182,50 +24750,655 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Патогенді және өнеркәсіптік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>микроорганизмдердің ұлттық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>коллекцияларын қалыптастыру,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу және күтіп-бағу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 15-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z270" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20___жылғы __________ №________  микроорганизм штаммын жою актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 15-қосымшамен толықтырылды - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біз, төменде қол қоюшылар, _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________ рұқсатына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (рұқсат берген адамның лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (рұқсат нөмірі мен күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кейіннен міндетті түрде _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (термиялық жою (кәдеге жарату) күні мен режимі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      термиялық жою (кәдеге жарату) арқылы автоклавтау _____________________ немесе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (автоклавтау режимі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дезинфекциялық ерітінді атауы, оның шоғырлануы, зарарсыздандыру уақыты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________ батыру арқылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (штамм түрінің атауы, нөмірі, объектілер саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________ микроорганизмді жойдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актіні жасаушылар: _____________________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актіні жасаушылар: _____________________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні: 20__ жылғы "___"</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үкіметінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -24258,50 +25431,88 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z260" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгеріс енгізілді - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z261" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
     <w:bookmarkStart w:name="z262" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -24334,51 +25545,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ветеринария саласында – Қазақстан Республикасы Ауыл шаруашылығы министрлігі Ветеринариялық бақылау және қадағалау комитетінің "Ветеринария бойынша ұлттық референттік орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
     <w:bookmarkStart w:name="z264" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ғылым және биотехнология саласында – "Микроорганизмдердің республикалық коллекциясы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      3) ғылым және биотехнология саласында – "Биологиялық қауіпсіздік проблемаларының ғылыми-зерттеу институты" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>