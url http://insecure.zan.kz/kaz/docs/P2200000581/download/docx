--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ff0fcfa" w14:textId="ff0fcfa">
+    <w:p w14:paraId="98a4f8f" w14:textId="98a4f8f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2023,6095 +2023,7429 @@
         <w:t>
       14) мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі, жалпы орта білім, техникалық және кәсіптік, орта білімнен кейінгі және қосымша білім беру саласындағы бірыңғай мемлекеттік саясатты іске асыру, салааралық үйлестіруді жүзеге асыру, мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, техникалық және кәсіптік, орта білімнен кейінгі және қосымша білім беру саласындағы халықаралық бағдарламаларды әзірлеу және іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білім берудің даму жай-күйі туралы жыл сайынғы ұлттық баяндаманы дайындау және жариялау, сондай-ақ мемлекеттік органдардың ашық деректерінің интернет-порталында орналастырылатын ашық деректердің бірыңғай тізбесіне сәйкес ақпаратты ашық қолжетімділікте орналастыру арқылы қоғам мен мемлекетті мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білім беру жүйесінің жай-күйі және оның қызметінің тиімділігі туралы объективті ақпаратпен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) білім беруді басқару жүйесінің білім беру мониторингін және оны ақпараттық қамтамасыз етуді жүзеге асыру, мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, қосымша білім беру саласындағы ақпараттандыру объектілерін ұйымдастыру және олардың жұмыс істеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) балалар музыка мектептерінің, балалар көркемөнер мектептерінің және балалар өнер мектептерінің үлгілік оқу жоспарлары мен білім беру бағдарламаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
-[...15 lines deleted...]
-      17) балалар музыка мектептерінің, балалар көркемөнер мектептерінің және балалар өнер мектептерінің үлгілік оқу жоспарлары мен білім беру бағдарламаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың және астананың мамандандырылған мектеп-интернат-колледждерін және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың және астананың мектеп-интернаттарын қоспағанда бастауыш, негiзгi орта, жалпы орта білімнің жалпы бiлiм беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын iске асыратын бiлiм беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
-[...15 lines deleted...]
-      18) олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың және астананың мамандандырылған мектеп-интернат-колледждерін және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың және астананың мектеп-интернаттарын қоспағанда бастауыш, негiзгi орта, жалпы орта білімнің жалпы бiлiм беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын iске асыратын бiлiм беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z635" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) балаларды алты жастан бастап тестілік немесе конкурстық рәсімдерді қолданбай қабылдау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z635" w:id="72"/>
-[...15 lines deleted...]
-      18-1) балаларды алты жастан бастап тестілік немесе конкурстық рәсімдерді қолданбай қабылдау тәртібін айқындау;</w:t>
+    <w:bookmarkStart w:name="z667" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-2) білім берудегі өзгерістер көшбасшыларын іріктеу және даярлау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z667" w:id="73"/>
-[...15 lines deleted...]
-      18-2) білім берудегі өзгерістер көшбасшыларын іріктеу және даярлау қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білім беру ұйымдары қызметінің тиісті типтегі және түрдегі үлгілік қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z74" w:id="74"/>
-[...15 lines deleted...]
-      19) мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білім беру ұйымдары қызметінің тиісті типтегі және түрдегі үлгілік қағидаларын бекіту;</w:t>
+    <w:bookmarkStart w:name="z640" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-1) білім берудің білім беру-сауықтыру ұйымдары мен олардың тиісті түрлері қызметінің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z640" w:id="75"/>
-[...15 lines deleted...]
-      19-1) білім берудің білім беру-сауықтыру ұйымдары мен олардың тиісті түрлері қызметінің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z656" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-2) білім беру ұйымдарында балалардың сауықтырылуы мен демалысын ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z656" w:id="76"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z669" w:id="77"/>
+    <w:bookmarkStart w:name="z669" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19-3) халықаралық мектептер мәртебесін беру ережелерін әзірлеу және бекіту; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z670" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-4) халықаралық мектеп мәртебесін беру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z670" w:id="78"/>
-[...15 lines deleted...]
-      19-4) халықаралық мектеп мәртебесін беру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) алып тасталды - ҚР Үкіметінің 08.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z657" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) мүмкіндігі шектеулі балаларды арнаулы психологиялық-педагогикалық қолдау стандартын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z76" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) ерекше білім беру қажеттіліктерін бағалау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z77" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) мүдделі орталық атқарушы органдармен, жұмыс берушілермен және басқа да әлеуметтік әріптестермен өзара іс-қимыл жасай отырып, техникалық және кәсіптік, орта білімнен кейінгі білімнің мамандықтары мен біліктіліктерінің сыныптауышын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z78" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында оқу жылының басталу және аяқталу мерзімдерін, сондай-ақ орта білім беру ұйымдарында білім алушыларды қорытынды аттестаттаудан өткізу мерзімдерін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z79" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) мектепке дейiнгi, орта, техникалық және кәсiптiк, орта білімнен кейінгі бiлiм беру ұйымдарын, сондай-ақ арнайы білім беру ұйымдарын жабдықтармен және жиһазбен жарақтандыру нормаларын әзірлеуді ұйымдастыру және бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z80" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) мектепке дейінгі ұйымдар, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім беру қызметтерін көрсетудің үлгілік шартының, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін кәсіптік практиканы өткізуге арналған үлгілік шарттың және дуальды оқыту туралы үлгілік шарттың нысандарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z81" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) оқу-әдістемелік және ғылыми-әдістемелік жұмысқа басшылықты жүзеге асыру және оны жүргізуді үйлестіру, мәдениет саласындағы білім беру ұйымдарын қоспағанда, білім беру ұйымдарында оқу-әдістемелік және ғылыми-әдістемелік жұмысты ұйымдастыру және жүзеге асыру қағидаларын, кредиттік оқыту технологиясы бойынша оқу процесін ұйымдастыру қағидаларын, сондай-ақ қашықтан оқытуды ұсыну бойынша білім беру ұйымдарына қойылатын талаптарды және бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламалары бойынша қашықтан оқыту бойынша оқу процесін ұйымдастыру қағидаларын және техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламалары бойынша және онлайн-оқыту нысанында оқу процесін ұйымдастыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z590" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-1) техникалық және кәсіптік, орта білімнен кейінгі білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында оқу процесін онлайн-оқыту нысанында ұйымдастыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z82" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) орта білім беру ұйымдарына арналған оқулықтарды және мектепке дейінгі ұйымдарға, орта білім беру ұйымдарына арналған оқу-әдістемелік кешендерді дайындау, сараптау, сынақтан өткізу және мониторинг жүргізу, басып шығару жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z658" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-1) монополияға қарсы органмен келісім бойынша білім беру деңгейлері бойынша оқулықтарға, оқу-әдістемелік кешендерге сараптама жүргізуді ұйымдастыру, сондай-ақ білім беру жүйесі мен білім беру процесін әдіснамалық және ғылыми-әдістемелік қамтамасыз ету бойынша білім беру саласындағы мемлекеттік монополия субъектісі өндіретін және өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасын айқындау (мемлекеттік жалпыға міндетті білім беру стандарттары, үлгілік оқу жоспарлары, оның ішінде мүмкіндіктері шектеулі балаларға арналған үлгілік оқу бағдарламалары);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z83" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) республикалық және жергілікті бюджеттер бекітілгенге дейін орта білім беру ұйымдарына арналған оқулықтардың, мектепке дейінгі ұйымдарға, орта білім беру ұйымдарына арналған оқу-әдістемелік кешендердің тізбесін, оның ішінде электрондық нысанда бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z84" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) жаратылыстану-математика циклы пәндері бойынша Президенттік олимпиаданы, жалпы білім беру пәндері бойынша республикалық олимпиадалар мен ғылыми жобалар конкурстарын, орындаушылардың республикалық конкурстары мен кәсіби шеберлік конкурстарын ұйымдастыру және өткізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z85" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) жалпы білім беру пәндері бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылар конкурстарының, кәсіби шеберлік конкурстары мен спорттық жарыстардың тізбесін және оларды іріктеу өлшемшарттарын қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z86" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, ведомстволық бағынысты бiлiм беру ұйымдарының жарғыларын бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z87" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) тиісті саланың уәкілетті органдарымен келісу бойынша педагогтер лауазымдарының үлгілік біліктілік сипаттамаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z88" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) еңбек жөніндегі уәкілетті органмен бірлесіп, мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымынан босату қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z89" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) педагогтерді қайта даярлау мен олардың біліктілігін арттыруды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">20) алып тасталды - ҚР Үкіметінің 08.05.2025 </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      34-1) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-1) педагогтерді мемлекеттік мектепке дейінгі ұйымдарға, орта, техникалық және кәсіптік, орта білімнен кейінгі және қосымша білім беру ұйымдарына жұмысқа қабылдауды жүзеге асыру үшін білім беру саласындағы ақпараттандыру объектісін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) салалық көтермелеу жүйесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z91" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) еңбек нарығының қажеттіліктерін ескере отырып, техникалық және кәсiптiк, орта бiлiмнен кейiнгi, сондай-ақ мектепке дейінгі тәрбие мен оқытуға, орта білім беруге және балаларға қосымша білім беруге мемлекеттiк бiлiм беру тапсырысын орналастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z659" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36-1) студенттерді, магистранттар мен докторанттарды жатақханалардағы орындармен қамтамасыз етуге мемлекеттік тапсырысты, жекеменшік білім беру ұйымдарында орта білім беруге мемлекеттік білім беру тапсырысын, жоғары және жоғары оқу орнынан кейінгі білімі бар кадрлар даярлауға мемлекеттік білім беру тапсырысын орналастыруды және мемлекеттік атаулы стипендияларды қоспағанда, мемлекеттік стипендиялар, білім беру саласындағы уәкілетті орган айқындайтын тәртіппен мектепке дейінгі тәрбие мен оқытуға, техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға мемлекеттік білім беру тапсырысын төлеуді жүзеге асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шекте жан басына шаққандағы нормативтік қаржыландыруға қатысушылардың қызметін үйлестіруді жүзеге асыратын және "Білім туралы" Қазақстан Республикасының Заңы 47-бабының 17-тармағында көрсетілген адамдардың бюджет қаражаты шығыстарын жұмыспен өтеу немесе жұмыспен өтемеген жағдайда орнын толтыру жөніндегі өз міндеттерін сақтауын мониторингтеу мен бақылауды қамтамасыз ететін операторды ғылым және жоғары білім саласындағы уәкілетті органмен келісу бойынша айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z92" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарында мемлекеттік білім беру тапсырысы негізінде білім алушылар үшін өтемақылар төлеу арқылы қысқы және жазғы каникул кезеңінде қалааралық теміржол және автомобиль көлігінде жеңілдікпен жол жүруді қамтамасыз ету қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z93" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары студенттерін жатақханалардағы орындармен қамтамасыз етуге мемлекеттік тапсырысты орналастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z94" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға мемлекеттік білім беру тапсырысын қалыптастыру және бөлу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z95" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары студенттерін жатақханалардағы орындармен қамтамасыз етуге мемлекеттік тапсырысты бекіту және орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z591" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40-1) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының жатақханаларында орындарды бөлу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z96" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары студенттерін жатақханалардағы орындармен қамтамасыз етуге мемлекеттік тапсырыстың мөлшерін айқындау әдістемесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z97" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z98" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) бiлiм туралы мемлекеттiк үлгiдегi құжаттардың бланкiлерiне тапсырыс берудi ұйымдастыру, оларды сақтау, есепке алу мен беру және олармен негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және техникалық және кәсіптік, орта бiлiмнен кейінгі бiлiмнің білім беру бағдарламаларын iске асыратын бiлiм беру ұйымдарын, ведомстволық бағынысты бiлiм беру ұйымдарын қамтамасыз ету жөнiндегi қағидаларды әзiрлеу және бекiту, олардың пайдаланылуын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z99" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) орта білім беру ұйымдары үшін жеке пән бойынша бірыңғай базалық оқулықты айқындау және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z100" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) негізгі орта, жалпы орта білім беру ұйымдарында, мамандандырылған жалпы білім беретін және арнаулы оқу бағдарламаларын, сондай-ақ мәдениет және өнер, дене шынықтыру және спорт мамандықтары бойынша техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқуға рұқсат беру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z101" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының білім алушыларын ауыстыру және қайта қабылдау қағидаларын, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында білім алушыларға академиялық демалыс беру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z637" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46-1) білім беру ұйымдарының ішкі тәртібінің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">47) алып тасталды - ҚР Үкіметінің 08.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z657" w:id="79"/>
-[...655 lines deleted...]
-      46) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының білім алушыларын ауыстыру және қайта қабылдау қағидаларын, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында білім алушыларға академиялық демалыс беру қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z660" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-1) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында білім алушылар мен педагогтердің академиялық ұтқырлығын ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z637" w:id="111"/>
-[...15 lines deleted...]
-      46-1) білім беру ұйымдарының ішкі тәртібінің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) білім беру жүйесін басқару органдарын ақпараттық қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z104" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) арнаулы білім беру ұйымдарының үлгілері мен түрлерінің тізбесін белгілеу, арнаулы білім алуға мұқтаж адамдар үшін білім беру ұйымдарында қажетті орын санын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z105" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) мүмкіндігі шектеулі балаларды оқытуды жүзеге асыратын білім беру ұйымдарының материалдық-техникалық және оқу-әдістемелік жарақтандырылуы мен қамтамасыз етілуіне қойылатын ең төмен міндетті талаптарды белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z106" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) білім алу үшін арнайы жағдайлардың бірыңғай қағидаттары мен нормативтерін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z107" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) білім алушыларды аттестаттау әдістемесін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z108" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) уәкілетті органның балалар құқықтарын қорғау саласындағы халықаралық ынтымақтастық ісіндегі қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z109" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) біліктілікті арттырудың ваучерлік-модульдік жүйесінің әдістемесін әзірлеуді ұйымдастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z110" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) білім алушылардың білім жетістіктеріне мониторинг жүргізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z111" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарын қоспағанда, білім беру ұйымдарының білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z112" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) орта білім беру ұйымдарында сынып жетекшілігі туралы ережені әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z113" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) орта білім беру ұйымдары үшін міндетті мектеп формасына қойылатын талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z114" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқтату қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z115" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) мектепке дейінгі тәрбие мен оқыту бағдарламаларын, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының оқулықтарға және оқу-әдістемелік кешендеріне қажеттілігін болжау әдістемесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z116" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілерін оқулықтармен және оқу-әдістемелік кешендермен қамтамасыз ету қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z117" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) мемлекеттік орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының кітапханалар қорын қалыптастыру, пайдалану және сақтау жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z118" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарын бағалау өлшемшарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z119" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) орта, техникалық және кәсіптік, орта білімнен кейінгі білім алушылардың білімін бағалау өлшемшарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z120" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) жалпы білім беретін пәндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарына (ғылыми жарыстарға) қатысушылар құрамын қалыптастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z121" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) педагогикалық әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z122" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) педагогтердің біліктілігін арттыру курстарын, сондай-ақ педагог қызметін курстан кейін қолдауды ұйымдастыру және өткізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z592" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67-1) мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білім беретін мемлекеттік ұйымдардың бірінші басшыларын ротациялауды жүргізу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z123" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) педагогтердің біліктілігін арттыру курстарының білім беру бағдарламаларын әзірлеу, келісу және бекіту қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z685" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68-1) кәмелетке толмағандарға арналған білім беру-сауықтыру бағдарламаларын әзірлеу, келісу және бекіту қағидаларын, сондай-ақ олардың құрылымы мен мазмұнына қойылатын талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z124" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін кәсіптік практиканы ұйымдастыру мен өткізу қағидаларын және практика базалары ретінде кәсіпорындарды (ұйымдарды) айқындау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z125" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) дуальды оқытуды ұйымдастыру қағидаларын мүдделі мемлекеттік органдармен келісу бойынша әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z126" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) мектепке дейінгі жастағы және мектеп жасындағы балаларды, олар орта білім алғанға дейін есепке алуды ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z127" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) жан басына шаққандағы нормативтік қаржыландыру іске асырылатын мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының типтері мен түрлерінің тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">47) алып тасталды - ҚР Үкіметінің 08.05.2025 </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 72-1), 72-2) және 72-3) тармақшалармен толықтыру көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.09.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) мемлекеттік мекеме ұйымдық-құқықтық нысанында құрылған орта білім беру ұйымдарын шаруашылық жүргізу құқығындағы мемлекеттік кәсіпорын ұйымдық-құқықтық нысанына қайта ұйымдастыру үшін өлшемшарттарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z129" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) республикалық орта білім беру ұйымдарындағы мемлекеттік білім беру тапсырысын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z130" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) мәдениет және өнер, дене шынықтыру және спорт мамандықтары бойынша сырттай және кешкі оқу, сондай-ақ экстернат нысандарында білім алуға жол берілетін техникалық және кәсіптік, орта білімнен кейінгі білімнің мамандықтары мен біліктіліктерінің тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z131" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) ғылым және жоғары білім саласындағы уәкілетті органмен бірлесіп формалды емес білім беру арқылы алынған оқыту нәтижелерін, сондай-ақ кәсіптік біліктілікті тану нәтижелерін тану қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z132" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) формальды емес білім беретін ұйымдарды тану қағидаларын әзірлеп, бекіту және формальды емес білім беретін, танылған ұйымдардың тізбесін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z133" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) баланың құқықтарын қорғау саласындағы басқа да мүдделі уәкілетті органдардың қызметін, оның ішінде халықаралық ынтымақтастық саласында үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z134" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) баланың құқықтарын қорғау саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z135" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) ведомстволық бағынысты ұйымдарды бюджет қаражаты есебінен белгіленген тәртіппен қаржыландыруды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z136" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) мемлекеттік үлгідегі білім туралы құжаттарды толтыруға қойылатын талаптарды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z137" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) білім беру ұйымдары, оның ішінде шағын жинақталған мектептер түрлерінің номенклатурасын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z138" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) мемлекеттік білім беру тапсырысына байланысты қызметтер көрсетудің тізбесін қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z139" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) білім беру ұйымын басқарудың алқалы органдарын сайлау тәртібін қоса алғанда, жұмысты ұйымдастырудың үлгілік қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z140" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) балалар ауылындағы отбасында балаларды күтіп-бағуды және тәрбиелеуді жүзеге асыратын тәрбиеші ананы конкурстық іріктеу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z141" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) балалар ауылының әкімшілігі туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z142" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) тәрбиеші аналардың біліктілік санаттарын әзірлеу және белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z143" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) балаларды балалар ауылындағы отбасына беру туралы үлгілік шартты бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z144" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) балалар ауылының, балалар үйінің және жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған мектеп-интернаттың және тәрбиеленушінің (түлектің) арасында жасалған Жасөспірімдер үйінде күтіп-бағу туралы үлгілік шартты бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z593" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-1) жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау, қайтару тәртібін және оның мөлшерін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z594" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-2) патронат тәрбиешілерге берілген баланы (балаларды) күтіп-бағуға бөлінетін ақшалай қаражат мөлшерін және оны төлеуді жүзеге асыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z595" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-3) жетім балалардың, ата-анасының қамқорлығынсыз қалған балалардың тұрғынжайын жалдауға (қосымша жалдауға) берудің үлгілік шартын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z596" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-4) жетім балалардың, ата-анасының қамқорлығынсыз қалған балалардың тұрғынжайының сақталу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z597" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-5) пәтер үлгісіндегі тұрғын үй-жайлар, әкімшілік ғимараттар мен отбасылардың тұруына арналған құрылысжайлар, сондай-ақ үй іргесiндегi және қосалқы (үй) шаруашылығы орналасқан балалар ауылы аумағының ең аз мөлшерін айқындау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z598" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-6) жыл сайын ғылым және жоғары білім саласындағы уәкілетті органмен бірлесіп, білім беру ұйымдарының типтері бойынша оқытудың орташа құнының ұзақ мерзімді болжамдарын әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z599" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-7) ғылым және жоғары білім саласындағы уәкілетті органмен бірлесіп, мемлекеттік білім беру жинақтау жүйесі саласындағы операторды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z600" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-8) ғылым және жоғары білім саласындағы уәкілетті органмен бірлесіп, қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша білім беру жинақтау салымы және білім беру жинақтау сақтандыруы туралы үлгілік шарттарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">89-9) алып тасталды – ҚР Үкіметінің 24.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12.03.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z602" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-10) ғылым және жоғары білім саласындағы уәкілетті органмен бірлесіп, мемлекет сыйлықақысын есептеу әдістемесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z603" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-11) ғылым және жоғары білім саласындағы уәкілетті органмен бірлесіп, оператор мен қатысушы банк, оператор мен қатысушы сақтандыру ұйымы, мемлекеттік білім беру жинақтау жүйесі саласындағы оператор мен қатысушы білім беру ұйымы арасындағы мемлекеттік білім беру жинақтау жүйесі саласындағы ынтымақтастық туралы үлгілік келісімдерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z604" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-12) "Үздік педагог" атағын беру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z605" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-13) қорғаншыларға немесе қамқоршыларға жетім баланы (жетім балаларды) және ата-аналарының қамқорлығынсыз қалған баланы (балаларды) күтіп-бағуға жәрдемақы тағайындау тәртібін және төлеу мөлшерін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z634" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-14) ғылым және жоғары білім саласындағы уәкілетті органмен бірлесіп білім беру ақысын төлеу мақсатында бірыңғай жинақтаушы зейнетақы қорынан төленетін нысаналы жинақ төлемдерін пайдалану қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z652" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89-15) ғылым және жоғары білім саласындағы уәкілетті орган әзірлейтін және бекітетін бастапқы білім беру капиталын есептеу, пайдалану, қайтару қағидаларын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z145" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) азаматтардың денсаулығын сақтау, әлеуметтік қорғау саласындағы уәкілетті органдармен бірлесіп мүмкіндігі шектеулі балаларды оқытудың техникалық құралдарына қойылатын нормативтік талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z146" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) Қазақстан Республикасындағы балалардың жағдайы туралы жыл сайынғы мемлекеттік баяндаманы Қазақстан Республикасының Президентіне ұсыну және оны ресми басылымда жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z147" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) психологиялық-медициналық-педагогикалық консультациялар беру қызметін ұйымдастыру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z148" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) кәмелетке толмағандардың заңға мойынұсынушылық мінез-құлқын қалыптастыруға, олардың бойына адамгершілік пен саламатты өмір салты негіздерін дарытуға бағытталған бағдарламалар мен әдістемелерді әзірлеу және оны білім беру ұйымдарының жұмыс практикасына енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">94) алып тасталды - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (02.03.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">95) алып тасталды - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (02.03.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) білім беру және балалардың құқықтарын қорғау саласында арнаулы әлеуметтік қызметтер көрсету стандарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97) алып тасталды - ҚР Үкіметінің 28.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">98) алып тасталды - ҚР Үкіметінің 28.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) арнаулы әлеуметтік қызметтер көрсету бойынша мониторинг жүргізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z155" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) халықтың арнаулы әлеуметтік қызметтерге қажеттіліктеріне талдау жүргізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z156" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) арнаулы әлеуметтік қызметтер көрсететін субъектілерді ғылыми және оқу-әдістемелік қамтамасыз ету жөніндегі қызметті үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z157" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) бiлiм беру ұйымдарын ғылыми-әдiстемелiк қамтамасыз ету жөнiндегi қызметтiң үйлестiрiлуiн жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z158" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) арнаулы әлеуметтік қызметтер көрсету саласындағы білім беру ұйымдарының қызметін үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z606" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103-1) баланың құқықтарын қорғау жөнiндегi функцияларды жүзеге асыратын мемлекеттік органдар мен ұйымдардың қызметiн үйлестiру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z159" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) жеке және заңды тұлғалармен, халықты әлеуметтік қорғау және денсаулық сақтау саласындағы уәкілетті органдармен және басқа да мемлекеттік органдармен арнаулы әлеуметтік қызметтер көрсету мәселелері бойынша өзара іс-қимыл жасауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z160" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) мектепке дейінгі тәрбие мен оқытудың, орта білім берудің, сондай-ақ кредиттік оқыту технологиясын ескере отырып, техникалық және кәсіптік, орта білімнен кейінгі білім берудің жан басына шаққандағы нормативтік қаржыландыру қағидаларын әзірлеуді ұйымдастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z161" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында эксперимент режимінде іске асырылатын білім беру бағдарламаларын әзірлеу, сынақтан өткізу және оны енгізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z686" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106-1) оқыту тілін қосымша қолдауды қажет ететін, қазақ тілінде оқитын бірінші сыныптардың білім алушыларына арналған бейімдеу бағдарламасын, сондай-ақ оны ендіру қағидалары мен шарттарын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z162" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) Қазақстан Республикасының заңнамасына сәйкес сәйкестендіру нөмірлерінің ұлттық тізілімдеріндегі мәліметтерді алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z163" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) лицензиарларды, лицензия беруді келісуді жүзеге асыратын мемлекеттік органдарды айқындау туралы нормативтік құқықтық актілердің жобаларын әзірлеу және оларды рұқсаттар және хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z164" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) мектепке дейінгі тәрбие мен оқытудың, орта білім берудің, сондай-ақ кредиттік оқыту технологиясын ескере отырып, техникалық және кәсіптік, орта білімнен кейінгі білім берудің жан басына шаққандағы нормативтік қаржыландыру әдістемесін әзірлеуді ұйымдастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z165" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) техникалық және кәсіптік, орта білімнен кейінгі білім берудің республикалық оқу-әдістемелік кеңесін, бейіндер бойынша техникалық және кәсіптік, орта білімнен кейінгі білім берудің оқу-әдістемелік бірлестіктерін құру және олардың қызметі туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z166" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) бiлiм беру жүйесінің сапасын сырттай және iшкi бағалау үшін статистикалық және талдамалық бағалау көрсеткіштерінің кешені көмегімен білім беру мониторингін жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z167" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) кәмелетке толмағандарға қорғаншылық, қамқоршылық мәселелері бойынша мемлекеттік органдар мен ұйымдардың қызметін үйлестіруді және өзара іс-қимыл жасауын ұйымдастыруды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z168" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) асырап алынған балаларды консулдық есепке қою туралы есептер мен ақпаратты есепке алу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z641" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113-1) облыстың, республикалық маңызы бар қаланың, астананың бала құқықтары жөніндегі өңірлік уәкіл қызметінің қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z169" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) меншік нысандарына және ведомстволық бағыныстылығына қарамастан, білім беру ұйымдарында мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, қосымша білім беру, балалардың құқықтарын қорғау саласындағы Қазақстан Республикасы заңнамасының және нормативтік құқықтық актілердің, мемлекеттік жалпыға міндетті білім беру стандарттарының орындалуын, білім беруді басқару органдарын, сондай-ақ ведомстволық бағынысты ұйымдарда бюджеттік және қаржылық тәртіпті мемлекеттік бақылауды Қазақстан Республикасының заңнамасына сәйкес жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z170" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) балалардың құқықтары мен заңды мүдделерін қорғау саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z171" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттардың түрлерін, орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттардың, мемлекеттік үлгідегі құжаттардың нысандарын және оларды есепке алу мен беру қағидаларын, білім туралы өзіндік үлгідегі құжаттардың мазмұнына қойылатын негізгі талаптарды және оларды есепке алу мен беру қағидаларын, сондай-ақ білім беру ұйымдарында білім алуды аяқтамаған адамдарға берілетін анықтаманың нысанын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z172" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) мемлекеттік орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында, қосымша білім беретін мектептен тыс ұйымдарда білім алушыларды тамақтандыруды ұйымдастыру, сондай-ақ мемлекеттік мектепке дейінгі ұйымдарда, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбиеленетін және білім алатын балаларды тамақтандыруды қамтамасыз етуге байланысты тауарларды сатып алу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z173" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) мемлекеттік орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында, қосымша білім беретін мектептен тыс ұйымдарда білім алушыларды тамақтандыруды ұйымдастыру бойынша көрсетілетін қызметтерді және (немесе) тауарларды, сондай-ақ мемлекеттік мектепке дейінгі ұйымдарда, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбиеленетін және білім алатын балаларды тамақтандыруды қамтамасыз етуге байланысты тауарларды жосықсыз берушілердің (әлеуетті өнім берушілердің) тізбесін қалыптастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z174" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z175" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) мемлекеттік қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z176" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) "Алтын белгі" белгісі туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z177" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) "Үздік педагог" атағын беру қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z178" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) "Орта бiлiм беретін үздiк ұйым", "Техникалық және кәсіптік, орта бiлiмнен кейінгі білім беретін үздiк ұйым" гранттарының мөлшерін және оларды беру тәртiбiн белгiлей отырып, осы гранттарды беруге арналған конкурстарды өткiзу қағидаларын бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z179" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) Қазақстан Республикасының азаматтары болып табылатын балаларды асырап алуға беру туралы рұқсат беру мүмкіндігі туралы қорытынды беретін комиссия қызметінің қағидаларын және құрамын бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z180" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) Қазақстан Республикасының азаматтары болып табылатын, Қазақстан Республикасының аумағында тұрақты тұратын, жетім балаларды, ата-анасының қамқорлығынсыз қалған балаларды асырап алуға ниет білдірген адамдарды есепке алу қағидаларын бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z181" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) бала асырап алу жөніндегі агенттіктерді және жетім балаларды, ата-аналарының қамқорлығынсыз қалған балаларды Қазақстан Республикасы азаматтарының отбасыларына орналастыруға жәрдем көрсету жөніндегі ұйымдарды аккредиттеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z182" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) жетім балаларды және ата-аналарының қамқорлығынсыз қалған балаларды есепке алуды ұйымдастыру және олар туралы ақпаратқа қол жеткізу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z183" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) патронаттық тәрбие туралы ережені бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z184" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) асырап алынған баланың өмір сүру, оқу, тәрбие жағдайлары туралы және денсаулығының жай-күйі туралы есепті ұсыну қағидалары мен мерзімдерін, нысанын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z185" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) жетім балалардың, ата-анасының қамқорлығынсыз қалған балалардың және балаларды өз отбасыларына тәрбиелеуге қабылдауға ниет білдірген адамдардың республикалық деректер банкін қалыптастыру және пайдалану қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z687" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130-1) Жетім балалардың, ата-аналарының қамқорлығынсыз қалған балалардың және балаларды өз отбасыларына тәрбиелеуге қабылдауға тілек білдірген адамдардың республикалық деректер банкінде қамтылатын мәліметтерді қорғау жөнінде шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z186" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) баланы қабылдайтын отбасылар туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z653" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131-1) баланы қабылдайтын кәсіби отбасы туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z661" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131-2) кәмелетке толмағандарды бейімдеу орталықтарында және арнаулы әлеуметтік қызметтерге мұқтаж балаларды қолдау орталықтарында кәмелетке толмағандарды ұстау қағидалары мен шарттарын Қазақстан Республикасының заңдарына сәйкес белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z187" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) қабылдаушы ата-аналарға берілген жетім балаларды, ата-анасының қамқорлығынсыз қалған балаларды күтіп-бағуды қаржыландыру қағидаларын және мөлшерін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z188" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) бала қонақтайтын отбасы туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z638" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133-1) жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға тәлімгерлікті ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z189" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) баланың құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдардың тауарлары мен көрсетілетін қызметтерін сатып алу қағидаларын бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z190" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) Министрлік қалыптастыратын мемлекеттік саясатты іске асыру бойынша орталық және жергілікті атқарушы органдардың қызметін үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z191" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) Министрліктің өкілеттіктеріне жататын мәселелер бойынша орталық және жергілікті атқарушы органдардың қызметін бақылау функцияларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z192" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстарды дайындауды және уәкілетті органға енгізуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z193" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z194" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z195" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z196" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z197" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z198" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) мемлекеттік орта білім беру ұйымдарына бекітілген дене шынықтыру-сауықтыру және спорт құрылысжайларын мүліктік жалдауға (жалға) беру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">144) алып тасталды - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (04.02.2026 бастап қолданысқа енгiзiледi)  қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары педагогтерінің жүргізуі үшін міндетті құжаттардың тізбесін және олардың нысандарын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">146) алып тасталды - ҚР Үкіметінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 908</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z671" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146-1) облыстардың, республикалық маңызы бар қалалардың, астананың білім беруді басқару органдары бірінші басшыларының мемлекеттік әкімшілік лауазымдарына қойылатын біліктілік талаптарын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z202" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) жекеменшік білім беру ұйымдарында орта білім беруге мемлекеттік білім беру тапсырысын, оқуға ата-ана төлемақысының шекті мөлшерін бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z203" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) мүмкіндігі шектеулі балаларды арнаулы психологиялық-педагогикалық қолдауға мемлекеттік білім беру тапсырысын орналастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z204" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) әкімшілік-аумақтық бірлікті басқару схемаларын қалыптастыру кезінде қолданылатын білім беруді басқару органдары (облыстардың, республикалық маңызы бар қалалардың, астананың білім басқармалары, сондай-ақ оларға есеп беретін және олардың бақылауындағы, аудандарда, қалаларда немесе облыстық және республикалық маңызы бар қалалардағы, астанадағы аудандарда орналасатын білім бөлімдері) арасында функцияларды бөлуді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z205" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) педагог лауазымдарының тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z206" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) мемлекеттік ұйымдар педагогтерінің жалақысын есептеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">152) алып тасталды - ҚР Үкіметінің 08.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z660" w:id="112"/>
-[...1038 lines deleted...]
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z208" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) педагогтің жұмыс және демалыс уақыты режимінің ерекшеліктерін айқындау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z209" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) тәлімгерлікті ұйымдастыру тәртібін және тәлімгерлікті жүзеге асыратын педагогтерге қойылатын талаптарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z210" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) педагогтердің аттестаттаудан өту қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z211" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) Қазақстан Республикасының аумағында тұрақты тұратын, жетім балаларды, ата-аналарының қамқорлығынсыз қалған балаларды өз отбасына тәрбиелеуге қабылдауға тілек білдірген Қазақстан Республикасының азаматтарын психологиялық даярлау бағдарламасының мазмұнына қойылатын талаптарды, оларды психологиялық даярлау жөніндегі қызметті ұйымдастыру тәртібін және осындай даярлықтан өткені туралы сертификаттың нысанын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z212" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын, үлгілік оқу бағдарламаларын сараптау және сынақтан өткізу жөніндегі жұмысты ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z213" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) тиісті саланың уәкілетті органымен келісу бойынша мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білім беру ұйымдарында және олардың аумақтарында әкелуге тыйым салынған, оларда пайдалану шектелген нәрселер мен заттардың тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z214" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) орта білім беру ұйымдарына арналған оқулықтардың және мектепке дейінгі ұйымдарға, орта білім беру ұйымдарына арналған оқу-әдістемелік кешендердің құрылымы мен мазмұнына қойылатын талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z215" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) мемлекеттік орта білім беру объектілерін салуды, реконструкциялауды, күрделі жөндеуді қаржыландыру және жүргізу қағидаларын сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органмен келісу бойынша әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z216" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) білім беру сапасына халықаралық салыстырмалы және ұлттық зерттеулерді жүргізуді үйлестіруді және білім беруді дамытудың жай-күйі туралы жыл сайынғы ұлттық баяндама дайындауды, сондай-ақ "Ұлттық білім беру дерекқоры" цифрлық жүйесін қалыптастыруды, қолдап отыруды, оған жүйелік-техникалық қызмет көрсетуді, интеграциялауды және оның киберқауіпсіздігін қамтамасыз етуді жүзеге асыратын, мемлекет жүз пайыз қатысатын заңды тұлғаны айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">89-9) алып тасталды – ҚР Үкіметінің 24.02.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 95</w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (12.03.2025 бастап </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      162) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z602" w:id="164"/>
-[...258 lines deleted...]
-    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) "Ұлттық білім беру дерекқоры" ақпараттық жүйесін қалыптастыру, қолдап отыру, жүйелік-техникалық қызмет көрсету, интеграциялау және оның ақпараттық қауіпсіздігін қамтамасыз ету қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">97) алып тасталды - ҚР Үкіметінің 28.06.2024 </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      163) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) білім беру саласындағы ақпараттандыру объектілеріне қойылатын ең төмен талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары іске асыратын білім беру бағдарламаларының тізілімдерін жүргізу қағидаларын, сондай-ақ білім беру бағдарламаларының тізілімдеріне енгізу және олардан алып тастау негіздерін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z220" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) мемлекеттік білім беру ұйымдары педагогтерінің оқулықтар мен оқу-әдістемелік кешендерді таңдау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z221" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) жалпы білім беретін пәндер бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылар конкурстарының, кәсіби шеберлік конкурстарының және спорттық жарыстардың тізбесін және оларды іріктеу өлшемшарттарын қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z642" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-1) жалпы білім беретін пәндер бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарын (ғылыми жарыстарды), орындаушылар конкурстарын, кәсіптік шеберлік конкурстарын және спорттық жарыстарды іріктеу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z222" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың, халықаралық ғылыми жобалар конкурстарының және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесін және оларды іріктеу өлшемшарттарын қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z223" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) жеңімпаздары, жүлдегерлері және оларды дайындаған педагогтер, ғылыми жобалардың халықаралық конкурстарының жеңімпаздары, оларды дайындаған педагогтер бюджет қаражаты есебінен біржолғы сыйақымен көтермеленетін жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың тізбесін қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z224" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың жеңімпаздары мен жүлдегерлеріне, оларды дайындаған педагогтерге, ғылыми жобалардың халықаралық конкурстарының жеңімпаздарына, оларды дайындаған педагогтерге біржолғы сыйақы төлеу қағидаларын, сондай-ақ жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың жеңімпаздары мен жүлдегерлеріне, оларды дайындаған педагогтерге, ғылыми жобалардың халықаралық конкурстарының жеңімпаздарына, оларды дайындаған педагогтерге берілетін біржолғы сыйақының мөлшерлерін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z225" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) орта білім беру ұйымдарындағы психологиялық қызметтің жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z226" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) тиісті саланың уәкілетті органымен келісу бойынша баланы жәбірлеудің (буллингтің) профилактикасы қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z227" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) мемлекеттік сатып алу веб-порталы арқылы мемлекеттік білім беру тапсырысының көрсетілетін қызметтерінің шарттарын жасасу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z228" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) балалар ауылындағы отбасы туралы ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z229" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) жасөспірімдер үйі туралы үлгілік қағидаларды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z230" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) халықтың тығыздығына және елді мекендердің шалғайлығына қарай білім беру ұйымдары желісінің кепілдік берілген мемлекеттік нормативін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z231" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      177) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету процестерін оңтайландыру және автоматтандыру жөнінде шаралар қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z234" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) Қазақстан Республикасының аумағында танылатын орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z235" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) ғылым және ғылыми-техникалық қызмет саласында ұсыныстар әзірлеуге және мемлекеттік саясатты іске асыруға қатысу, Министрліктің өкілеттіктері шегінде ғылыми зерттеулер жүргізу жөніндегі жұмысты үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z236" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) Министрліктің өкілеттіктері шегінде іргелі және қолданбалы ғылыми зерттеулердің басым бағыттарын қалыптастыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z237" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) мемлекеттік бюджеттен қаржыландырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламалар әзірлеуді ұйымдастыру және мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі және жалпы орта білім, техникалық және кәсіптік, орта білімнен кейінгі және қосымша білім беру саласында олардың іске асырылуын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z238" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) мемлекеттік бюджеттен қаржыландырылатын, мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі, жалпы орта білім, техникалық және кәсіптік, орта білімнен кейінгі және қосымша білім беру саласында орындалған ғылыми, ғылыми-техникалық жобалар мен бағдарламалар жөнінде есептерді бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z239" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) мемлекеттік ғылыми-техникалық сараптаманы ұйымдастыру және жүргізу қағидаларын әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z240" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу қағидаларын әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z241" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) уәкілетті органға ұлттық ғылыми кеңестердің құрамына қосу үшін кандидатуралар жөнінде ұсыныстар енгізу және олардың құрамын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z242" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) ұлттық ғылыми кеңестер туралы ережені әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z243" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) уәкілетті органға базалық қаржыландыру субъектілерінің және іргелі ғылыми зерттеулерді жүзеге асыратын ғылыми ұйымдардың тізбелерін қалыптастыру бойынша ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z244" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) ғылыми және (немесе) ғылыми-техникалық қызметті базалық және бағдарламалық-нысаналы қаржыландыру, сондай-ақ ғылыми және (немесе) ғылыми-техникалық қызмет пен ғылыми және (немесе) ғылыми-техникалық қызметтің нәтижелерін коммерцияландыруды гранттық қаржыландыру, іргелі ғылыми зерттеулерді жүзеге асыратын ғылыми ұйымдарды қаржыландыру қағидаларын әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z245" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) мемлекеттік және бюджеттік жоспарлау жөніндегі орталық уәкілетті органдармен келісу бойынша Министрліктің даму жоспарын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z672" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-1) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша зерттеулердің және консалтингтік көрсетілетін қызметтердің құнын айқындау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z673" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-2) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша мемлекеттік тапсырманың құнын айқындау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z674" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-3) өткізуден түскен ақша өз иелігінде қалатын білім беру саласындағы мемлекеттік мекемелердің тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуі бойынша ақылы қызмет түрлерін жүзеге асыру, білім беру саласындағы мемлекеттік мекемелердің тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуінен түскен, өз иелігінде қалатын ақшаны пайдалану қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z675" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-4) бюджетті атқару жөніндегі орталық уәкілетті органмен келісу бойынша нысаналы салымды пайдалану туралы есептілікті жасау қағидаларын, оны ұсыну нысандары мен мерзімдерін, сондай-ақ нысаналы салымды пайдаланудың барысы мен нәтижелері туралы ұсынылатын ақпаратқа қойылатын талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z676" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-5) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша заттай нормаларды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z677" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-6) білім беру саласындағы пилоттық ұлттық жобаны іске асыру кезінде бюджеттің атқарылу рәсімдерін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      191) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.04.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепке дейінгі тәрбие мен оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бастауыш білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізгі орта білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалпы орта білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру бағдарламаларының тізіліміне енгізілген мамандықтар бойынша, әскерилер, арнаулы оқу орындары үшін мамандықтар топтары бойынша техникалық және кәсіптік білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру бағдарламаларының тізіліміне енгізілген мамандықтар бойынша, әскерилер, арнаулы оқу орындары үшін мамандықтар топтары бойынша орта білімнен кейінгі білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рухани білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кәмелетке толмағандарға білім беру-сауықтыру қызметтерін ұсыну үшін білім беру қызметімен айналысуға лицензия және (немесе) лицензияға қосымша беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      192) тармақшаның қолданысы 01.01.2027 дейін тоқтатыла тұрады және тоқтатыла тұру кезеңінде осы редакциясында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР Үкіметінің 08.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      192) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.04.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) мектепке дейінгі тәрбие мен оқыту және балаларға арналған қосымша білім беру саласындағы қызметті жүзеге асыруды бастау немесе тоқтату туралы хабарламаларды қабылдауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      193) тармақшаның қолданысы 01.01.2027 дейін тоқтатыла тұрады және тоқтатыла тұру кезеңінде осы редакциясында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР Үкіметінің 08.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) білім беру ұйымдарын рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімінен алып тастау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z254" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасында көзделген тәртіппен қызметін хабарлама жасау тәртібінде жүзеге асыратын білім беру ұйымының қызметін тоқтата тұру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      195) тармақшаның қолданысы 01.01.2027 дейін тоқтатыла тұрады және тоқтатыла тұру кезеңінде осы редакциясында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР Үкіметінің 08.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      196) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196) хабарлама жасау тәртібін рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы оның жұмыс істеу қағидаларына сәйкес электрондық түрде жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z257" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) өтініш берушінің Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің жарлықтарында, Қазақстан Республикасы Үкіметінің қаулыларында белгіленген талаптарды сақтауын тексеруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z258" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) білім беру қызметімен айналысуға лицензияны және (немесе) лицензияға қосымшаны беру, білім беру ұйымының қайта ұйымдастырылуына байланысты білім беру қызметімен айналысуға лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу мәселелерін алқалы және жария қарау үшін консультациялық-кеңесші орган құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z688" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198-1) мектепке дейінгі тәрбиелеу мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарына мемлекеттік аттестаттау жүргізу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z259" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) жоғары және жоғары оқу орнынан кейінгі білім беру бағдарламаларын іске асыратын әскери, арнаулы оқу орындарын, денсаулық сақтау саласында техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын жүзеге асыратын білім беру ұйымдарын және Сот төрелігі академиясын қоспағанда, мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламаларын, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын меншік нысанына және ведомстволық бағыныстылығына қарамастан мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарын мемлекеттік аттестаттауды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">200) алып тасталды - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (04.02.2026 бастап қолданысқа енгiзiледi)  қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) бақылау және тексеру іс-шараларының нәтижелері бойынша Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексіне сәйкес білім беру саласындағы уәкілетті органның және Қазақстан Республикасының балалардың құқықтарын қорғау саласындағы уәкілетті органның құзыретіне жатқызылған баптар бойынша әкімшілік құқық бұзушылық туралы хаттамалар жасау, әкімшілік құқық бұзушылық үшін әкімшілік жазалар қолдану, істерді қозғау және оларды сот органдарына беру, сот процестеріне қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z262" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202) аумақтық органдардың қызметін үйлестіру және бақылау, сондай-ақ оларға әдістемелік көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z263" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарынан шығатын ресми құжаттарға апостиль қою рәсімін жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z264" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204) білім алушылардың білім жетістіктеріне мониторингті ұйымдастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z607" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204-1) орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына қабылдау қорытындылары бойынша мониторинг жүргізу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z265" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) Қазақстан Республикасының заңнамасына сәйкес ведомстволық бағынысты ұйымдардағы бюджеттік және қаржылық тәртіпті бақылауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z266" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) баланың құқықтарын қорғау, балалардың қадағалаусыз және қараусыз қалуына қарсы іс-қимыл жасау, әлеуметтік жетімдіктің алдын алу мен оның профилактикасы саласында мүдделі мемлекеттік органдармен өзара іс-қимылды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z267" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) бала асырап алу, қорғаншылық, қамқоршылық, патронат, баланы қабылдайтын отбасы, бала қонақтайтын және баланы қабылдайтын кәсіби отбасы мәселелері бойынша облыстық, Астана, Алматы, Шымкент қалалары білім басқармаларының қызметін үйлестіру және бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z268" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208) бала асырап алу жөніндегі агенттіктерді аккредиттеуді жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z269" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209) бала асырап алу жөніндегі агенттіктерді аккредиттеу немесе аккредиттеуден бас тарту туралы шешімдерді, бала асырап алу жөніндегі агенттік филиалының және (немесе) өкілдігінің қызмет етуін ұзарту (ұзартудан бас тарту), тоқтата тұру, қайтадан қолданысқа енгізу және тоқтату туралы дәлелді шешімдерді беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z270" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210) жетім балалардың, ата-анасының қамқорлығынсыз қалған балалардың және балаларды өз отбасыларына тәрбиелеуге қабылдауға ниет білдірген адамдардың республикалық деректер банкін қалыптастыру мен пайдалану бойынша аудандардың, облыстық маңызы бар қалалардың, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қорғаншылық немесе қамқоршылық жөніндегі функцияларды жүзеге асыратын органдарының қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z643" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210-1) кәмелетке толмағандарға қатысты қорғаншылық немесе қамқоршылық жөніндегі функцияларды жүзеге асыратын органдардың қызметін ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z662" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210-2) баласынан бөлек тұратын ата-ананың, аталарының, әжелерінің, аға-інілері мен апа-сіңлілерінің баламен араласуына байланысты дауларды қорғаншылық немесе қамқоршылық жөніндегі функцияларды жүзеге асыратын органның шешуі қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z271" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211) өз құзыреті шегінде Қазақстан Республикасының арнаулы әлеуметтік қызметтер туралы заңнамасының сақталуын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">212) алып тасталды - ҚР Үкіметінің 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 506</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213) меншік түріне, нысанына және ведомстволық бағыныстылығына қарамастан, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың (облыстық маңызы бар қалалардың) білім беруді басқару органдарының, білім беру ұйымдарының және бала құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдар қызметінің Қазақстан Республикасының бала құқықтарын қорғау саласындағы заңнамасының талаптарына сәйкестігін қамтамасыз етуді мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z689" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213-1) балалардың құқықтарын қорғау саласында жоспарлы тексеруді жүргізу үшін қолданылатын тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z274" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214) баланың құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдардың тауарлар мен көрсетілетін қызметтерді сатып алу кезіндегі қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">98) алып тасталды - ҚР Үкіметінің 28.06.2024 </w:t>
+        <w:t xml:space="preserve">215) алып тасталды - ҚР Үкіметінің 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 506</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...1045 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">216) алып тасталды - ҚР Үкіметінің 28.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...2146 lines deleted...]
-      210-1) кәмелетке толмағандарға қатысты қорғаншылық немесе қамқоршылық жөніндегі функцияларды жүзеге асыратын органдардың қызметін ұйымдастыру қағидаларын әзірлеу және бекіту;</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z644" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-1) мүдделі мемлекеттік органдармен бірлесіп зорлық-зомбылыққа, қатыгез қарым-қатынасқа, жәбірлеуге (буллингке) ұшыраған, сондай-ақ зорлық-зомбылықтың куәсі болған кәмелетке толмағандарды анықтау және оларға көмек көрсету қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z662" w:id="298"/>
-[...15 lines deleted...]
-      210-2) баласынан бөлек тұратын ата-ананың, аталарының, әжелерінің, аға-інілері мен апа-сіңлілерінің баламен араласуына байланысты дауларды қорғаншылық немесе қамқоршылық жөніндегі функцияларды жүзеге асыратын органның шешуі қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z684" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-2) зорлық-зомбылық құрбаны болған балаларға көмек көрсету кабинеттері қызметінің үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z271" w:id="299"/>
-[...15 lines deleted...]
-      211) өз құзыреті шегінде Қазақстан Республикасының арнаулы әлеуметтік қызметтер туралы заңнамасының сақталуын бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z690" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-3) кәмелетке толмағандарға қатысты құқық бұзушылықтың, зорлық-зомбылықтың, қатыгез қарым-қатынастың, жәбірлеудің (буллингтің) профилактикасы мәселелері бойынша педагогтердің біліктілігін арттыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:p>
-[...87 lines deleted...]
-      213) меншік түріне, нысанына және ведомстволық бағыныстылығына қарамастан, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың (облыстық маңызы бар қалалардың) білім беруді басқару органдарының, білім беру ұйымдарының және бала құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдар қызметінің Қазақстан Республикасының бала құқықтарын қорғау саласындағы заңнамасының талаптарына сәйкестігін қамтамасыз етуді мемлекеттік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z691" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-4) Қазақстан Республикасының балалардың құқықтарын қорғау жөніндегі өңірлік уәкілетті орган қызметкерлері үшін біліктілікті арттырудан өту қағидаларын, сондай-ақ оны өту мерзімдерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z274" w:id="301"/>
-[...15 lines deleted...]
-      214) баланың құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдардың тауарлар мен көрсетілетін қызметтерді сатып алу кезіндегі қызметін үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z692" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-5) Қазақстан Республикасының балалардың құқықтарын қорғау жөніндегі өңірлік уәкілетті орган қызметкерлерін белгіленген үлгідегі киіммен қамтамасыз ету және оны кию қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:p>
-[...141 lines deleted...]
-      216-1) зорлық-зомбылыққа, қатыгездікке, буллингке ұшыраған кәмелетке толмағандарға, сондай-ақ олардың көзінше жеке адамға қарсы құқық бұзушылық жасалған кәмелетке толмағандарға көмек көрсету бағдарламасын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z693" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-6) Қазақстан Республикасының балалардың құқықтарын қорғау жөніндегі өңірлік уәкілетті орган қызметкерлерінің біліктілігін арттыруға арналған білім беру бағдарламаларын әзірлеу, келісу және бекіту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
     <w:bookmarkStart w:name="z277" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) білім беру ұйымдарында балаларды тамақтандыруды ұйымдастыруды, балаларды мектепке жеткізуді мониторингтеу мен талдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
     <w:bookmarkStart w:name="z278" w:id="304"/>
     <w:p>
@@ -8507,51 +9841,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-2) басқа да мемлекеттік органдармен және ұйымдармен бірлесіп адам саудасының алдын алу жөніндегі іс-шараларға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
     <w:bookmarkStart w:name="z647" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      234-3) педагогикалық баса назар аударуды талап ететін білім алушылар мен тәрбиеленушілерді мектепішілік есепке алуды жүргізу қағидаларын әзірлеу және бекіту;</w:t>
+      234-3) білім беру ұйымдарында баса назар аударуды талап ететін кәмелетке толмағандарды педагогикалық қолдап отыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
     <w:bookmarkStart w:name="z648" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-4) психологиялық қолдау орталықтары қызметінің қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
     <w:bookmarkStart w:name="z649" w:id="326"/>
     <w:p>
@@ -8567,51 +9901,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-5) білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне құқықтық тәрбие беру мәселелері бойынша мемлекеттік органдармен және ұйымдармен өзара іс-қимылды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
     <w:bookmarkStart w:name="z650" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      234-6) білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінің заңға мойынсынушылық мінез-құлқын қалыптастыруға бағытталған бағдарламалар мен әдістемелерді әзірлейді және білім беру ұйымдары жұмысының практикасына енгізеді, сондай-ақ оларды іске асыру мониторингін және білім беру ұйымдарының білім алушылары мен тәрбиеленушілердің құқықтық сауаттылығы мен қорғалуы деңгейіне зерттеулер жүргізу мониторингін жүзеге асыру;</w:t>
+      234-6) білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінің заңға бағынатын мінез-құлқын қалыптастыруға, оларға адамгершілік негіздері мен саламатты өмір салтын дарытуға бағытталған бағдарламалар мен әдістемелерді әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8819,51 +10153,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-7) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
     <w:bookmarkStart w:name="z586" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      235-8) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асыру;</w:t>
+      235-8) кәмелетке толмағандардың істері және олардың құқықтарын қорғау жөніндегі комиссияны құру және оның қызметін жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
     <w:bookmarkStart w:name="z587" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-9) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
     <w:bookmarkStart w:name="z583" w:id="338"/>
     <w:p>
@@ -9533,70 +10867,206 @@
         <w:t>
       235-42) әлеуметтік салада қызметін жүзеге асыратын мемлекеттік кәсіпорындардың таза кірістің бөлігін аудару нормативін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
     <w:bookmarkStart w:name="z680" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-43) мемлекеттік таза кірістің бөлігін кәсіпорындардың бюджетке толық және уақтылы аударуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z296" w:id="372"/>
+    <w:bookmarkStart w:name="z681" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235-44) мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, қосымша білім беру, балалардың құқықтарын қорғау, мектепке дейінгі, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру саласындағы сапаны қамтамасыз ету мәселелерінде жасанды интеллект саласындағы мемлекеттік саясатты іске асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 235-45) тармақшамен толықтыру көзделген - ҚР Үкіметінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z296" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) Қазақстан Республикасының заңдарында, Қазақстан Республикасының Президенті мен Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9938,539 +11408,579 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 908</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+        <w:t xml:space="preserve">; 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="373"/>
+    <w:bookmarkStart w:name="z297" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z298" w:id="374"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z298" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікті басқаруды бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z299" w:id="375"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z299" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z300" w:id="376"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z300" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары (бірінші вице-министр, вице-министрлер) болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z301" w:id="377"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z301" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z302" w:id="378"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z302" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз орынбасарларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z303" w:id="379"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z303" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) еңбек қатынастары мәселелері өзінің құзыретіне жатқызылған Министрлік қызметкерлерін заңнамаға сәйкес лауазымға тағайындайды және лауазымнан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z304" w:id="380"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z304" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заңнамада белгіленген тәртіппен Министрлік қызметкерлеріне тәртіптік жазалар мен көтермелеу шараларын қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z305" w:id="381"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z305" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бұйрықтарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z306" w:id="382"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z306" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) барлық мемлекеттік органдар мен өзге де ұйымдарда Министрліктің атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z307" w:id="383"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z307" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Министрліктің жұмыс регламентін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z308" w:id="384"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z308" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Министрлікте сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдайды және сыбайлас жемқорлыққа қарсы шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z309" w:id="385"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z309" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) өз құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z310" w:id="386"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z310" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрлiктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z311" w:id="387"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z311" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z312" w:id="388"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z312" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z313" w:id="389"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z313" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z314" w:id="390"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z314" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z315" w:id="391"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z315" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкi оған меншік иесі берген мүлiк, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z316" w:id="392"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z316" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z317" w:id="393"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z317" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрліктің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z318" w:id="394"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z318" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z319" w:id="395"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z319" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z320" w:id="396"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z320" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkEnd w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10502,173 +12012,245 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 13.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 370</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 27.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z321" w:id="397"/>
+    <w:bookmarkStart w:name="z321" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Дарын" республикалық ғылыми-практикалық орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z322" w:id="398"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z322" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Ұлттық ғылыми-практикалық дене тәрбиесi орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z323" w:id="399"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z323" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Балдәурен" республикалық оқу-сауықтыру орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z324" w:id="400"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z324" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Республикалық қосымша білім беру оқу-әдістемелік орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z325" w:id="401"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z325" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Ы. Алтынсарин атындағы Ұлттық білім академиясы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Алып тасталды - ҚР Үкіметінің 27.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z327" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Ахмет Байтұрсынұлы атындағы "Талдау" ұлттық зерттеулер және білімді бағалау орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
     <w:bookmarkStart w:name="z328" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -20601,55 +22183,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>