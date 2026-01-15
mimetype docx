--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="98d39df" w14:textId="98d39df">
+    <w:p w14:paraId="4981d31" w14:textId="4981d31">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -18954,1886 +18954,1586 @@
         <w:t>
       мынадай мазмұндағы 16-1-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="815"/>
     <w:bookmarkStart w:name="z838" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16-1. Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Ұлытау облысының сауда департаменті" республикалық мемлекеттік мекемесі".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z839" w:id="817"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Күші жойылды - ҚР Үкіметінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z849" w:id="825"/>
+    <w:bookmarkStart w:name="z849" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Төтенше жағдайлар министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z850" w:id="826"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z850" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z851" w:id="827"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z851" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің қарамағындағы аумақтық органдардың және оның ведомстволарының аумақтық бөлімшелерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z852" w:id="828"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z852" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Қазақстан Республикасы Төтенше жағдайлар министрлігі" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z853" w:id="829"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z853" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 1-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z854" w:id="830"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z854" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-1. Абай облысының төтенше жағдайлар департаменті.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z855" w:id="831"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z855" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 6-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z856" w:id="832"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z856" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6-1. Жетісу облысының төтенше жағдайлар департаменті.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z857" w:id="833"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z857" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 13-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z858" w:id="834"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z858" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13-1. Ұлытау облысының төтенше жағдайлар департаменті.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z859" w:id="835"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z859" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 21-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z860" w:id="836"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z860" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21-1. Абай облысының төтенше жағдайлар департаменті Семей қаласының төтенше жағдайлар басқармасы."</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z861" w:id="837"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z861" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 25-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z862" w:id="838"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z862" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 25-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z863" w:id="839"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z863" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "25-1. Алматы облысының төтенше жағдайлар департаменті Қонаев қаласының төтенше жағдайлар басқармасы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z864" w:id="840"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z864" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 36-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z865" w:id="841"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z865" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "36-1. Жетісу облысының төтенше жағдайлар департаменті Талдықорған қаласының төтенше жағдайлар басқармасы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z866" w:id="842"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z866" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 38-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z867" w:id="843"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z867" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 49-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z868" w:id="844"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z868" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "49-1. Ұлытау облысының төтенше жағдайлар департаменті Жезқазған қаласының төтенше жағдайлар басқармасы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z869" w:id="845"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z869" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 53-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z870" w:id="846"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z870" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірлері 57-1, 57-2, 57-3, 57-5, 57-6, 57-7, 57-8 және 57-9-жолдармен толықтырылсын: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z871" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "57-1. Абай облысының төтенше жағдайлар департаменті Абай ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z872" w:id="840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-2. Абай облысының төтенше жағдайлар департаменті Ақсуат ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z873" w:id="841"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-3. Абай облысының төтенше жағдайлар департаменті Аягөз ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z874" w:id="842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-4. Абай облысының төтенше жағдайлар департаменті Бесқарағай ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z875" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-5. Абай облысының төтенше жағдайлар департаменті Бородулиха ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z876" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-6. Абай облысының төтенше жағдайлар департаменті Жарма ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z877" w:id="845"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-7. Абай облысының төтенше жағдайлар департаменті Көкпекті ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z878" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-8. Абай облысының төтенше жағдайлар департаменті Курчатов қаласының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z871" w:id="847"/>
-[...15 lines deleted...]
-      "57-1. Абай облысының төтенше жағдайлар департаменті Абай ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z879" w:id="847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-9. Абай облысының төтенше жағдайлар департаменті Үржар ауданының төтенше жағдайлар бөлімі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z872" w:id="848"/>
-[...15 lines deleted...]
-      57-2. Абай облысының төтенше жағдайлар департаменті Ақсуат ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z880" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реттік нөмірлері 75, 76, 79, 82, 84, 86, 87, 88, 90, 113, 114, 115, 116, 118, 121, 122-жолдар алып тасталсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z873" w:id="849"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z881" w:id="857"/>
+    <w:bookmarkStart w:name="z881" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 123-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z882" w:id="858"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z882" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "123-1. Шығыс Қазақстан облысының төтенше жағдайлар департаменті Самар ауданының төтенше жағдайлар бөлімі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z883" w:id="859"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z883" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 126-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z884" w:id="860"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z884" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірлері 137-1, 137-2, 137-3, 137-4, 137-5, 137-6, 137-7, 137-8 және 137-9-жолдармен толықтырылсын: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z885" w:id="853"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "137-1. Жетісу облысының төтенше жағдайлар департаменті Ақсу ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z886" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-2. Жетісу облысының төтенше жағдайлар департаменті Алакөл ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z887" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-3. Жетісу облысының төтенше жағдайлар департаменті Ескелді ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z888" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-4. Жетісу облысының төтенше жағдайлар департаменті Қаратал ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z889" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-5. Жетісу облысының төтенше жағдайлар департаменті Кербұлақ ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z890" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-6. Жетісу облысының төтенше жағдайлар департаменті Көксу ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z891" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-7. Жетісу облысының төтенше жағдайлар департаменті Панфилов ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z892" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-8. Жетісу облысының төтенше жағдайлар департаменті Сарқан ауданының төтенше жағдайлар бөлімі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z885" w:id="861"/>
-[...15 lines deleted...]
-      "137-1. Жетісу облысының төтенше жағдайлар департаменті Ақсу ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z893" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137-9. Жетісу облысының төтенше жағдайлар департаменті Текелі қаласының төтенше жағдайлар бөлімі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z886" w:id="862"/>
-[...15 lines deleted...]
-      137-2. Жетісу облысының төтенше жағдайлар департаменті Алакөл ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z894" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реттік нөмірлері 153, 154, 160, 161-жолдар алып тасталсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z887" w:id="863"/>
-[...15 lines deleted...]
-      137-3. Жетісу облысының төтенше жағдайлар департаменті Ескелді ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z895" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы реттік нөмірлері 233, 234, 235 және 236-жолдармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z888" w:id="864"/>
-[...15 lines deleted...]
-      137-4. Жетісу облысының төтенше жағдайлар департаменті Қаратал ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z896" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "233. Ұлытау облысының төтенше жағдайлар департаменті Жаңаарқа ауданының төтенше жағдайлар бөлімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z889" w:id="865"/>
-[...15 lines deleted...]
-      137-5. Жетісу облысының төтенше жағдайлар департаменті Кербұлақ ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z897" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234. Ұлытау облысының төтенше жағдайлар департаменті Қаражал қаласының төтенше жағдайлар бөлімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z890" w:id="866"/>
-[...15 lines deleted...]
-      137-6. Жетісу облысының төтенше жағдайлар департаменті Көксу ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z898" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235. Ұлытау облысының төтенше жағдайлар департаменті Сәтбаев қаласының төтенше жағдайлар бөлімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z891" w:id="867"/>
-[...15 lines deleted...]
-      137-7. Жетісу облысының төтенше жағдайлар департаменті Панфилов ауданының төтенше жағдайлар бөлімі.</w:t>
+    <w:bookmarkStart w:name="z899" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236. Ұлытау облысы төтенше жағдайлар департаментінің Ұлытау ауданының төтенше жағдайлар бөлімі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z892" w:id="868"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z900" w:id="876"/>
+    <w:bookmarkStart w:name="z900" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Өнеркәсіптік қауіпсіздік комитеті" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлім</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z901" w:id="877"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z901" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірлері 1-1, 6-1 және 13-1-жолдармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z902" w:id="878"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z902" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1-1. "Қазақстан Республикасы Төтенше жағдайлар министрлігі Өнеркәсіптік қауіпсіздік комитетінің Абай облысы бойынша департаменті" республикалық мемлекеттік мекемесі."; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z903" w:id="879"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z903" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        "6-1. "Қазақстан Республикасы Төтенше жағдайлар министрлігі Өнеркәсіптік қауіпсіздік комитетінің Жетісу облысы бойынша департаменті" республикалық мемлекеттік мекемесі.";  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z904" w:id="880"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z904" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        "13-1. "Қазақстан Республикасы Төтенше жағдайлар министрлігі Өнеркәсіптік қауіпсіздік комитетінің Ұлытау облысы бойынша департаменті" республикалық мемлекеттік мекемесі.";  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z905" w:id="881"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z905" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің қарамағындағы мемлекеттік мекемелердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z906" w:id="882"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z906" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірі 7-1-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z907" w:id="883"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z907" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7-1. Абай облысының төтенше жағдайлар департаментінің өрт сөндіру және авариялық-құтқару жұмыстары қызметі (Семей қаласы).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z908" w:id="884"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z908" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 10-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z909" w:id="885"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z909" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. Алматы облысының төтенше жағдайлар департаментінің өрт сөндіру және авариялық-құтқару жұмыстары қызметі (Қонаев қаласы).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z910" w:id="886"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z910" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 13-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z911" w:id="887"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z911" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13-1. Жетісу облысының төтенше жағдайлар департаментінің өрт сөндіру және авариялық-құтқару жұмыстары қызметі (Талдықорған қаласы).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z912" w:id="888"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z912" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мынадай мазмұндағы реттік нөмірі 20-1-жолмен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z913" w:id="889"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z913" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "20-1. Ұлытау облысының төтенше жағдайлар департаментінің өрт сөндіру және авариялық-құтқару жұмыстары қызметі (Жезқазған қаласы).".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkEnd w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>