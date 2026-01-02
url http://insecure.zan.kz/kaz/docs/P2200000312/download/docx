--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae4d733" w14:textId="ae4d733">
+    <w:p w14:paraId="85c0b97" w14:textId="85c0b97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,276 +102,380 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2022 жылғы 17 мамырдағы № 312 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Кәсіпкерлік кодексінің 295-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) инвестициялық міндеттемелер туралы келісімнің үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысаны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -648,508 +752,726 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 312 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату қағидалары 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының Кәсіпкерлік кодексі (бұдан әрі – Кәсіпкерлік кодексі) 295-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өтініш беруші – Қазақстан Республикасының заңды тұлғасы болып табылатын әрі Кәсіпкерлік кодексінің 295-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шарттарға сәйкес келетін инвестор;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш – инвестициялық міндеттемелер туралы келісім жасасуға өтінім;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) инвестициялық міндеттемелер туралы келісім (бұдан әрі – келісім) – халықаралық қаржылық есептілік стандарттарына және (немесе) Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының талаптарына сәйкес Қазақстан Республикасының Үкіметі мен заңды тұлға арасында жасалатын, заңды тұлғаның осындай келісім жасасуға өтінім берілген жылды қоса алғанда, сегіз жыл ішінде капиталдандырылатын кейінгі шығыстарды және (немесе) тіркелген жаңа активтерді сатып алуға, өндіруге, салуға арналған шығыстарды қаржыландыру жөніндегі, сондай-ақ тіркелген активтердің құнын ұлғайтатын басқа да шығындарды қаржыландыру жөніндегі республикалық бюджет туралы заңда белгіленген және оны жасасуға өтінім берілген жылдың 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің жетпіс бес миллион еселенген мөлшерінен кем болмайтын жиынтық мөлшердегі міндеттемелерін көздейтін шарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қаржылық дәрменділік – қаражаттың бар екенін растайтын құжаттың атауы мен нөмірі көрсетілген қаражатты қаржыландыру көздері (меншікті немесе қарыз қаражаты);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...15 lines deleted...]
-      2) өтініш – инвестициялық міндеттемелер туралы келісім жасасуға өтінім;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) инвестициялық жоба – мемлекеттік-жекешелік әріптестік жобасын, оның ішінде концессиялық жобаны іске асыру барысында құрылған, кеңейтілген және (немесе) жаңартылған өндірістерді қоса алғанда, өндірістердің жаңаларын құруға, жұмыс істеп тұрғандарын кеңейтуге және (немесе) жаңартуға инвестициялар көздейтін іс-шаралар кешені.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...15 lines deleted...]
-      3) инвестициялық міндеттемелер туралы келісім (бұдан әрі – келісім) – халықаралық қаржылық есептілік стандарттарына және (немесе) Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының талаптарына сәйкес Қазақстан Республикасының Үкіметі мен заңды тұлға арасында жасалатын, заңды тұлғаның осындай келісім жасасуға өтінім берілген жылды қоса алғанда, сегіз жыл ішінде капиталдандырылатын кейінгі шығыстарды және (немесе) тіркелген жаңа активтерді сатып алуға, өндіруге, салуға арналған шығыстарды қаржыландыру жөніндегі, сондай-ақ тіркелген активтердің құнын ұлғайтатын басқа да шығындарды қаржыландыру жөніндегі республикалық бюджет туралы заңда белгіленген және оны жасасуға өтінім берілген жылдың 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің жетпіс бес миллион еселенген мөлшерінен кем болмайтын жиынтық мөлшердегі міндеттемелерін көздейтін шарт;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Инвестициялық міндеттемелер туралы келісім жасасу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      4) қаржылық дәрменділік – қаражаттың бар екенін растайтын құжаттың атауы мен нөмірі көрсетілген қаражатты қаржыландыру көздері (меншікті немесе қарыз қаражаты);</w:t>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Келісімді жасасу үшін өтініш беруші инвестициялар жөніндегі уәкілетті органға мемлекеттік және орыс тілдерінде қағаз тасығыштағы мынадай құжаттармен қоса өтініш береді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="15"/>
+    <w:bookmarkStart w:name="z92" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша келісім жасасуға өтініш;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z93" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш беруші жарғысының көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z94" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш берушіні мемлекеттік тіркеу (қайта тіркеу) туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z95" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш берушінің қаржылық дәрменділігін растайтын құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z93" w:id="16"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="19"/>
+    <w:bookmarkStart w:name="z96" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес инвестициялық жобаның бизнес-жоспарын жасауға қойылатын талаптарға сай әзірленген бизнес-жоспар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z97" w:id="20"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z97" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) құрылыс жобаларының ведомстводан тыс кешенді сараптамасының Қазақстан Республикасының заңнамасында айқындалған тәртіппен басшының қолымен куәландырылған қорытындысы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағының 5) және 6) тармақшаларында көзделген құжаттар инвестициялық жобаларды іске асыру кезінде қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1185,169 +1507,265 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың бірінші бөлігі жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Инвестициялар жөніндегі уәкілетті орган өтініш пен оған қоса берілген құжаттарды қабылдайды және өтініш келіп түскен күннен бастап бес жұмыс күні ішінде Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>295-3-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкестігін қарайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш берген жағдайда Қазақстан Республикасының Еңбек кодексіне сәйкес өтінішті қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Құжаттар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тізбеге сәйкес келмеген жағдайда инвестициялар жөніндегі уәкілетті орган құжаттарды өтініш түскен күннен бастап бес жұмыс күні ішінде өтініш берушіге қарамай қайтарады. Құжаттардың қайтарылғаны өтініш беруші келісім жасауға арналған құжаттарды қараудан бас тарту себептерін жойғаннан кейін қайтадан өтініш берген кезде өтінішті қараудан бас тартуға негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Инвестициялар жөніндегі уәкілетті орган өтініш келіп түскен күннен бастап бес жұмыс күні ішінде осы Қағидалардың 7-тармағына сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетке салықтар мен төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органнан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1401,71 +1819,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Салықтар мен бюджетке төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті орган сұрау салуды алған күннен бастап бес жұмыс күні ішінде сұрау салу қаралған күні өтініш берушіде салықтар және бюджетке төленетін басқа да міндетті төлемдер бойынша берешек пен әлеуметтік төлемдер бойынша берешектің бар немесе жоқ екені туралы мәліметтерді ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берушінің салықтар және бюджетке төленетін басқа да міндетті төлемдер бойынша берешегі мен әлеуметтік төлемдер бойынша берешегінің бар болуы туралы мәліметтер ескертулерді жою мақсатында өтінішті қайтаруға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1473,51 +1987,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықталған ескертулер жойылған жағдайда өтініш беруші қайтадан өтініш жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Инвестициялар жөніндегі уәкілетті орган Қазақстан Республикасы Үкіметінің 2015 жылғы 28 желтоқсандағы № 1091 қаулысымен бекітілген Кәсіпкерлік субъектілерінің тізілімін жүргізу және пайдалану </w:t>
+      Инвестициялар жөніндегі уәкілетті орган Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 2024 жылғы 30 қыркүйектегі № 78 бұйрығымен (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35170 болып тіркелген) бекітілген Кәсіпкерлік субъектілерінің тізілімін жүргізу және пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш берушіге қатысты кәсіпкерлік субъектілерінің тізіліміндегі кәсіпкерлік субъектілерінің санаты туралы мәліметтерді сұратады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1579,279 +2093,499 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Салықтар, бюджетке төленетін басқа да міндетті төлемдер және әлеуметтік төлемдер бойынша берешек болмаған кезде, сондай-ақ өтініш беруші Кәсіпкерлік кодексінің 295-3-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келген жағдайда инвестициялар жөніндегі уәкілетті орган белгіленген тәртіппен осындай келісімге қол қою үшін Қазақстан Республикасының Үкіметі қаулысының жобасын әзірлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісім жобасын келісімнің үлгілік нысанының ережелерін ескере отырып, заңнамада белгіленген тәртіппен инвестициялар жөніндегі уәкілетті орган дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Келісім жасасу туралы шешімді өтініш берушінің келісім жасасу шарттарына сәйкес келетін өтініші мен оған қоса берілетін құжаттары және салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органның мәліметтері негізінде Қазақстан Республикасының Үкіметі қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісім жасасу үшін Қазақстан Республикасы Үкіметінің туралы қаулысында келісімге Қазақстан Республикасы Үкіметінің атынан қол қоюға өкілеттік берілетін лауазымды адам көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қазақстан Республикасы Үкіметінің қаулысымен мақұлданған келісім жобасы екі данада қол қоюға және мөрмен (бар болса) куәландыру үшін өтініш берушіге жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші келісімнің екі данасын алған күннен бастап күнтізбелік отыз күн ішінде оларға қол қояды, мөрмен (бар болса) куәландырады және инвестициялар жөніндегі уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Келісімге өзгерістер енгізу және қолданысын тоқтату тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Келісімге өзгерістер Кәсіпкерлік кодексінің 295-3-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде белгіленген ережелердің сақталуы ескеріле отырып, инвестициялар салу графигін өзгерту бөлігінде ғана енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Инвестициялар салу графигіне өзгерістер енгізуді инвестициялар жөніндегі уәкілетті орган өтініш берушінің растайтын құжаттары бар түсіндірме жазбасы және инвестициялар салу графигінің жобасы қоса берілген ресми өтініші негізінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1870,70 +2604,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инвестициялар жөніндегі уәкілетті орган осындай өтініш келіп түскен күннен бастап он жұмыс күні ішінде осы Қағидалардың 7-тармағына сәйкес мәліметтерді сұратады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1951,71 +2685,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Салықтар және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті орган сұрау салуды алған күннен бастап бес жұмыс күні ішінде осы Қағидалардың 7-тармағына сәйкес мәліметтерді ұсынады. Өтініш берушінің салықтар және бюджетке төленетін басқа да міндетті төлемдер мен әлеуметтік төлемдер бойынша берешегінің бар екені туралы мәліметтер өтінішті ескертулерді жою үшін қайтаруға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықталған ескертулер жойылған жағдайда өтініш беруші қайтадан өтініш жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2046,70 +2876,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шарттарына сәйкес келмеуі өтінішті қараудан бас тарту үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісімге өзгерістер енгізуді көздейтін Қазақстан Республикасы Үкіметі қаулысының жобасын әзірлеуді инвестициялар жөніндегі уәкілетті орган осы Қағидалардың 14-тармағына сәйкес мәліметтер алынған күннен бастап он жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Келісімге өзгерістер енгізу туралы шешімді өтініш берушінің ресми арызы және оған қоса берілетін, осы Қағидалардың 12-тармағында көрсетілген құжаттар негізінде өзгерістер енгізу және салықтар мен бюджетке төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органның мәліметтеріне сәйкес келісу шарттарына және кәсіпкерлік субъектілерінің тізіліміне сәйкес келген кезде Қазақстан Республикасының Үкіметі қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2128,89 +2958,204 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Қазақстан Республикасы Үкіметінің қаулысымен мақұлданған келісімге өзгерістер енгізудің жобасы қол қою және мөрмен (бар болса) куәландыру үшін екі данада өтініш берушіге жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші келісімге өзгерістер енгізу жобасының екі данасын алған күннен бастап күнтізбелік отыз күн ішінде оларға қол қояды, мөрмен (бар болса) куәландырады және инвестициялар жөніндегі уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Келісімнің Кәсіпкерлік кодексі 289-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2225,129 +3170,242 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзім өткенге дейінгі қолданылуы тараптардың келісуі бойынша немесе Кәсіпкерлік кодексі 295-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес біржақты тәртіппен тоқтатылуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Келісім қолданылатын кезеңде Кәсіпкерлік кодексінің 295-3-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде, 2-тармағында, 3-тармағының екінші бөлігінде және 4-тармағында көзделген міндеттемелер мен шарттар орындалмаған жағдайда Қазақстан Республикасының Үкіметі оның қолданысын хабарлама жіберілген күннен бастап үш ай өткен соң біржақты тәртіппен мерзімінен бұрын тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Келісімнің қолданылуы мерзімінен бұрын тоқтатылған жағдайда осындай келісім жасасқан заңды тұлға "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексіне (Салық кодексі) сәйкес белгіленген тәртіппен өзінің салық міндеттемелерін қайта есептеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Келісімді бұзу тәртібі келісімнің өзіндегі шарттарға сәйкес және Қазақстан Республикасының қолданыстағы заңнамасы ескеріліп жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2470,68 +3528,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісім жасасуға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4181,50 +5239,170 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13-жол жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 1063</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолданысқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6844,668 +8022,668 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бизнес-жоспар құру жөніндегі талаптар</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бизнес-жоспар мынадай бөлімдерден тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жобаның түйіндемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) технологиялық бөлім;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коммерциялық бөлім;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік-экономикалық әсері*;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қаржы бөлімі*.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жоба түйіндемесі мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлға туралы ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шет елдердің қатысу үлесі (ел көрсетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квазимемлекеттік сектордың қатысу үлесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жоба бойынша ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаның атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаның мақсаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болжамды инвестициялық жобаның сипаты (тіркелген активтерді сатып алу, өндіру, салу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құрылатын жұмыс орындарының саны (уақытша және тұрақты);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экономикалық қызмет түрлері бойынша өнім жіктеуіші (ҚР ЭҚТӨЖ) бойынша шығарылатын өнімнің номенклатурасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Технологиялық бөлім мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      1. Бизнес-жоспар мынадай бөлімдерден тұрады:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инвестициялық жоба технологиясының сатып алынатын және пайдаланылатын тіркелген активтері көрсетілген сипаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      1) жобаның түйіндемесі;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық жобада заманауи технологиялардың қолданылуы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      2) технологиялық бөлім;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коммерциялық бөлім мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      3) коммерциялық бөлім;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жабдықты жеткізу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      4) әлеуметтік-экономикалық әсері*;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажетті технологиялық жабдықтар тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      технологиялық жабдықтың жаңалығы (жабдықтың шығарылған күні және моделі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) маркетинг:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...360 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өнімді өткізу – қандай өңірлерге, қандай тұтынушыларға, шетелде қандай елдерге жеткізу болжанып отыр. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әлеуметтік-экономикалық әсер мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жобаны іске асыру кезінде күтілетін әлеуметтік тиімділік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өңірдің әлеуметтік-экономикалық дамуына үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік-экономикалық жағдайды дамыту жөніндегі міндеттемелер мен ниеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қаржылық бөлім мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жобаны іске асыру құны, қаржыландыру көздері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз қаражаты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7516,70 +8694,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыз қаражаты (кредиттер немесе шаруашылық жүргізуші субъектілердің тартылған қаражаты) және/немесе грант;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қаржылық талдау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобаның қаржылық моделі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7626,70 +8804,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобаның ақталу мерзімі (қарапайым және дисконтталған);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пайданың қарапайым нормасы (рентабельділігі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Инвестициялық жобаның бизнес-жоспарын тігу және нөмірлеу, басшының қолымен және заңды тұлғаның мөрімен (бар болса) куәландыру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7781,68 +8959,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 312 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісімнің үлгілік нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________ (күні, айы, жылы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8055,50 +9233,156 @@
       (басшының немесе өзге уәкілетті тұлғаның тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арасында жасалды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспенің екінші бөлігі жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8225,88 +9509,192 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Негізгі ұғымдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Келісімде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялар – лизинг шартының күнінен бастап қаржылық лизинг заттарын қоса алғанда, мүліктің барлық түрлері (жеке тұтынуға арналған тауарлардан басқа), сондай-ақ инвестор заңды тұлғаның жарғылық капиталына немесе кәсіпкерлік қызмет үшін, сондай-ақ мемлекеттік-жекешелік әріптестік жобасын, оның ішінде концессиялық жобаны іске асыру үшін пайдаланылатын тіркелген активтерді ұлғайтуға салатын оларға құқықтар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8417,68 +9805,164 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Келісімнің нысанасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы келісімнің 3-тарамағының ережелерін ескере отырып, инвестордың сегіз жыл бойы __________ теңге мөлшеріндегі инвестициялық міндеттемелерді жүзеге асыруы келісімнің нысаны болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8553,68 +10037,164 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Инвестицияларды жүзеге асыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Инвестициялар инвестордың капиталдандырылатын кейінгі шығыстарды және (немесе) тіркелген жаңа активтерді сатып алуға, өндіруге, салуға арналған шығыстарды қаржыландыруын, сондай-ақ халықаралық қаржылық есептілік стандарттарына және (немесе) Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасының талаптарына сәйкес тіркелген активтердің құнын ұлғайтатын басқа да шығындарды қаржыландыруын (бұдан әрі – инвестициялар) қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8817,68 +10397,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       6. Инвестор инвестициялар салуды осы келісімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес инвестордың инвестициялар салуының күнтізбелік графигін айқындайтын графикке сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Тараптардың құқықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Инвестициялар жөніндегі уәкілетті орган Үкіметтің атынан:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8997,68 +10577,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестицияларды жүзеге асыру кезінде келісімге және Қазақстан Республикасының қолданыстағы заңнамасына қайшы келмейтін кез келген іс-қимылдарды қабылдауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Кәсіпкерлік кодексіне және осы келісімге сәйкес келісімді мерзімінен бұрын бұзуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Тараптардың міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Инвестициялар жөніндегі уәкілетті орган Үкімет атынан өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9235,68 +10815,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) келісім жасалған жылдан кейінгі жылдан бастап жыл сайын республикалық бюджет туралы заңда белгіленген және қазақстандық кадрларды үздіксіз оқытуды осындай қаржыландыру жүзеге асырылатын жылдың 1 қаңтарында қолданыста болатын айлық есептік көрсеткіштің жиырма мың еселенген мөлшерінен кем емес сомада қазақстандық кадрларды оқытуды қаржыландыруды жүзеге асыруға және олардың біліктілігін арттыру жөніндегі жұмысты жүргізуге (жер қойнауын пайдаланушы болып табылатын заңды тұлға осы тармақтың 3) тармақшасында көрсетілген шығыстарды қаржыландыруды Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасына сәйкес жүзеге асырады); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инвестициялардың жүзеге асырылу барысы туралы ақпарат ұсынуға және осы келісімнің 19 және 20-тармақтарына сәйкес есептерді ұсыну мерзімдерін сақтауға міндеттенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Форс-мажор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Егер келісім бойынша қандай да бір міндеттемелерді орындамау немесе орындау кезіндегі кідіріс еңсерілмейтін күш мән-жайларынан (бұдан әрі – форс-мажор) туындаған болса, Тараптардың ешқайсысы оларды орындамағаны үшін жауапты болмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9343,68 +10923,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Форс-мажор мән-жайлары туындаған жағдайда одан зардап шеккен тарап олар туындаған күннен бастап 15 жұмыс күні ішінде ол жөнінде оқиғаның басталған күнін көрсетіп әрі форс-мажор мән-жайларын сипаттап жазбаша хабарлама тапсыру арқылы екінші тарапты хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Форс-мажор мән-жайлары туындаған кезде тараптар қалыптасқан жағдайдың шешімін іздеу үшін дереу келіссөздер жүргізеді және мұндай мән-жайлардың салдарын барынша азайту үшін барлық құралдарды пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7. Құпиялылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Тараптар Қазақстан Республикасының заңнамасына сәйкес келісімнің қолданылу мерзімі ішінде оны іске асыру жөніндегі жұмысқа қатысты барлық құжаттар, ақпарат және есептер бойынша құпиялылық шарттарын сақтайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9469,84 +11049,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақпарат келісім бойынша тарап қаржы қаражатын алатын банктің немесе өзге қаржы ұйымының өзіне осындай ақпараттың құпиялылық шарттарын сақтау міндеттемесін алуы шартымен осындай банкке немесе қаржы ұйымына берілетін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ақпарат кез келген, оның iшiнде банктік құпия болып табылатын, инвестордың кез келген, оның ішiнде Қазақстан Республикасынан тыс шетелдiк банктерде ашылған шоттарына қатысты ақпаратқа қол жеткізе алатын салық немесе Қазақстан Республикасының өзге де мемлекеттік уәкiлеттi органдарына берілетін жағдайлардан басқа, келісімнің мазмұнына қатысты ақпаратты немесе құпия деп есептелетін және инвестицияларды жүзеге асыруға байланысты өзге де ақпаратты екінші тараптың жазбаша келісімін алмай ашуға құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. Келісім шарттарының сақталуына мониторинг жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Келісім шарттарының сақталуына мониторингті инвестициялар жөніндегі уәкілетті орган жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-тармақтың бірінші бөлігі жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Келісім жасалғаннан кейін инвестор инвестициялар жөніндегі уәкілетті орган белгілейтін нысан бойынша міндеттемелердің орындалуын растайтын құжаттардың жиынтық тізілімімен қоса инвестициялар салу графигі бойынша инвестициялық міндеттемелерді бөліп, инвестициялар салу графигіне сәйкес есепті жылдан кейінгі жылдың жиырма бесінші ақпанынан кешіктірмей осы келісімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -9615,68 +11301,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялар салу графигіне сәйкес инвестициялардың жүзеге асырылғаны туралы ақпарат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инвестициялар салу графигіне сәйкес инвестициялардың салынғанын растайтын құжаттардың жиынтық тізілімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9. Дауларды шешу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Тараптар келісім ережелерінің кез келгенін орындауға немесе түсіндіруге байланысты барлық даулар мен келіспеушіліктерді өзара келіссөздер жолымен шешуге барлық күш-жігерін салады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9687,104 +11373,104 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Тараптардың кез келгенінің екінші тарапқа жазбаша өтініші алынған күннен бастап екі ай ішінде тараптар келісімге қол жеткізбеген жағдайда дауларды шешу "Астана" халықаралық қаржы орталығының сотында, "Астана" халықаралық қаржы орталығының Халықаралық төрелік орталығында немесе Қазақстан Республикасының сот органдарында, сондай-ақ тараптардың келісімімен айқындалатын төреліктерде жүргізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Тараптар туындаған даулар мен келіспеушіліктер толық шешілгенге дейін Келісімде белгіленген міндеттемелерді орындаудан босатылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10. Қолданылатын құқық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Келісім және осы келісімнің негізінде қол қойылған басқа да келісімдер үшін Қазақстан Республикасының немесе "Астана" халықаралық қаржы орталығының қолданыстағы құқығы қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11. Келісімнің қолданылу және күшіне ену мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Келісімнің қолданылу мерзімі салық заңнамасының тұрақтылығы кепілдіктерінің қолданылу мерзімімен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9849,104 +11535,104 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                                                    (күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кейін тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12. Келісімге енгізілетін өзгерістер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қазақстан Республикасының заңнамасына сәйкес тараптар осы келісімнің 3, 4, 10, 13-тармақтары ережелерінің сақталуын ескере отырып, өзара келісу бойынша жылына екі реттен асырмай қосымша келісімдер жасасу жолымен инвестициялар салу графигін өзгерту бөлігінде ғана келісімге өзгерістер мен толықтырулар енгізуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13. Келісімді бұзу шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Келісімнің қолданысы осы келісімнің 27-тармағында белгіленген мерзім өткенге дейін тараптардың келісуі бойынша немесе осы бөлімге сәйкес біржақты тәртіппен мерзімінен бұрын тоқтатылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9995,68 +11681,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3), 4) тармақшаларында көзделген міндеттемелер мен шарттар инвестициялық міндеттемелер туралы келісімнің қолданылу кезеңінде орындалмаса, Қазақстан Республикасының Үкіметі хабарлама жіберілген күннен бастап үш ай өткен соң келісімнің қолданылуын біржақты тәртіппен мерзімінен бұрын тоқтатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Инвестор осы келісім бұзылатын күнге дейін кемінде 3 (үш) ай бұрын инвестициялар жөніндегі уәкілетті органды алдын ала хабардар ете отырып, осы Келісімді біржақты тәртіппен бұзуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14. Келісімнің тілі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Келісімнің мәтіні, өзгерістер, қосымшалар, осы келісімге қоса берілетін қосымша құжаттар мемлекеттік және орыс тілдерінде екі данада жасалады. Егер Келісім шарттарында өзгеше көзделмесе, барлық даналар теңтүпнұсқалы болып табылады және заңды күші бірдей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10940,68 +12626,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялар салу графигі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12653,50 +14339,155 @@
               <w:t>
 Қолы _____________ М.О.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымшаны алып тастау көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12853,68 +14644,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісімнің орындалуы туралы 20__жылғы "__"________№________ жылдық есеп </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12961,70 +14752,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (инвестордың орналасқан жері)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       келісім жасасқан заңды тұлғаның атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20 ____ жыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: жылдық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15745,70 +17536,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген мәліметтердің түпнұсқалығы мен шынайылығын растаймыз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушы _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16048,55 +17839,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16422,31 +18213,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>