--- v1 (2026-01-02)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85c0b97" w14:textId="85c0b97">
+    <w:p w14:paraId="5ccc7ba" w14:textId="5ccc7ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,380 +102,296 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2022 жылғы 17 мамырдағы № 312 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Кәсіпкерлік кодексінің 295-2-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Үкіметі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...160 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) инвестициялық міндеттемелер туралы келісімнің үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысаны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -752,726 +668,610 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 312 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату қағидалары 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Кәсіпкерлік кодексінің (бұдан әрі – Кәсіпкерлік кодексі) 295-2-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданысын тоқтату тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z98" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инвестициялық жоба – мемлекеттік-жекешелік әріптестік жобасын, оның ішінде концессиялық жобаны іске асыру барысында құрылған, кеңейтілген және (немесе) жаңартылған өндірістерді қоса алғанда, жаңа өндірістер құруға, жұмыс істеп тұрғандарын кеңейтуге және (немесе) жаңартуға инвестицияларды, сондай-ақ басым туристік аумақтарда туристің қажеттіліктерін қанағаттандыра алатын объектілерді құруға инвестицияларды көздейтiн iс-шаралар кешенi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z99" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық міндеттемелер туралы келісім (бұдан әрі – келісім) – Қазақстан Республикасының Үкіметі мен заңды тұлға арасында жасалатын, заңды тұлғаның мұндай келісімді жасасуға өтінім берілген жылды қоса алғанда, сегіз жыл ішінде, республикалық бюджет туралы заңда белгіленген және оны жасасуға өтінім берілген жылдың 1 қаңтарына қолданыста болатын кемінде айлық есептік көрсеткіштің жетпіс бес миллион еселенген жиынтық мөлшерінде, капиталдандырылатын кейінгі шығыстарды және (немесе) жаңа ұзақ мерзімді активтерді сатып алуға, өндіруге, салуға арналған шығыстарды қаржыландыру, сондай-ақ халықаралық қаржылық есептілік стандарттарына және (немесе) Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының талаптарына сәйкес ұзақ мерзімді активтердің құнын ұлғайтатын басқа да шығындарды қаржыландыру жөніндегі міндеттемелерін көздейтін шарт бойынша инвестициялық жоба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z100" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қаржылық дәрменділік – қаражаттың бар-жоғын растайтын құжаттың атауы мен нөмірі көрсетілген қаражатты қаржыландыру көздері (меншікті немесе қарыз қаражаты);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z101" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш – инвестициялық міндеттемелер туралы келісім жасасуға өтінім;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z102" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) өтініш беруші – Қазақстан Республикасының заңды тұлғасы болып табылатын, бір мезгілде Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабының 2-тармағында көзделген шарттарға сәйкес келетін инвестор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1063</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...315 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Инвестициялық міндеттемелер туралы келісім жасасу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Келісімді жасасу үшін өтініш беруші инвестициялар жөніндегі уәкілетті органға мемлекеттік және орыс тілдерінде қағаз тасығыштағы мынадай құжаттармен қоса өтініш береді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z92" w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z92" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша келісім жасасуға өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z93" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z93" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтініш беруші жарғысының көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z94" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z94" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш берушіні мемлекеттік тіркеу (қайта тіркеу) туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z95" w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z95" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтініш берушінің қаржылық дәрменділігін растайтын құжаттардың көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z96" w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z96" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес инвестициялық жобаның бизнес-жоспарын жасауға қойылатын талаптарға сай әзірленген бизнес-жоспар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z97" w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z97" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) құрылыс жобаларының ведомстводан тыс кешенді сараптамасының Қазақстан Республикасының заңнамасында айқындалған тәртіппен басшының қолымен куәландырылған қорытындысы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағының 5) және 6) тармақшаларында көзделген құжаттар инвестициялық жобаларды іске асыру кезінде қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1507,265 +1307,251 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Инвестициялар жөніндегі уәкілетті орган өтініш пен оған қоса берілген құжаттарды қабылдайды және өтініш келіп түскен күннен бастап бес жұмыс күні ішінде Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабына сәйкестігі тұрғысынан қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш берген жағдайда Қазақстан Республикасының Еңбек кодексіне сәйкес өтінішті қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Құжаттар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тізбеге сәйкес келмеген жағдайда инвестициялар жөніндегі уәкілетті орган құжаттарды өтініш түскен күннен бастап бес жұмыс күні ішінде өтініш берушіге қарамай қайтарады. Құжаттардың қайтарылғаны өтініш беруші келісім жасауға арналған құжаттарды қараудан бас тарту себептерін жойғаннан кейін қайтадан өтініш берген кезде өтінішті қараудан бас тартуға негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Инвестициялар жөніндегі уәкілетті орган өтініш келіп түскен күннен бастап бес жұмыс күні ішінде осы Қағидалардың 7-тармағына сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетке салықтар мен төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органнан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1819,201 +1605,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...149 lines deleted...]
-      Анықталған ескертулер жойылған жағдайда өтініш беруші қайтадан өтініш жіберуге құқылы.</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті орган сұрау салуды алған күннен бастап бес жұмыс күні ішінде сұрау салуды қарау күніне өтініш берушіде салықтар мен бюджетке төленетін басқа да міндетті төлемдер бойынша берешектің және әлеуметтік төлемдер бойынша берешектің бар немесе жоқ екендігі туралы мәліметтерді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің салықтар және бюджетке төленетін басқа да міндетті төлемдер бойынша берешегінің және әлеуметтік төлемдер бойынша берешегінің бар-жоғы туралы мәліметтер ескертулерді жою мақсатында өтінішті қайтаруға негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анықталған ескертулер жойылған жағдайда өтініш беруші өтінішті қайтарылған күнінен бастап 30 жұмыс күні ішінде қайта жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Инвестициялар жөніндегі уәкілетті орган Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 2024 жылғы 30 қыркүйектегі № 78 бұйрығымен (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35170 болып тіркелген) бекітілген Кәсіпкерлік субъектілерінің тізілімін жүргізу және пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2025,1387 +1715,1273 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш берушіге қатысты кәсіпкерлік субъектілерінің тізіліміндегі кәсіпкерлік субъектілерінің санаты туралы мәліметтерді сұратады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Өтініш берушінің Кәсіпкерлік кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағының талаптарына сәйкес келмеуі өтінішті қараудан бас тартуға негіз болып табылады.</w:t>
+      Өтініш берушінің Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабы 2-тармағының талаптарына сәйкес келмеуі өтінішті қараудан бас тарту үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 134</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 08.12.2025 </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Салықтар, бюджетке төленетін басқа да міндетті төлемдер және әлеуметтік төлемдер бойынша берешек болмаған кезде, сондай-ақ өтініш беруші Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабы 2-тармағының талаптарына сәйкес келген кезде инвестициялар жөніндегі уәкілетті орган белгіленген тәртіппен осындай келісімге қол қою үшін Қазақстан Республикасының Үкіметі қаулысының жобасын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісім жобасын заңнамада белгіленген тәртіппен инвестициялар жөніндегі уәкілетті орган келісімнің үлгілік нысанына сәйкес дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...154 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Келісім жасасу туралы шешімді өтініш берушінің келісім жасасу шарттарына сәйкес келетін өтініші мен оған қоса берілетін құжаттары және салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органның мәліметтері негізінде Қазақстан Республикасының Үкіметі қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісім жасасу үшін Қазақстан Республикасы Үкіметінің туралы қаулысында келісімге Қазақстан Республикасы Үкіметінің атынан қол қоюға өкілеттік берілетін лауазымды адам көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қазақстан Республикасы Үкіметінің қаулысымен мақұлданған келісім жобасы екі данада қол қоюға және мөрмен (бар болса) куәландыру үшін өтініш берушіге жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші келісімнің екі данасын алған күннен бастап күнтізбелік отыз күн ішінде оларға қол қояды, мөрмен (бар болса) куәландырады және инвестициялар жөніндегі уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Келісімге өзгерістер енгізу және қолданысын тоқтату тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Келісімге өзгерістер Кәсіпкерлік кодексінің 295-2-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінде белгіленген ережелердің сақталуы ескеріле отырып, инвестициялар салу графигін өзгерту бөлігінде ғана енгізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Инвестициялар салу графигіне өзгерістер енгізуді инвестициялар жөніндегі уәкілетті орган өтініш берушінің растайтын құжаттары бар түсіндірме жазбасы және инвестициялар салу графигінің жобасы қоса берілген ресми өтініші негізінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақта орыс тіліндегі мәтінге өзгеріс енгізіледі, қазақ тіліндегі мәтін өзгермейді - ҚР Үкіметінің 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Инвестициялар жөніндегі уәкілетті орган осындай өтініш келіп түскен күннен бастап он жұмыс күні ішінде осы Қағидалардың 7-тармағына сәйкес мәліметтерді сұратады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті орган сұрау салуды алған күннен бастап бес жұмыс күні ішінде осы Қағидалардың 7-тармағына сәйкес мәліметтерді ұсынады. Өтініш берушінің салықтар, бюджетке төленетін басқа да міндетті төлемдер және әлеуметтік төлемдер бойынша берешегінің бар-жоғы туралы мәліметтер ескертулерді жою үшін өтінішті қайтаруға негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анықталған ескертулер жойылған жағдайда өтініш беруші өтінішті қайтарылған күнінен бастап 30 жұмыс күні ішінде қайта жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтініш берушінің Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабы 2-тармағының шарттарына сәйкес келмеуі өтінішті қараудан бас тарту үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісімге өзгерістер енгізуді көздейтін Қазақстан Республикасының Үкіметі қаулысының жобасын әзірлеуді инвестициялар жөніндегі уәкілетті орган осы Қағидалардың 14-тармағына сәйкес мәліметтер алынған күннен бастап он жұмыс күні ішінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Келісімге өзгерістер енгізу туралы шешімді өтініш берушінің ресми арызы және оған қоса берілетін, осы Қағидалардың 12-тармағында көрсетілген құжаттар негізінде өзгерістер енгізу және салықтар мен бюджетке төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органның мәліметтеріне сәйкес келісу шарттарына және кәсіпкерлік субъектілерінің тізіліміне сәйкес келген кезде Қазақстан Республикасының Үкіметі қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
-[...65 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...398 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Қазақстан Республикасы Үкіметінің қаулысымен мақұлданған келісімге өзгерістер енгізудің жобасы қол қою және мөрмен (бар болса) куәландыру үшін екі данада өтініш берушіге жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші келісімге өзгерістер енгізу жобасының екі данасын алған күннен бастап күнтізбелік отыз күн ішінде оларға қол қояды, мөрмен (бар болса) куәландырады және инвестициялар жөніндегі уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Келісімнің Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабының 5-тармағында көрсетілген мерзім өткенге дейінгі қолданылуы тараптардың келісуі бойынша немесе Кәсіпкерлік кодексі 295-2-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес біржақты тәртіппен тоқтатылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Келісімнің қолданылу кезеңінде Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабы 1-тармағының бірінші бөлігінде, 2-тармағында, 3-тармағының екінші бөлігінде және 4-тармағында көзделген міндеттемелер мен шарттар орындалмаған кезде Қазақстан Республикасының Үкіметі оның қолданысын хабарлама жіберілген күннен бастап үш ай өткен соң біржақты тәртіппен мерзімінен бұрын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Келісімнің қолданылуы мерзімінен бұрын тоқтатылған жағдайда осындай келісімді жасасқан заңды тұлға мұндай келісім бұзылған күннен бастап күнтізбелік отыз күннен кешіктірмей Қазақстан Республикасының Салық кодексіне сәйкес айқындалған тәртіппен қосымша салық есептілігін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      17-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1063</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...229 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Келісімді бұзу тәртібі келісімнің өзіндегі шарттарға сәйкес және Қазақстан Республикасының қолданыстағы заңнамасы ескеріліп жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3528,104 +3104,144 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісім жасасуға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5248,170 +4864,50 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...118 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5434,51 +4930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Кәсіпкерлік кодексі 295-3-бабының 1-тармағына сәйкес өтінім берілген жылды қоса алғанда, алдағы 8 жылға инвестициялар сомасы</w:t>
+Қазақстан Республикасының Кәсіпкерлік кодексі 283-2-бабының 1-тармағына сәйкес өтінім берілген жылды қоса алғанда, алдағы 8 жылға инвестициялар сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8022,284 +7518,284 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бизнес-жоспар құру жөніндегі талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бизнес-жоспар мынадай бөлімдерден тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жобаның түйіндемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) технологиялық бөлім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) коммерциялық бөлім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік-экономикалық әсері*;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қаржы бөлімі*.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жоба түйіндемесі мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды тұлға туралы ақпарат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шет елдердің қатысу үлесі (ел көрсетіледі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       квазимемлекеттік сектордың қатысу үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жоба бойынша ақпарат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобаның атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8346,344 +7842,344 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылатын жұмыс орындарының саны (уақытша және тұрақты);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       экономикалық қызмет түрлері бойынша өнім жіктеуіші (ҚР ЭҚТӨЖ) бойынша шығарылатын өнімнің номенклатурасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Технологиялық бөлім мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялық жоба технологиясының сатып алынатын және пайдаланылатын тіркелген активтері көрсетілген сипаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инвестициялық жобада заманауи технологиялардың қолданылуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Коммерциялық бөлім мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жабдықты жеткізу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қажетті технологиялық жабдықтар тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технологиялық жабдықтың жаңалығы (жабдықтың шығарылған күні және моделі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) маркетинг:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өнімді өткізу – қандай өңірлерге, қандай тұтынушыларға, шетелде қандай елдерге жеткізу болжанып отыр. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әлеуметтік-экономикалық әсер мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жобаны іске асыру кезінде күтілетін әлеуметтік тиімділік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өңірдің әлеуметтік-экономикалық дамуына үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік-экономикалық жағдайды дамыту жөніндегі міндеттемелер мен ниеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қаржылық бөлім мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жобаны іске асыру құны, қаржыландыру көздері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз қаражаты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8694,70 +8190,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыз қаражаты (кредиттер немесе шаруашылық жүргізуші субъектілердің тартылған қаражаты) және/немесе грант;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қаржылық талдау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобаның қаржылық моделі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8804,70 +8300,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобаның ақталу мерзімі (қарапайым және дисконтталған);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пайданың қарапайым нормасы (рентабельділігі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Инвестициялық жобаның бизнес-жоспарын тігу және нөмірлеу, басшының қолымен және заңды тұлғаның мөрімен (бар болса) куәландыру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8959,68 +8455,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 312 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісімнің үлгілік нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________ (күні, айы, жылы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9233,984 +8729,752 @@
       (басшының немесе өзге уәкілетті тұлғаның тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арасында жасалды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында қолайлы инвестициялық ахуал жасау мемлекеттің экономикалық саясатының басым бағыттарының бірі болып табылатынын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      инвестор осы келісімге сәйкес инвестицияларды жүзеге асырған кезде Қазақстан Республикасының Кәсіпкерлік кодексі (бұдан әрі – Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) 283-2-бабының 5-тармағына және Қазақстан Республикасы Салық кодексінің (бұдан әрі – Салық кодексі) 737-бабына сәйкес салық заңнамасының тұрақтылығына кепілдіктер алуға мүдделі екенін ескере отырып,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үкімет пен инвестор инвестициялық міндеттемелер туралы осы келісімді (бұдан әрі – келісім) жасасты және келісім өзі қолданылатын мерзім ішінде олардың өзара құқықтары мен міндеттерін реттейтін болады деп уағдаласты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...175 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Негізгі ұғымдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...105 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Келісімде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z103" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инвестициялар – лизинг шартын жасасқан кезден бастап қаржы лизингi нысанасын, сондай-ақ оларға құқықтарды қоса алғанда, заңды тұлғаның жарғылық капиталына немесе ұзақ мерзімді активтерді ұлғайтуға, сондай-ақ мемлекеттік-жекешелік әріптестік жобасын, оның ішінде концессиялық жобаны іске асыру үшін инвестор салатын мүлiктiң барлық түрлерi (жеке тұтынуға арналған тауарлардан басқа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z104" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық міндеттемелер – инвестордың капиталдандырылатын кейінгі шығыстарды және (немесе) жаңа ұзақ мерзімді активтерді сатып алуға, өндіруге, салуға арналған шығыстарды қаржыландыру, сондай-ақ халықаралық қаржылық есептілік стандарттарына және (немесе) Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының талаптарына сәйкес ұзақ мерзімді активтердің құнын ұлғайтатын басқа да шығындарды қаржыландыру жөніндегі міндеттемелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z105" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) инвестициялық жоба – мемлекеттік-жекешелік әріптестік жобасын, оның ішінде концессиялық жобаны іске асыру барысында құрылған, кеңейтілген және (немесе) жаңартылған өндірістерді қоса алғанда, жаңа өндірістер құруға, жұмыс істеп тұрғандарын кеңейтуге және (немесе) жаңартуға инвестицияларды, сондай-ақ басым туристік аумақтарда туристің қажеттіліктерін қанағаттандыра алатын объектілерді құруға инвестицияларды көздейтiн iс-шаралар кешенi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z106" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) салық заңнамасының тұрақтылығы – Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының салық заңнамасы өзгерген кездегі тұрақтылықтың кепілі.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының салық заңнамасы өзгерген кездегі тұрақтылық кепілі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 16.02.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 134</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Келісімнің нысанасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы келісімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тарамағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ережелерін ескере отырып, инвестордың сегіз жыл бойы _______ теңге мөлшеріндегі инвестициялық міндеттемелерді жүзеге асыруы келісімнің нысанасы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы келісімді жасасқан инвесторға Кәсіпкерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 283-2-бабына сәйкес Қазақстан Республикасы салық заңнамасының тұрақтылығына кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Инвестицияларды жүзеге асыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Инвестициялар капиталдандырылатын кейінгі шығыстарды және (немесе) ұзақ мерзімді жаңа активтерді сатып алуға, өндіруге, салуға арналған шығыстарды қаржыландыруды, сондай-ақ халықаралық қаржылық есептілік стандарттарына және (немесе) Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының талаптарына сәйкес ұзақ мерзімді активтердің құнын ұлғайтатын басқа да шығындарды қаржыландыруды (бұдан әрі – инвестициялар) қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген - ҚР 08.12.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1063</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
-    </w:p>
-[...61 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...174 lines deleted...]
-      3. Инвестициялар инвестордың капиталдандырылатын кейінгі шығыстарды және (немесе) тіркелген жаңа активтерді сатып алуға, өндіруге, салуға арналған шығыстарды қаржыландыруын, сондай-ақ халықаралық қаржылық есептілік стандарттарына және (немесе) Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасының талаптарына сәйкес тіркелген активтердің құнын ұлғайтатын басқа да шығындарды қаржыландыруын (бұдан әрі – инвестициялар) қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инвестор инвестицияларға _________ теңге жұмсайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10397,68 +9661,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       6. Инвестор инвестициялар салуды осы келісімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес инвестордың инвестициялар салуының күнтізбелік графигін айқындайтын графикке сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Тараптардың құқықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Инвестициялар жөніндегі уәкілетті орган Үкіметтің атынан:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10577,68 +9841,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестицияларды жүзеге асыру кезінде келісімге және Қазақстан Республикасының қолданыстағы заңнамасына қайшы келмейтін кез келген іс-қимылдарды қабылдауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Кәсіпкерлік кодексіне және осы келісімге сәйкес келісімді мерзімінен бұрын бұзуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Тараптардың міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Инвестициялар жөніндегі уәкілетті орган Үкімет атынан өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10815,68 +10079,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) келісім жасалған жылдан кейінгі жылдан бастап жыл сайын республикалық бюджет туралы заңда белгіленген және қазақстандық кадрларды үздіксіз оқытуды осындай қаржыландыру жүзеге асырылатын жылдың 1 қаңтарында қолданыста болатын айлық есептік көрсеткіштің жиырма мың еселенген мөлшерінен кем емес сомада қазақстандық кадрларды оқытуды қаржыландыруды жүзеге асыруға және олардың біліктілігін арттыру жөніндегі жұмысты жүргізуге (жер қойнауын пайдаланушы болып табылатын заңды тұлға осы тармақтың 3) тармақшасында көрсетілген шығыстарды қаржыландыруды Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасына сәйкес жүзеге асырады); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инвестициялардың жүзеге асырылу барысы туралы ақпарат ұсынуға және осы келісімнің 19 және 20-тармақтарына сәйкес есептерді ұсыну мерзімдерін сақтауға міндеттенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Форс-мажор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Егер келісім бойынша қандай да бір міндеттемелерді орындамау немесе орындау кезіндегі кідіріс еңсерілмейтін күш мән-жайларынан (бұдан әрі – форс-мажор) туындаған болса, Тараптардың ешқайсысы оларды орындамағаны үшін жауапты болмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10923,68 +10187,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Форс-мажор мән-жайлары туындаған жағдайда одан зардап шеккен тарап олар туындаған күннен бастап 15 жұмыс күні ішінде ол жөнінде оқиғаның басталған күнін көрсетіп әрі форс-мажор мән-жайларын сипаттап жазбаша хабарлама тапсыру арқылы екінші тарапты хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Форс-мажор мән-жайлары туындаған кезде тараптар қалыптасқан жағдайдың шешімін іздеу үшін дереу келіссөздер жүргізеді және мұндай мән-жайлардың салдарын барынша азайту үшін барлық құралдарды пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="60"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7. Құпиялылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Тараптар Қазақстан Республикасының заңнамасына сәйкес келісімнің қолданылу мерзімі ішінде оны іске асыру жөніндегі жұмысқа қатысты барлық құжаттар, ақпарат және есептер бойынша құпиялылық шарттарын сақтайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11049,247 +10313,223 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақпарат келісім бойынша тарап қаржы қаражатын алатын банктің немесе өзге қаржы ұйымының өзіне осындай ақпараттың құпиялылық шарттарын сақтау міндеттемесін алуы шартымен осындай банкке немесе қаржы ұйымына берілетін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ақпарат кез келген, оның iшiнде банктік құпия болып табылатын, инвестордың кез келген, оның ішiнде Қазақстан Республикасынан тыс шетелдiк банктерде ашылған шоттарына қатысты ақпаратқа қол жеткізе алатын салық немесе Қазақстан Республикасының өзге де мемлекеттік уәкiлеттi органдарына берілетін жағдайлардан басқа, келісімнің мазмұнына қатысты ақпаратты немесе құпия деп есептелетін және инвестицияларды жүзеге асыруға байланысты өзге де ақпаратты екінші тараптың жазбаша келісімін алмай ашуға құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="61"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. Келісім шарттарының сақталуына мониторинг жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Келісім шарттарының сақталуына мониторингті инвестициялар жөніндегі уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Келісім жасалғаннан кейін инвестор осы келісімнің орындалуы туралы жылдық есепті инвестициялар жөніндегі уәкілетті орган "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекіткен нысан бойынша инвестициялар салу графигі бойынша инвестициялық міндеттемелерді бөліп, міндеттемелердің орындалуын растайтын құжаттардың жиынтық тізілімін қоса бере отырып, инвестициялар салу графигіне сәйкес есепті жылдан кейінгі жылдың жиырма бесінші ақпанынан кешіктірмей ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестор келісімнің шарттарын бұзған немесе міндеттемелерін орындамаған жағдайда инвестициялар жөніндегі уәкілетті орган инвесторға анықталған бұзушылықтарды көрсетіп хабарлама жібереді және оларды жоюға 3 (үш) ай береді. Анықталған бұзушылықтар жойылмаған жағдайда Үкімет атынан инвестициялар жөніндегі уәкілетті орган осы келісімнің 31-тармағына сәйкес осы келісімді біржақты тәртіппен бұзады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармаққа өзгеріс енгізілді - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Инвестициялар салу графигін іске асыру аяқталғаннан кейін екі ай ішінде инвестор инвестициялар жөніндегі уәкілетті органға аудиторлық есеп береді, онда мыналар қамтылуы тиіс:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11301,68 +10541,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялар салу графигіне сәйкес инвестициялардың жүзеге асырылғаны туралы ақпарат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инвестициялар салу графигіне сәйкес инвестициялардың салынғанын растайтын құжаттардың жиынтық тізілімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9. Дауларды шешу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Тараптар келісім ережелерінің кез келгенін орындауға немесе түсіндіруге байланысты барлық даулар мен келіспеушіліктерді өзара келіссөздер жолымен шешуге барлық күш-жігерін салады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11373,104 +10613,104 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Тараптардың кез келгенінің екінші тарапқа жазбаша өтініші алынған күннен бастап екі ай ішінде тараптар келісімге қол жеткізбеген жағдайда дауларды шешу "Астана" халықаралық қаржы орталығының сотында, "Астана" халықаралық қаржы орталығының Халықаралық төрелік орталығында немесе Қазақстан Республикасының сот органдарында, сондай-ақ тараптардың келісімімен айқындалатын төреліктерде жүргізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Тараптар туындаған даулар мен келіспеушіліктер толық шешілгенге дейін Келісімде белгіленген міндеттемелерді орындаудан босатылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10. Қолданылатын құқық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Келісім және осы келісімнің негізінде қол қойылған басқа да келісімдер үшін Қазақстан Республикасының немесе "Астана" халықаралық қаржы орталығының қолданыстағы құқығы қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11. Келісімнің қолданылу және күшіне ену мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Келісімнің қолданылу мерзімі салық заңнамасының тұрақтылығы кепілдіктерінің қолданылу мерзімімен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11535,104 +10775,104 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                                                    (күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кейін тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12. Келісімге енгізілетін өзгерістер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қазақстан Республикасының заңнамасына сәйкес тараптар осы келісімнің 3, 4, 10, 13-тармақтары ережелерінің сақталуын ескере отырып, өзара келісу бойынша жылына екі реттен асырмай қосымша келісімдер жасасу жолымен инвестициялар салу графигін өзгерту бөлігінде ғана келісімге өзгерістер мен толықтырулар енгізуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13. Келісімді бұзу шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Келісімнің қолданысы осы келісімнің 27-тармағында белгіленген мерзім өткенге дейін тараптардың келісуі бойынша немесе осы бөлімге сәйкес біржақты тәртіппен мерзімінен бұрын тоқтатылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11681,68 +10921,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3), 4) тармақшаларында көзделген міндеттемелер мен шарттар инвестициялық міндеттемелер туралы келісімнің қолданылу кезеңінде орындалмаса, Қазақстан Республикасының Үкіметі хабарлама жіберілген күннен бастап үш ай өткен соң келісімнің қолданылуын біржақты тәртіппен мерзімінен бұрын тоқтатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Инвестор осы келісім бұзылатын күнге дейін кемінде 3 (үш) ай бұрын инвестициялар жөніндегі уәкілетті органды алдын ала хабардар ете отырып, осы Келісімді біржақты тәртіппен бұзуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14. Келісімнің тілі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Келісімнің мәтіні, өзгерістер, қосымшалар, осы келісімге қоса берілетін қосымша құжаттар мемлекеттік және орыс тілдерінде екі данада жасалады. Егер Келісім шарттарында өзгеше көзделмесе, барлық даналар теңтүпнұсқалы болып табылады және заңды күші бірдей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12626,68 +11866,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялар салу графигі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Үкіметінің 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14339,155 +13579,50 @@
               <w:t>
 Қолы _____________ М.О.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...103 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14644,3194 +13779,142 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық міндеттемелер туралы келісімнің орындалуы туралы 20__жылғы "__"________№________ жылдық есеп </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...3103 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Келісімнің орындалуы туралы жылдық есеп" нысанын инвестициялар жөніндегі уәкілетті органмен инвестициялық міндеттемелер туралы келісім жасасқан Қазақстан Республикасының заңды тұлғалары инвестициялар салу графигі аяқталғанға дейін жыл сайын 25 ақпаннан кешіктірмей тіркелген активтердің пайдалануға енгізілгенін растайтын құжаттармен қоса инвестициялар салу графигінде көзделген шығындар баптары бойынша таратып жазып ұсынады. </w:t>
-[...17 lines deleted...]
-      Қосымшалар: тіркелген активтердің пайдалануға енгізілгенін, қабылданған міндеттемелердің орындалғанын растайтын, инвестициялық міндеттемелер туралы келісім жасасқан тараптардың басшысының қолымен және мөрімен расталған құжаттардың көшірмелері қоса беріледі.</w:t>
+      Ескерту. 2-қосымша алып тасталды - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>