--- v0 (2025-11-06)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5e8d92f" w14:textId="5e8d92f">
+    <w:p w14:paraId="5a560f1" w14:textId="5a560f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,424 +76,392 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Міндетті әлеуметтік медициналық сақтандыру туралы" 2015 жылғы 16 қарашадағы Қазақстан Республикасының Заңы 26-бабының 1-тармағында аталған адамдардың санаттары бойынша және Еуразиялық экономикалық одаққа мүше мемлекеттерден Қазақстан Республикасының аумағында уақытша болатын және еңбекші көшіп-қонушылар болып табылатын шетелдіктер, сондай-ақ олардың отбасы мүшелері бойынша деректерді міндетті әлеуметтік медициналық сақтандырудың ақпараттық жүйесіне одан әрі беру үшін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына ұсынуға жауапты мемлекеттік органдардың тізбесін айқындау туралы</w:t>
+        <w:t>"Міндетті әлеуметтік медициналық сақтандыру туралы" 2015 жылғы 16 қарашадағы Қазақстан Республикасының Заңы 26-бабының 1-тармағында және 26-1-бабының 1-тармағында аталған адамдардың санаттары бойынша және Еуразиялық экономикалық одаққа мүше мемлекеттерден Қазақстан Республикасының аумағында уақытша болатын және еңбекші көшіп-қонушылар болып табылатын шетелдіктер, сондай-ақ олардың отбасы мүшелері бойынша деректерді міндетті әлеуметтік медициналық сақтандырудың ақпараттық жүйесіне одан әрі беру үшін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына ұсынуға жауапты мемлекеттік органдардың тізбесін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2021 жылғы 22 қыркүйектегі № 660 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қаулының тақырыбы жаңа редакцияда - ҚР Үкіметінің 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 807</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының Заңы 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 26.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 748</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының Заңы 10-бабының </w:t>
+      1. Осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-2) тармақшасына</w:t>
+        <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve"> сәйкес "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бабының 1-тармағында және 26-1-бабының 1-тармағында аталған адамдардың санаттары бойынша және Еуразиялық экономикалық одаққа мүше мемлекеттерден Қазақстан Республикасының аумағында уақытша болатын және еңбекші көшіп-қонушылар болып табылатын шетелдіктер, сондай-ақ олардың отбасы мүшелері бойынша деректерді міндетті әлеуметтік медициналық сақтандырудың ақпараттық жүйесіне одан әрі беру үшін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына ұсынуға жауапты мемлекеттік органдардың тізбесі айқындалсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 26.09.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 748</w:t>
+        <w:t>№ 807</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...96 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -737,114 +705,102 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 660 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бабының 1-тармағында және 26-1-бабының 1-тармағында аталған адамдардың санаттары бойынша және Еуразиялық экономикалық одаққа мүше мемлекеттерден Қазақстан Республикасының аумағында уақытша болатын және еңбекші көшіп-қонушылар болып табылатын шетелдіктер, сондай-ақ олардың отбасы мүшелері бойынша деректерді міндетті әлеуметтік медициналық сақтандырудың ақпараттық жүйесіне одан әрі беру үшін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына ұсынуға жауапты мемлекеттік органдардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      Тізбеге өзгеріс енгізу көзделген – ҚР Үкіметінің 29.09.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбенің тақырыбы жаңа редакцияда - ҚР Үкіметінің 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 807</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -857,184 +813,112 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе жаңа редакцияда - ҚР Үкіметінің 26.09.2022 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>№ 748</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Тізбенің тақырыбы жаңа редакцияда көзделген – ҚР Үкіметінің 29.09.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді – ҚР Үкіметінің 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 807</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
-      </w:r>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1662,88 +1546,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-Жұмыссыз ретінде тіркелген адамдар</w:t>
+              <w:t xml:space="preserve">
+Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау министрлігі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субсидияланатын жұмыс орындарына орналастырылған немесе жұмыс берушінің жұмыс орнында кәсіптік оқытуға жіберілген адамдарды қоспағанда, жұмыссыз ретінде тіркелген адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2875,87 +2759,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүгедектігі бар балаға күтім жасауды жүзеге асыратын жұмыс істемейтін адамдар</w:t>
-[...35 lines deleted...]
-"Зейнетақы мен жәрдемақы алушылардың орталықтандырылған деректер қоры" автоматтандырылған АЖ, "Төлемдерді өңдеуді ұйымдастыру" АЖ</w:t>
+Жұмыс істемейтін, мүгедектігі бар баланы (мүгедектігі бар балаларды) тәрбиелеп отырған анаға немесе әкеге, бала асырап алушыға, қорғаншыға (қамқоршыға) тағайындалатын және төленетін мемлекеттік жәрдемақыны алушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Зейнетақы мен жәрдемақы алушылардың орталықтандырылған дерекқоры" автоматтандырылған АЖ, "Төлемдерді өңдеуді ұйымдастыру" АЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3024,87 +2908,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірінші топтағы мүгедектігі бар адамға күтім жасауды жүзеге асыратын жұмыс істемейтін адам</w:t>
-[...35 lines deleted...]
-"Зейнетақы мен жәрдемақы алушылардың орталықтандырылған деректер қоры" автоматтандырылған АЖ, "Төлемдерді өңдеуді ұйымдастыру" АЖ</w:t>
+Жұмыс істемейтін, бірінші топтағы мүгедектігі бар адамға күтім жасауды жүзеге асыратын адамдарға берілетін мемлекеттік жәрдемақыны алушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Зейнетақы мен жәрдемақы алушылардың орталықтандырылған дерекқоры" автоматтандырылған АЖ, "Төлемдерді өңдеуді ұйымдастыру" АЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3211,51 +3095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Зейнетақы мен жәрдемақы алушылардың орталықтандырылған деректер қоры" автоматтандырылған АЖ, "Төлемдерді өңдеуді ұйымдастыру" АЖ</w:t>
+"Зейнетақы мен жәрдемақы алушылардың орталықтандырылған дерекқоры" автоматтандырылған АЖ, "Төлемдерді өңдеуді ұйымдастыру" АЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -3265,51 +3149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаменті (Қазақстан Республикасы Жоғарғы Сотының аппараты)</w:t>
+Қазақстан Республикасының Сот әкімшілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4818,50 +4702,219 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шетелдік жұмыс күші" автоматтандырылған АЖ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау министрлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 26-бабының 1-тармағында аталған адамдарды қоспағанда, Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес соңғы үш ай бойы міндетті зейнетақы жарналарын аудармаған және әлеуметтік саламаттылықтың дағдарыстық немесе шұғыл деңгейіне жататын жұмыс істемейтін адамдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Отбасының цифрлық картасы" талдамалық шешімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -4903,55 +4956,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>