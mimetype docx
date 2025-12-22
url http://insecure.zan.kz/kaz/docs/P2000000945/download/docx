--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d293f2b" w14:textId="d293f2b">
+    <w:p w14:paraId="3c4bd6f" w14:textId="3c4bd6f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -14990,634 +14990,590 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+өнімдерінің, оның ішінде ӘлМАТ үшін шикізат болып табылатын өнімдердің көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өнімдерінің, оның ішінде ӘлМАТ үшін шикізат болып табылатын өнімдердің көлемі</w:t>
+Форвардтық сатып алу бағдарламасын қаржыландырудың жалпы көлемінен үш жақты  форвардтық сатып алуды қаржыландыру үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15727,325 +15683,353 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форвардтық сатып алу бағдарламасын қаржыландырудың жалпы көлемінен үш жақты  форвардтық сатып алуды қаржыландыру үлесі</w:t>
+Өңірлердің азық-түліктік және жемдік астыққа деген қажеттілігін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16201,1102 +16185,1066 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="dxa"/>
-[...481 lines deleted...]
-100</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-стратегиялық бағыт. Егіс алқаптарын әртараптандыруға жәрдемдесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-стратегиялық бағыт. Егіс алқаптарын әртараптандыруға жәрдемдесу</w:t>
+1-мақсат. Басым ауыл шаруашылығы дақылдарының өндірісін ынталандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Форвардтық сатып алу бағдарламалары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млн га</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Форвардтық сатып алу бағдарламалары </w:t>
+              <w:t>
+бойынша қаржыландырылған егіс алқаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17516,1630 +17464,1602 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Форвардтық сатып алу бағдарламасын қаржыландыру шеңберінде монодақылдың (бидай) үлесін азайту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="dxa"/>
-[...446 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-стратегиялық бағыт. АӨК-нің тұрақты жемшөп базасын құруға жәрдемдесу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="dxa"/>
-[...481 lines deleted...]
-75</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-мақсат. Ішкі нарықтың жемшөпке деген қажеттілігін қанағаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Құс шаруашылығы, мал шаруашылығы кәсіпорындары мен балық шаруашылығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+субъектілеріне жеткізілген жемдік астықтың көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Құс шаруашылығы, мал шаруашылығы кәсіпорындары мен балық шаруашылығы </w:t>
+              <w:t>
+Тиісті жылдың 31 желтоқсанындағы жемдік қордың көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19158,1435 +19078,565 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="dxa"/>
-[...497 lines deleted...]
-14</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-стратегиялық бағыт. Астық экспортының дамуына жәрдемдесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="dxa"/>
-[...446 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-мақсат. Астық экспорты көлемінің өсуі және сыртқы өткізу нарықтарында орнығу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тиісті жылдың 31 желтоқсанындағы жемдік қордың көлемі</w:t>
+Ауыл шаруашылығы өнімдерін экспорттық нарықтарға ілгерілету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20605,2099 +19655,1013 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+≥100</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+≥150</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+≥175</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+≥190</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+≥205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+≥ 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+≥ 235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+≥ 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+≥ 265</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+≥ 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+≥ 295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-стратегиялық бағыт. Астық экспортының дамуына жәрдемдесу</w:t>
+6-стратегиялық бағыт. Азық-түлік келісімшарт корпорациясы қызметінің тиімділігін арттыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-мақсат. Астық экспорты көлемінің өсуі және сыртқы өткізу нарықтарында орнығу</w:t>
+1-мақсат. Қаржылық орнықтылықты қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауыл шаруашылығы өнімдерін экспорттық нарықтарға ілгерілету</w:t>
+ROE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың тонна</w:t>
+%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥100</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥150</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥175</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥190</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥205</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥ 220</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥ 235</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥ 250</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥ 265</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥ 280</w:t>
+≥ 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-≥ 295</w:t>
-[...231 lines deleted...]
-              <w:t>
 ≥ 0,5</w:t>
-            </w:r>
-[...867 lines deleted...]
-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26621,272 +24585,272 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Астықты нарықтық бағадан жоғары бағамен тұрақтандыру мақсатында сатып алу кезіндегі қаржылық тәуекелдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Азық-түлік келісімшарт корпорациясының қаржылық жағдайының нашарлау тәуекелі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Интервенциялық сатып алуды тек Азық-түлік келісімшарт корпорациясының шығындарын өтеу тетігін негіздеп, уәкілетті органдардың ресми шешімдері негізінде ғана жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Мемлекет шеккен шығыстарды өтеу есебінен Азық-түлік келісімшарт корпорациясының қаржылық жағдайын тұрақтандыру жөнінде шаралар әзірлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Астықты нарықтық бағадан жоғары бағамен тұрақтандыру мақсатында сатып алу кезіндегі қаржылық тәуекелдер</w:t>
+ӘлМАТ қорларын басқарудан туындайтын қаржылық тәуекелдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26899,707 +24863,775 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азық-түлік келісімшарт корпорациясының қаржылық жағдайының нашарлау тәуекелі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Интервенциялық сатып алуды тек Азық-түлік келісімшарт корпорациясының шығындарын өтеу тетігін негіздеп, уәкілетті органдардың ресми шешімдері негізінде ғана жүргізу</w:t>
+          <w:bookmarkStart w:name="z407" w:id="308"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) сақтау жерлеріне жүйелі түрде тексерулер жүргізу;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="308"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) өзінің АҚК-да (Астық қоймаларында) ӘлМАТ-ға арналған шикізаттың бір бөлігін және ӘлМАТ-ды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) нарықтағы бағаларға жүйелі түрде мониторинг жүргізу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекет шеккен шығыстарды өтеу есебінен Азық-түлік келісімшарт корпорациясының қаржылық жағдайын тұрақтандыру жөнінде шаралар әзірлеу</w:t>
+Азық-түлік келісімшарт корпорациясының қаржылық жағдайын тұрақтандыру бойынша іс-шаралар жоспарын әзірлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...221 lines deleted...]
-Азық-түлік келісімшарт корпорациясының қаржылық жағдайын тұрақтандыру бойынша іс-шаралар жоспарын әзірлеу</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-стратегиялық бағыт. Егіс алқаптарын әртараптандыруға және АӨК субъектілерін қаржылық қолдауға жәрдемдесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2-стратегиялық бағыт. Егіс алқаптарын әртараптандыруға және АӨК субъектілерін қаржылық қолдауға жәрдемдесу</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егін шығымының аз болуына байланысты форвардтық сатып алу шарттары бойынша АӨК субъектілерінің өнімді жеткізу бойынша міндеттемелерді орындамауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z409" w:id="309"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өнімді сатып алу және сату жөніндегі жоспарлардың орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="309"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+проблемалық дебиторлық берешектің өсуі, Азық-түлік келісімшарт корпорациясының қаржылық тұрақтылығына төнген қауіп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АӨК субъектілерінің міндеттемелерін орындауды қамтамасыз етудің әр түрімен жұмыс істеу, оның ішінде кепілдіктер, кепілдер, кепілгерліктер, депозиттер, жедел санкциялар және т.б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z410" w:id="310"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+азық-түліктік астықтың жетіспейтін көлемін сатып алу;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="310"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кепілгерге талаптар қою және шарттар бойынша қамтамасыз ету құралдарымен жұмыс істеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кепілгер өз міндеттемелерін орындамаған кезде сотқа дейінгі/сот рәсімдерін жүргізу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Егін шығымының аз болуына байланысты форвардтық сатып алу шарттары бойынша АӨК субъектілерінің өнімді жеткізу бойынша міндеттемелерді орындамауы</w:t>
+Форвардтық сатып алу бағдарламасын іске асыру үшін Корпорацияда қаражаттың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z409" w:id="309"/>
-[...34 lines deleted...]
-проблемалық дебиторлық берешектің өсуі, Азық-түлік келісімшарт корпорациясының қаржылық тұрақтылығына төнген қауіп</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнімді сатып алу және сату жөніндегі жоспарлардың орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-АӨК субъектілерінің міндеттемелерін орындауды қамтамасыз етудің әр түрімен жұмыс істеу, оның ішінде кепілдіктер, кепілдер, кепілгерліктер, депозиттер, жедел санкциялар және т.б.</w:t>
+          <w:bookmarkStart w:name="z412" w:id="311"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+астық сатып алу бағдарламаларын қаржыландыру үшін республикалық бюджеттен қаражат тарту;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="311"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрлі қаржы институттарында ұзақ мерзімді кредиттік келісімдер жасасу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+арзан қаржыландырудың балама көздерін іздеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z410" w:id="310"/>
-[...62 lines deleted...]
-кепілгер өз міндеттемелерін орындамаған кезде сотқа дейінгі/сот рәсімдерін жүргізу.</w:t>
+          <w:bookmarkStart w:name="z414" w:id="312"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаржыландырудың балама көздерін жедел іздестіру;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="312"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өтімділікті алу үшін қолда бар өнімді жедел өткізу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форвардтық сатып алу бағдарламасын іске асыру үшін Корпорацияда қаражаттың болмауы</w:t>
+Форвардтық сатып алу бағдарламасына қатысу үшін өтінімдердің болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27612,540 +25644,385 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнімді сатып алу және сату жөніндегі жоспарлардың орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z412" w:id="311"/>
-[...62 lines deleted...]
-арзан қаржыландырудың балама көздерін іздеу.</w:t>
+          <w:bookmarkStart w:name="z415" w:id="313"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпорация үшін салалық және қаржылық тәуекелдерді ескере отырып, АӨК субъектілері үшін қолайлы форвардтық сатып алу бағдарламаларына қатысу шарттарын әзірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="313"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық бюджеттен жеңілдікті қаржыландыруды тарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z414" w:id="312"/>
-[...34 lines deleted...]
-өтімділікті алу үшін қолда бар өнімді жедел өткізу.</w:t>
+          <w:bookmarkStart w:name="z416" w:id="314"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнім жинау алдындағы кезеңге форвардтық сатып алу мерзімдерін ауыстыру (тамыз);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="314"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форвардтық сатып алу шеңберінде КЕЖ қаржыландыруға арналған қаржыны тікелей (күзгі) сатып алуға бағыттау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...214 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-стратегиялық бағыт. Ауыл шаруашылығы дақылдарының сапасы мен егін шығымдылығын арттыруға жәрдемдесу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ескерту. 3-стратегиялық бағыт алып тасталды - ҚР Үкіметінің 29.01.2024 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 43</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаулысымен.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...48 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ескерту. 3-стратегиялық бағыт алып тасталды - ҚР Үкіметінің 29.01.2024 </w:t>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">
+Алып тасталды - ҚР Үкіметінің 29.01.2024 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 43</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -28169,754 +26046,937 @@
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 43</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> қаулысымен.</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-стратегиялық бағыт. АӨК тұрақты азықтық базасын құруға жәрдемдесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-4-стратегиялық бағыт. АӨК тұрақты азықтық базасын құруға жәрдемдесу</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азықтық қорды қалыптастыру үшін Корпорацияда қаражаттың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнімді сатып алу және сату жөніндегі жоспарлардың орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z422" w:id="315"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+астық сатып алу бағдарламаларын қаржыландыру үшін республикалық бюджеттен қаражат тарту;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="315"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрлі қаржы институттарында ұзақ мерзімді кредиттік келісімдер жасасу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+арзан қаржыландырудың балама көздерін іздеу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z424" w:id="316"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаржыландырудың балама көздерін жедел іздестіру;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="316"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өтімділікті алу үшін қолда бар өнімді жедел өткізу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азықтық қорды қалыптастыру үшін Корпорацияда қаражаттың болмауы</w:t>
+Құс шаруашылығы, мал шаруашылығы кәсіпорындарының және балық шаруашылығы субъектілерінің бұрын мәлімделген көлемдерге сәйкес жемдік астықты сатып алу бойынша міндеттемелерін орындамауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнімді сатып алу және сату жөніндегі жоспарлардың орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау</w:t>
+Азық-түлік келісімшарт корпорациясының сатып алынған жемдік астықты сақтау бойынша қосымша шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z422" w:id="315"/>
-[...62 lines deleted...]
-арзан қаржыландырудың балама көздерін іздеу.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті атқарушы органдармен жасалатын меморандумдарда және құс және мал шаруашылығы кәсіпорындарымен және балық шаруашылығы субъектілерімен жасалатын шарттарда жемдік астықтың мәлімделген көлемдерін белгіленген баға бойынша (нарықтық бағадан жоғары емес) кепілді сатып алудың қарсы міндеттемелерін, сондай-ақ өз міндеттемелерін орындамаған кәсіпорындарға Корпорацияның жемдік қорынан астықты сатып алудың одан арғы бағдарламаларына қатысуға тыйым салатын шарттарды бекіту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z424" w:id="316"/>
-[...34 lines deleted...]
-өтімділікті алу үшін қолда бар өнімді жедел өткізу.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жемдік астықты еркін нарықта, оның ішінде экспортқа сату;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) өз міндеттемелерін орындамаған кәсіпорындарды Корпорацияның сенімді әріптестері тізімінен шығару, Корпорацияның жем қорынан астықты сатып алу бағдарламасына одан әрі қатысудың мүмкін еместігі туралы осы контрагенттерді хабардар ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...190 lines deleted...]
-              <w:t>2) өз міндеттемелерін орындамаған кәсіпорындарды Корпорацияның сенімді әріптестері тізімінен шығару, Корпорацияның жем қорынан астықты сатып алу бағдарламасына одан әрі қатысудың мүмкін еместігі туралы осы контрагенттерді хабардар ету</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-стратегиялық бағыт. Астық экспортының дамуына жәрдемдесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-5-стратегиялық бағыт. Астық экспортының дамуына жәрдемдесу</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Астықтың қажетті көлемін өткізу жөніндегі жоспарларды орындамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сату жоспарларының орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z426" w:id="317"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өткізу үшін қажетті астық көлемін сатып алу;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="317"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұзақ мерзімді экспорттық келісімшарттар жасасу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экспедиторлық, кеме иеленуші компаниялармен келісімшарттар жасасу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+халықаралық компаниялардың сапалы параметрлерді анықтау бойынша астық инспекциясын жүргізу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z429" w:id="318"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жаңа келісімдер жасасу бойынша импорттаушы елдердің мемлекеттік компанияларымен, оның ішінде орнатылған дипломатиялық байланыс арналары арқылы жұмысты жандандыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="318"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+астықтың сапалық параметрлерінің алшақтығы бойынша халықаралық компанияларға қойылатын шағым талаптар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Астықтың қажетті көлемін өткізу жөніндегі жоспарларды орындамау</w:t>
+Сатып алынатын өнімді өткізу арналарының болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28929,1773 +26989,1122 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сату жоспарларының орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z426" w:id="317"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="317"/>
+          <w:bookmarkStart w:name="z430" w:id="319"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елдер бойынша талдамалық зерттеулер жүргізу (импорттаушы елдің ауыл шаруашылығының жалпы деңгейі, импорт қажеттілігі және т.б.);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="319"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұзақ мерзімді экспорттық келісімшарттар жасасу;</w:t>
+              <w:t>экспортқа жоспарланған өнім өндірісінің ішкі нарығына зерттеулер жүргізу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экспедиторлық, кеме иеленуші компаниялармен келісімшарттар жасасу;</w:t>
-[...17 lines deleted...]
-халықаралық компаниялардың сапалы параметрлерді анықтау бойынша астық инспекциясын жүргізу.</w:t>
+              <w:t>тұтынушы елдерде импортталатын өнім мониторингі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туындаған сауда кедергілерін жою үшін ҚР және импорттаушы елдердің мемлекеттік органдарымен жұмысты жандандыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өнім түрлері бойынша өткізу арналарын әртараптандыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z429" w:id="318"/>
-[...34 lines deleted...]
-астықтың сапалық параметрлерінің алшақтығы бойынша халықаралық компанияларға қойылатын шағым талаптар.</w:t>
+          <w:bookmarkStart w:name="z434" w:id="320"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болашақта оның жүзеге асырылуының алдын алу үшін ел бойынша және/немесе ҚР ішкі нарығы бойынша тәуекелдің туындау себептерін талдау;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="320"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жаңа келісімдер жасасу бойынша импорттаушы елдердің мемлекеттік компанияларымен, оның ішінде орнатылған дипломатиялық байланыс арналары арқылы жұмысты жандандыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дәстүрлі нарықтарда өнімді сату бойынша жұмысты жандандыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үкіметаралық комиссиялар шеңберіндегі сауда шектеулерін жою үшін ҚР құзыретті мемлекеттік органдарына жүгіну.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-стратегиялық бағыт. Азық-түлік келісімшарт корпорациясы қызметінің тиімділігін арттыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алынатын өнімді өткізу арналарының болмауы</w:t>
+Азық-түлік келісімшарт корпорациясының меншікті капиталын тиімді пайдаланбау тәуекелі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Сату жоспарларының орындалмауына байланысты кредиторлар алдындағы міндеттемелерді орындамау.</w:t>
+          <w:bookmarkStart w:name="z437" w:id="321"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЕДБ-ның дефолт жағдайындағы шығындар;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="321"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дебитордың дефолт жағдайындағы шығындар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік келісімшарт корпорациясының бейінді емес активтерін сатудан қаражат алмау жағдайындағы шығындар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z430" w:id="319"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="319"/>
+          <w:bookmarkStart w:name="z439" w:id="322"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Standard&amp;Poor's" агенттігі берген BB+ төмен емес рейтингі немесе басқа халықаралық рейтингтік агенттіктің осыған ұқсас деңгейдегі рейтингі бар ЕДБ-ның кепілдігін мүмкіндігінше қабылдау;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="322"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экспортқа жоспарланған өнім өндірісінің ішкі нарығына зерттеулер жүргізу;</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>берілетін лимиттерге сәйкес ақша қаражатын орналастыру, банк секторына тұрақты мониторинг жүргізу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+алдын ала төлем төлеу шартымен және ЕДБ кепілдіктері арқылы бейінді емес активтерді өткізу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z441" w:id="323"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+контрагенттердің берешегін қайтару бойынша сотқа дейінгі/сот рәсімдерін және іс-шараларды жүргізу;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="323"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тұтынушы елдерде импортталатын өнім мониторингі;</w:t>
-[...157 lines deleted...]
-үкіметаралық комиссиялар шеңберіндегі сауда шектеулерін жою үшін ҚР құзыретті мемлекеттік органдарына жүгіну.</w:t>
+              <w:t>ақша қаражатын шығару бойынша шұғыл іс-шаралар жүргізу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+кепілгер банкке талаптар қою. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...40 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азық-түлік келісімшарт корпорациясының меншікті капиталын тиімді пайдаланбау тәуекелі.</w:t>
+Азық-түлік келісімшарт корпорациясының қаржылық тұрақтылығының төмендеу тәуекелі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z437" w:id="321"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="321"/>
+          <w:bookmarkStart w:name="z443" w:id="324"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+міндеттемелерді төлемеу/ міндеттемелерді төлеу кезіндегі қиындықтар, осыған байланысты қаржыландыруды тарту кезінде проблемалардың туындауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="324"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік келісімшарт корпорациясының теріс беделі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z444" w:id="325"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+валюталық тәуекелдерді хеджирлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="325"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дебитордың дефолт жағдайындағы шығындар;</w:t>
-[...17 lines deleted...]
-Азық-түлік келісімшарт корпорациясының бейінді емес активтерін сатудан қаражат алмау жағдайындағы шығындар.</w:t>
+              <w:t>валюталық позицияны басқару;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хеджирлеу тетіктері болмаған кезде валюталық қарыздарды тарту көлемін шектеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұлттық валютадағы көздер есебінен валюталық қарыздарды қайта қаржыландыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұрақты гэп-талдау. Ақша қаражатының қозғалысына стресс-талдау жүргізу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЕДБ -ға қаражатты орналастыруды әртараптандыру. Банктердің қаржылық жағдайына мониторинг жүргізу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лимиттердің сақталуын бақылау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпорацияның тұрақтандыру функциясын орындауға байланысты шығыстарды қаржыландыру үшін бюджет қаражатын тарту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z439" w:id="322"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="322"/>
+          <w:bookmarkStart w:name="z451" w:id="326"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+меншікті капиталдың көлемін қалпына келтіру мақсатында жарғылық капиталды толықтыру көздерін іздеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="326"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берілетін лимиттерге сәйкес ақша қаражатын орналастыру, банк секторына тұрақты мониторинг жүргізу;</w:t>
-[...57 lines deleted...]
-          <w:bookmarkEnd w:id="323"/>
+              <w:t>дағдарысқа қарсы басқаруды енгізу;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ақша қаражатын шығару бойынша шұғыл іс-шаралар жүргізу;</w:t>
-[...467 lines deleted...]
-              </w:rPr>
               <w:t>берешекті өндіріп алу бойынша проблемалық жобалар бойынша іс-шаралар жүргізу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепілдік қамтамасыз етуді өткізу.</w:t>
-            </w:r>
-[...183 lines deleted...]
-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39726,87 +37135,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азық-түлік келісімшарт корпорациясы есепті жылы сатып алған ӘлМАТ үшін шикізат болып табылатын ауыл шаруашылығы өнімдерінің көлемі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-ҚТК. Азық-түлік келісімшарт корпорациясының қолдау бағдарламаларымен қамтылған ауыл шаруашылығы өнімдерінің, оның ішінде ӘлМАТ үшін шикізат болып табылатын өнімдердің көлемі = есепті жылы форвардтық сатып алу бағдарламалары бойынша қаржыландырылған ауыл шаруашылығы өнімдерінің көлемі + есепті жылы тікелей сатып алу арқылы қаржыландырылған ауыл шаруашылығы өнімдерінің көлемі + есепті жылы АШТӨ берген тауарлық кредиттің көлемі + мерзімі ұзартылған шарттар бойынша жеткізілген ауыл шаруашылығы өнімдерінің көлемі.</w:t>
+      2-ҚТК. Азық-түлік келісімшарт корпорациясының қолдау бағдарламаларымен қамтылған ауыл шаруашылығы өнімдерінің, оның ішінде ӘлМАТ үшін шикізат болып табылатын өнімдердің көлемі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚТК-ны есептеу формуласы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Азық-түлік келісімшарт корпорациясының қолдау бағдарламаларымен қамтылған ауыл шаруашылығы өнімдерінің көлемі = есепті жылы форвардтық сатып алу бағдарламасы бойынша қаржыландырылған ауыл шаруашылығы өнімдерінің көлемі + есепті жылы тікелей сатып алу арқылы сатып алынған ауыл шаруашылығы өнімдерінің көлемі + есепті жылы АШТӨ берген тауарлық кредиттің көлемі.</w:t>
+      Азық-түлік келісімшарт корпорациясының қолдау бағдарламаларымен қамтылған ауыл шаруашылығы өнімдерінің, оның ішінде ӘлМАТ үшін шикізат болып табылатын өнімдердің көлемі = есепті жылы форвардтық сатып алу бағдарламалары бойынша қаржыландырылған ауыл шаруашылығы өнімдерінің көлемі + есепті жылы тікелей сатып алу арқылы қаржыландырылған ауыл шаруашылығы өнімдерінің көлемі + есепті жылы АШТӨ берген тауарлық кредиттің көлемі + мерзімі ұзартылған шарттар бойынша жеткізілген ауыл шаруашылығы өнімдерінің көлемі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-ҚТК. Форвардтық сатып алу бағдарламасын қаржыландырудың жалпы көлемінен үш жақты форвардтық сатып алуды қаржыландыру үлесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>