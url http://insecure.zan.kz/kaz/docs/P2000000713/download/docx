--- v0 (2025-11-06)
+++ v1 (2026-03-06)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a147369" w14:textId="a147369">
+    <w:p w14:paraId="e601de5" w14:textId="e601de5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -713,109 +713,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. "Jibek Joly" арнайы экономикалық аймағы (бұдан әрі – АЭА) Жамбыл облысы Шу ауданының аумағында қоса беріліп отырған жоспарға сәйкес шекараларда орналасқан. </w:t>
+        <w:t>
+      1. "Jibek Joly" арнайы экономикалық аймағы (бұдан әрі – АЭА) Жамбыл облысы Шу ауданының аумағында қоса беріліп отырған жоспарға сәйкес шекараларда орналасқан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      АЭА аумағы 905 гектарды құрайды және Қазақстан Республикасы аумағының ажырамас бөлігі болып табылады.</w:t>
+      АЭА аумағы 1205 гектарды құрайды және Қазақстан Республикасы аумағының ажырамас бөлігі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 29.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 707</w:t>
+        <w:t>№ 1072</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1409,267 +1409,227 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Jibek Joly" арнайы</w:t>
+              <w:t>"Jibek Joly" арнайы экономикалық аймағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экономикалық аймағы</w:t>
-[...25 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>туралы ережеге қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Jibek Joly" арнайы экономикалық аймағы шекараларының жоспары</w:t>
+        <w:t xml:space="preserve"> "Jibek Joly" арнайы экономикалық аймағы шекараларының  жоспары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Жоспар жаңа редакцияда - ҚР Үкіметінің 29.08.2025 </w:t>
+      Ескерту. Жоспар жаңа редакцияда - ҚР Үкіметінің 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 707</w:t>
+        <w:t>№ 1072</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5422900"/>
+            <wp:extent cx="7810500" cy="5486400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5422900"/>
+                      <a:ext cx="7810500" cy="5486400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Jibek Joly" арнайы экономикалық аймағының аумағы, S = 905 гектар.</w:t>
+      "Jibek Joly" арнайы экономикалық аймағының жалпы аумағы  S = 1205 га</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1796,61 +1756,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Jibek Joly" арнайы экономикалық аймағының нысаналы индикаторлары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Нысаналы индикаторлар жаңа редакцияда - ҚР Үкіметінің 29.08.2025 </w:t>
+      Ескерту. Нысаналы индикаторлар жаңа редакцияда - ҚР Үкіметінің 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 707</w:t>
+        <w:t>№ 1072</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1881,106 +1841,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...17 lines deleted...]
-№</w:t>
+Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мақсаттары, міндеттері және көрсеткіштері (атауы)</w:t>
+Мақсаттар, міндеттер және көрсеткіштер (атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2140,231 +2082,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2022 жылға қарай жетіс</w:t>
-[...17 lines deleted...]
-тік</w:t>
+2022 жылға қарай қол жеткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2027 жылға қарай жетіс</w:t>
-[...17 lines deleted...]
-тік</w:t>
+2027 жылға қарай қол жеткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2032 жылға қарай жетіс</w:t>
-[...17 lines deleted...]
-тік</w:t>
+2032 жылға қарай қол жеткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2037 жылға қарай жетіс</w:t>
-[...17 lines deleted...]
-тік</w:t>
+2037 жылға қарай қол жеткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2690,51 +2560,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инвестицияның жалпы көлемі, оның ішінде:</w:t>
+Инвестициялардың жалпы көлемі, оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2834,123 +2704,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-430</w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-590</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-690</w:t>
+695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2983,51 +2853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-шетелдік инвестиция көлемі</w:t>
+шетелдік инвестициялар көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3123,123 +2993,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-190</w:t>
+210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-280</w:t>
+290</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-370</w:t>
+375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3272,51 +3142,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-отандық инвестиция көлемі</w:t>
+отандық инвестициялар көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3565,51 +3435,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АЭА аумағында тауарлар мен көрсетілетін қызметтер (жұмыстар) өндірісінің көлемі</w:t>
+АЭА аумағында тауарлар мен көрсетілетін қызметтерді (жұмыстарды) өндіру көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4151,51 +4021,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өңір экономикасының шикізаттық емес секторларына инвестицияның жыл сайынғы өсімі (өңдеуші өнеркәсіп)</w:t>
+Өңір экономикасының шикізаттық емес секторларына инвестициялар жыл сайынғы өсімі (өңдеу өнеркәсібі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4584,123 +4454,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4769,51 +4639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыс орны</w:t>
+жұмыс орындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4877,123 +4747,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1800</w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2100</w:t>
+2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2600</w:t>
+2700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5838,70 +5708,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе:</w:t>
+      Ескертпелер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * - АЭА-ға қазіргі қатысушылардың іс жүзінде салған инвестициясы.</w:t>
+      * - жұмыс істеп тұрған АЭА қатысушыларының іс жүзінде салған инвестициялар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индикаторлар көрсеткіштері өсу қорытындысымен келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5959,55 +5829,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>