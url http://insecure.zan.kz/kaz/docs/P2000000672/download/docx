--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d4566bd" w14:textId="d4566bd">
+    <w:p w14:paraId="510ea77" w14:textId="510ea77">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -869,812 +869,2034 @@
         <w:t>
       4) кейіннен транспланттау үшін ағзаларды (ағзалардың бөліктерін) және (немесе) тіндерді (тіндердің бөліктерін) тиісті медициналық ұйымға тасымалдау үшін көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Медициналық-санитариялық алғашқы көмек (бұдан әрі – МСАК), оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кең таралған ауруларды диагностикалау, емдеу және басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) халықтың нысаналы топтарын (балаларды, ересектерді) профилактикалық қарап-тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) аурулар тәуекелінің мінез-құлықтық факторларын ерте анықтау мен мониторингтеу және анықталған тәуекел факторларын төмендету дағдыларына оқыту; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иммундау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) саламатты өмір салтын қалыптастыру және насихаттау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      4) иммундау;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ұрпақты болу денсаулығын сақтау жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      5) саламатты өмір салтын қалыптастыру және насихаттау;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жүкті әйелдерді бақылау және босанғаннан кейінгі кезеңде босанған әйелдерді бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      6) ұрпақты болу денсаулығын сақтау жөніндегі іс-шаралар;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) инфекциялық аурулар ошақтарындағы санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шаралар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      7) жүкті әйелдерді бақылау және босанғаннан кейінгі кезеңде босанған әйелдерді бақылау;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уәкілетті орган айқындайтын тәртіппен амбулаториялық жағдайларда мамандандырылған медициналық көмек:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...15 lines deleted...]
-      8) инфекциялық аурулар ошақтарындағы санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шаралар.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) АИТВ инфекциясының және туберкулездің профилактикасы мен диагностикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жарақаттанған, уланған кезде немесе басқа да кезек күттірмейтін жағдайларда көрсетілетін қызметтер, оның ішінде міндетті әлеуметтік медициналық сақтандыру (бұдан әрі – МӘМС) жүйесіндегі көрсетілетін қызметтерді тұтынушылар болып табылмайтын адамдар үшін елдегі эпидемиологиялық жағдайдың нашарлауына әкелетін аурулар кезінде және оларға күдік туындаған жағдайларда мобильді бригада көрсететін қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      4. Уәкілетті орган айқындайтын тәртіппен амбулаториялық жағдайларда мамандандырылған медициналық көмек:</w:t>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган айқындайтын тізбе бойынша әлеуметтік мәні бар аурулар кезіндегі диагностика және емдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...15 lines deleted...]
-      1) АИТВ инфекциясының және туберкулездің профилактикасы мен диагностикасы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаны алып тастау көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уәкілетті орган айқындайтын тізбе бойынша және тәртіппен динамикалық бақылауға жататын созылмалы аурулар кезіндегі диагностика мен емдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) онкологиялық ауруларды ерте анықтауға арналған скринингтік зерттеулер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      2) жарақаттанған, уланған кезде немесе басқа да кезек күттірмейтін жағдайларда көрсетілетін қызметтер, оның ішінде міндетті әлеуметтік медициналық сақтандыру (бұдан әрі – МӘМС) жүйесіндегі көрсетілетін қызметтерді тұтынушылар болып табылмайтын адамдар үшін елдегі эпидемиологиялық жағдайдың нашарлауына әкелетін аурулар кезінде және оларға күдік туындаған жағдайларда мобильді бригада көрсететін қызметтер;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақты 6) тармақшамен толықтыру көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 23.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 786</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 07.05.2025 бастап туындаған қатынастарға қолданылады) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уәкілетті орган айқындайтын тәртіппен стационарды алмастыратын жағдайларда мамандандырылған медициналық көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті орган айқындайтын тізбе бойынша әлеуметтік мәні бар аурулар кезінде емдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      3) уәкілетті орган айқындайтын тізбе бойынша әлеуметтік мәні бар аурулар кезіндегі диагностика және емдеу;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) МӘМС жүйесіндегі қызметтерді тұтынушылар болып табылмайтын адамдар үшін елдегі эпидемиологиялық жағдайдың нашарлауына әкелетін аурулар кезінде және оларға күдік туындаған жағдайларда үйде көрсетілетін стационар қызметтері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      4) уәкілетті орган айқындайтын тізбе бойынша және тәртіппен динамикалық бақылауға жататын созылмалы аурулар кезіндегі диагностика мен емдеу;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган айқындайтын тізбе бойынша және тәртіппен динамикалық бақылауға жататын созылмалы аурулар кезінде емдеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z58" w:id="27"/>
-[...161 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Стационарлық жағдайда мамандандырылған медициналық көмек: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) айналасындағыларға қауіп төндіретін инфекциялық немесе паразиттік аурулармен ауыратын науқастармен байланыста болған адамдарды, сондай-ақ бактерия тасымалдаушыларды, вирус тасымалдаушыларды және уәкілетті орган айқындайтын тізбе бойынша айналасындағыларға қауіп төндіретін инфекциялық немесе паразиттік ауруға күдікті адамдарды оқшаулау кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инфекциялық, паразиттік ауруларды және уәкілетті орган бекіткен тізбе бойынша айналасындағыларға қауіп төндіретін ауруларды емдеу кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган айқындаған тізбе бойынша МӘМС жүйесінде көрсетілетін қызметтерді тұтынушылар болып табылмайтын адамдар үшін шұғыл нысанда, оның ішінде тәулік бойы жұмыс істейтін стационардың қабылдау бөлімшесінде емдік-диагностикалық іс-шаралар жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уәкілетті орган бекіткен аурулар тізбесі бойынша жоспарлы нысанда көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Медициналық оңалту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) негізгі ауруды емдеу кезінде;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
-[...15 lines deleted...]
-      1) айналасындағыларға қауіп төндіретін инфекциялық немесе паразиттік аурулармен ауыратын науқастармен байланыста болған адамдарды, сондай-ақ бактерия тасымалдаушыларды, вирус тасымалдаушыларды және уәкілетті орган айқындайтын тізбе бойынша айналасындағыларға қауіп төндіретін инфекциялық немесе паразиттік ауруға күдікті адамдарды оқшаулау кезінде;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) туберкулезбен ауыратындарға.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Уәкілетті орган айқындайтын аурулар тізбесі бойынша паллиативтік медициналық көмек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Стационарды алмастыратын және стационарлық жағдайларда мамандандырылған медициналық көмек көрсету кезінде уәкілетті орган айқындайтын қан, оның компоненттері және қан препараттары номенклатурасына сәйкес медициналық көрсетілімдер болған кезде қан препараттарымен және оның компоненттерімен қамтамасыз ету. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда мамандырылған медициналық көмек көрсету кезінде патологиялық-анатомиялық диагностика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақты алып тастау көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қайтыс болғаннан кейінгі донорды ағзаларды (ағзаның бөліктерін) және (немесе) тіндерді (тіннің бөліктерін) алуға дайындау, алу, консервациялау, дайындау, сақтау, ағзаларды (ағзаның бөліктерін) және (немесе) тіндерді (тіннің бөліктерін) тасымалдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Уәкілетті орган айқындайтын аурулар тізбесі бойынша Қазақстан Республикасының азаматтарын шетелге емделуге жіберу және (немесе) отандық медициналық ұйымдарда емдеу жүргізу үшін шетелдік мамандарды тарту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. ТМККК шеңберінде дәрілік заттармен, медициналық бұйымдармен, арнайы емдік өнімдермен, иммундық-биологиялық препараттармен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) денсаулық сақтау ұйымдарының дәрілік формулярларына сәйкес стационарлық және стационарды алмастыратын жағдайларда жедел көмек, сондай-ақ мамандандырылған, оның ішінде жоғары технологиялы медициналық көмек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оларға қарсы профилактикалық егу жүргізілетін аурулар тізбесіне сәйкес МСАК;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) белгілі бір аурулары бар (күйдегі) Қазақстан Республикасы азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікпен қамтамасыз ету үшін уәкілетті орган бекітетін дәрілік заттар мен медициналық бұйымдар тізбесіне сәйкес амбулаториялық жағдайларда МСАК және мамандандырылған медициналық көмек көрсету кезінде қамтамасыз ету іске асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тізбені 14-тармақпен толықтыру көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1766,322 +2988,322 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 672 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 59, 529-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 15 желтоқсандағы № 1363 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 5, 66-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 27 қаңтардағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 3, 23-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 20 маусымдағы № 420 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2019 ж., № 21, 198-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Міндетті әлеуметтік медициналық сақтандыруды пилоттық режимде байқаудан өткізудің кейбір мәселелері және "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 3 қыркүйектегі № 655 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2019 ж., № 36-37, 336-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>