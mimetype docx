--- v1 (2025-12-31)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="510ea77" w14:textId="510ea77">
+    <w:p w14:paraId="30c3af0" w14:textId="30c3af0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1277,714 +1277,446 @@
         <w:t>
       8) инфекциялық аурулар ошақтарындағы санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шаралар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уәкілетті орган айқындайтын тәртіппен амбулаториялық жағдайларда мамандандырылған медициналық көмек:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті орган айқындайтын тізбе бойынша аурулардың профилактикасы мен диагностикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жарақаттанған, уланған кезде немесе басқа да кезек күттірмейтін жағдайларда көрсетілетін қызметтер, оның ішінде міндетті әлеуметтік медициналық сақтандыру (бұдан әрі – МӘМС) жүйесіндегі көрсетілетін қызметтерді тұтынушылар болып табылмайтын адамдар үшін елдегі эпидемиологиялық жағдайдың нашарлауына әкелетін аурулар кезінде және оларға күдік туындаған жағдайларда мобильді бригада көрсететін қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган айқындайтын тізбе бойынша әлеуметтік мәні бар аурулар кезіндегі диагностика және емдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">4) алып тасталды - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) онкологиялық ауруларды ерте анықтауға арналған скринингтік зерттеулер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z59" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) артериялық гипертонияны, жүректің ишемиялық ауруын, глаукоманы, қантты диабетті, В және С вирустық гепатиттерін және басқа ауруларды ерте анықтау тұрғысынан уәкілетті орган айқындайтын тізбе бойынша және тәртіппен скринингтік зерттеулер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 23.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 786</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 07.05.2025 бастап туындаған қатынастарға қолданылады); 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1086</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Әлеуметтік мәні бар аурулар кезінде стационарды алмастыратын жағдайлардағы мамандандырылған медициналық көмек, сондай-ақ елдегі эпидемиологиялық жағдайдың нашарлауын туындататын аурулар кезінде және оларға күдік туындаған жағдайларда үйде стационар көрсететін қызметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...546 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Стационарлық жағдайда мамандандырылған медициналық көмек: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2195,679 +1927,601 @@
         <w:t>
       7. Медициналық оңалту:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) негізгі ауруды емдеу кезінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) туберкулезбен ауыратын, психикалық, мінез-құлықтық бұзылушылықтары (аурулары) бар адамдарға.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Уәкілетті орган айқындайтын аурулар тізбесі бойынша паллиативтік медициналық көмек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қан препараттарымен және оның компоненттерімен қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда мамандырылған медициналық көмек көрсету кезінде патологиялық-анатомиялық диагностика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
+        <w:t xml:space="preserve">      11-тармақты алып тастау көзделген - ҚР Үкіметінің 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1086</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қайтыс болғаннан кейінгі донорды ағзаларды (ағзаның бөліктерін) және (немесе) тіндерді (тіннің бөліктерін) алуға дайындау, алу, консервациялау, дайындау, сақтау, ағзаларды (ағзаның бөліктерін) және (немесе) тіндерді (тіннің бөліктерін) тасымалдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Уәкілетті орган айқындайтын аурулар тізбесі бойынша Қазақстан Республикасының азаматтарын шетелге емделуге жіберу және (немесе) отандық медициналық ұйымдарда емдеу жүргізу үшін шетелдік мамандарды тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. ТМККК шеңберінде дәрілік заттармен, медициналық бұйымдармен, арнайы емдік өнімдермен, иммундық-биологиялық препараттармен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) денсаулық сақтау ұйымдарының дәрілік формулярларына сәйкес стационарлық және стационарды алмастыратын жағдайларда жедел көмек, сондай-ақ мамандандырылған, оның ішінде жоғары технологиялы медициналық көмек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оларға қарсы профилактикалық егу жүргізілетін аурулар тізбесіне сәйкес МСАК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) белгілі бір аурулары бар (күйдегі) Қазақстан Республикасы азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікпен қамтамасыз ету үшін уәкілетті орган бекітетін дәрілік заттар мен медициналық бұйымдар тізбесіне сәйкес амбулаториялық жағдайларда МСАК және мамандандырылған медициналық көмек көрсету кезінде қамтамасыз ету іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Әлеуметтік мәні бар аурулар, оның ішінде туберкулезді, АИТВ инфекциясын, қатерлі ісіктерді, созылмалы вирустық гепатиттер мен бауыр циррозын, психикалық, мінез-құлықтық бұзылушылықтарды (ауруларды), орфандық ауруларды, жүйке жүйесінің дегенеративті ауруларын, орталық жүйке жүйесінің миелинсіздендіруші ауруларын, эпилепсияны, алғашқы алты айда болған жіті миокард инфарктін, бір жылда болған инсульттерді қамтитын тізбені уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Тізбе 14-тармақпен толықтырылды - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...541 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2988,268 +2642,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 672 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 59, 529-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 15 желтоқсандағы № 1363 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 5, 66-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 27 қаңтардағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 3, 23-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 20 маусымдағы № 420 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2019 ж., № 21, 198-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Міндетті әлеуметтік медициналық сақтандыруды пилоттық режимде байқаудан өткізудің кейбір мәселелері және "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 15 желтоқсандағы № 2136 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 3 қыркүйектегі № 655 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2019 ж., № 36-37, 336-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>