--- v0 (2025-10-05)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a3159ca" w14:textId="a3159ca">
+    <w:p w14:paraId="c2af084" w14:textId="c2af084">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -279,52 +279,72 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Қоса беріліп отырған міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмектің тізбесі бекітілсін.</w:t>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмектің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулы 2020 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
@@ -605,513 +625,589 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмектің  тізбесі</w:t>
+        <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыру  жүйесіндегі медициналық көмектің  тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбе жаңа редакцияда - ҚР Үкіметінің 16.10.2020 </w:t>
+      Ескерту. Тізбе жаңа редакцияда - ҚР Үкіметінің 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 673</w:t>
+        <w:t>№ 1086</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарағыз) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекке мыналар кіреді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекке мыналар кіреді:</w:t>
+      1. Амбулаториялық жағдайлардағы мамандандырылған медициналық көмек (тегін медициналық көмектің кепілдік берілген көлемі (бұдан әрі – ТМККК) шеңберінде аурулардың профилактикасы, диагностикасы және скринингтік зерттеу жағдайларын қоспағанда):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Амбулаториялық жағдайларда мамандандырылған медициналық көмек:</w:t>
+      1) уәкілетті орган айқындаған тәртіппен және кезеңділікпен профилактикалық медициналық қарап-тексеру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) тегін медициналық көмектің кепілдік берілген көлемі шеңберінде профилактикалық қарап-тексерулер мен скринингтік зерттеулерді қоспағанда, уәкілетті орган айқындаған тәртіппен және кезеңділікпен профилактикалық медициналық қарап-тексерулер;</w:t>
+      2) бейінді мамандардың қабылдауы және консультация беруі, сондай-ақ елдегі эпидемиологиялық жағдайдың нашарлауына әкелетін аурулар кезінде және оларға күдік туындаған жағдайларда үйде мобильдік бригада көрсететін қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бейінді мамандардың қабылдауы және консультация беруі, сондай-ақ елдегі эпидемиологиялық жағдайдың нашарлауына әкелетін аурулар кезінде және оларға күдік туындаған жағдайларда үйдегі мобильдік бригада көрсететін қызметтер;</w:t>
+      3) уәкілетті орган белгілеген тәртіппен және кезеңділікпен бейінді мамандардың созылмалы аурулары бар адамдарды динамикалық байқауда ұстауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) уәкілетті орган белгілеген тәртіппен және кезеңділікпен бейінді мамандардың созылмалы аурулары бар адамдарды динамикалық бақылауы;</w:t>
+      4) уәкілетті орган бекіткен тізбе бойынша халықтың жекелеген санаттарына шұғыл және жоспарлы нысанда стоматологиялық көмек көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) уәкілетті орган бекіткен тізбе бойынша халықтың жекелеген санаттарына шұғыл және жоспарлы нысанда стоматологиялық көмек көрсету;</w:t>
+      5) уәкілетті орган айқындайтын тізбе бойынша диагностикалық көрсетілетін қызметтер, оның ішінде зертханалық диагностика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) диагностикалық көрсетілетін қызметтер, оның ішінде зертханалық диагностика;</w:t>
+      6) уәкілетті орган айқындайтын тізбе бойынша емшаралар мен манипуляциялар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) уәкілетті орган айқындайтын тізбе бойынша ем-дом мен манипуляциялар.</w:t>
+      7) тұқым қуалайтын туа біткен ақаулар мен дамудағы ауытқуды ерте анықтауға уәкілетті орган айқындаған скринингтік зерттеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 23.09.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 786</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 07.05.2025 бастап туындаған қатынастарға қолданылады) қаулысымен.</w:t>
+        <w:t>2. ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      2. Стационарды алмастыратын жағдайларда мамандандырылған, оның ішінде жоғары технологиялық медициналық көмек (ТМККК шеңберінде ауруларды емдеу жағдайларын қоспағанда); сондай-ақ елдегі эпидемиологиялық жағдайдың нашарлауына әкелетін аурулар кезінде және оларға күдік туындаған жағдайларда үйдегі стационар қызметтері. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақ 01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі - ҚР Үкіметінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стационарды алмастыратын жағдайларда мамандандырылған, оның ішінде жоғары технологиялық медициналық көмек (ТМККК шеңберінде ауруларды емдеу жағдайларын қоспағанда), сондай-ақ елдегі эпидемиологиялық жағдайдың нашарлауын туындататын аурулар кезінде және оларға күдік туындаған жағдайларда үйде стационар көрсететін қызметтер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      3. Стационарлық жағдайлардағы мамандандырылған, оның ішінде жоғары технологиялы медициналық көмек:</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Стационарлық жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      1) ауруларды ТМККК шеңберінде емдеу жағдайларын қоспағанда, жоспарлы нысанда; </w:t>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ТМККК шеңберінде ауруларды емдеу жағдайларын қоспағанда, бет қаңқасы мен бастың туа біткен анатомиялық кемістігі бар балаларға реконструкциялық, пластикалық хирургиялық операцияларды қоса алғанда, жоспарлы нысандағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      2) ауруларды ТМККК шеңберінде емдеу жағдайларын қоспағанда, шұғыл нысанда, оның ішінде тәулік бойы жұмыс істейтін стационардың қабылдау бөлімшесінде емдік-диагностикалық іс-шаралар жүргізу.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ТМККК шеңберінде ауруларды емдеу жағдайларын қоспағанда, шұғыл нысандағы мамандандырылған, оның ішінде жоғары технологиялы медициналық көмек, оның ішінде тәулік бойғы стационар жағдайларында емдеуді қажет етпейтін диагнозды анықтағанға дейін тәулік бойғы стационардың қабылдау бөлімшесінде емдік-диагностикалық іс-шаралар жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      4. Уәкілетті орган айқындайтын тәртіппен және аурулар тізбесі бойынша медициналық оңалту.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уәкілетті орган айқындайтын аурулардың тізбесі бойынша медициналық оңалту (ТМККК шеңберінде ауруларды емдеу жағдайларын қоспағанда).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      5. Амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда мамандырылған медициналық көмек көрсету кезіндегі патологиялық-анатомиялық диагностика. </w:t>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда мамандырылған медициналық көмек көрсету кезіндегі патологиялық-анатомиялық диагностика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      6. Уәкілетті орган айқындайтын аурулар тізбесі бойынша және тәртіппен қайтыс болғаннан кейінгі донорды ағзаларды (ағзалардың бөліктерін) және (немесе) тіндерді (тіннің бөліктерін) алуға дайындау, ағзаларды (ағзалардың бөліктерін) және (немесе) тіндерді (тіннің бөліктерін) алу, консервациялау, дайындау, сақтау, тасымалдау. </w:t>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) транспланттау мақсатында қайтыс болғаннан кейінгі донорды ағзаларын (ағзасының бөлігін) және (немесе) тіндерін (тінінің бөлігін) алуға дайындау, ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) алу, консервациялау, дайындау, сақтау, тасымалдау ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      7. Мынадай:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) денсаулық сақтау ұйымдарының дәрілік формулярларына сәйкес стационарлық және стационарды алмастыратын жағдайларда мамандандырылған, оның ішінде жоғары технологиялы медициналық көмек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уәкілетті орган бекітетін белгілі бір аурулары бар (күйдегі) азаматтардың жекелеген санаттары үшін дәрілік заттар, медициналық бұйымдар тізбесіне сәйкес амбулаториялық жағдайларда медициналық-санитариялық алғашқы және мамандандырылған медициналық көмек көрсету кезінде дәрілік заттармен, медициналық бұйымдармен, мамандандырылған емдік өнімдермен, иммундық-биологиялық препараттармен қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -1168,55 +1264,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>