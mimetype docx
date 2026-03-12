--- v0 (2025-12-30)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="abc754f" w14:textId="abc754f">
+    <w:p w14:paraId="6efd814" w14:textId="6efd814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2019 жылғы 28 наурыздағы № 149 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік мүлік туралы" 2011 жылғы 1 наурыздағы Қазақстан Республикасының </w:t>
+      "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес және норма шығармашылығы қызметінің тиімділігін арттыру, Қазақстанның әлеуметтік-экономикалық дамуын қамтамасыз етуде құқықтық ғылымның рөлін күшейту, сондай-ақ Қазақстан Республикасының нормативтік құқықтық актілерінің бірыңғай мемлекеттік есебін қамтамасыз ету мақсатында Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve"> сәйкес және норма шығармашылығы қызметінің тиімділігін арттыру, Қазақстанның әлеуметтік-экономикалық дамуын қамтамасыз етуде құқықтық ғылымның рөлін күшейту, сондай-ақ Қазақстан Республикасының нормативтік құқықтық актілерінің бірыңғай мемлекеттік есебін қамтамасыз ету мақсатында Қазақстан Республикасының Үкіметі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны оған "Қазақстан Республикасының Заңнама институты" мемлекеттік мекемесін қосу арқылы қайта құрылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -216,648 +288,630 @@
         <w:t>
       3. Кәсіпорынға қатысты мемлекеттік басқарудың тиісті саласына басшылық ету бойынша Қазақстан Республикасы Әділет министрлігі уәкілетті орган болып айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z39" w:id="5"/>
-[...15 lines deleted...]
-      1) реттеушілік саясаттың консультативтік құжаттары мен заңнамалық актілер жобаларын әзірлеуге қатысу, сондай-ақ Қазақстан Республикасының заңнамасын дамытудың ғылыми тұжырымдамаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми қорытындылар мен өзге де талдамалық материалдарды, оның ішінде заңнаманың тиімділігіне талдау жүргізу шеңберінде дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z40" w:id="6"/>
-[...15 lines deleted...]
-      2) заңнама тиімділігіне талдау жүргізу (нормативтік құқықтық актілерді талдау);</w:t>
+    <w:bookmarkStart w:name="z49" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңнамалық актілер жобаларына, Қазақстан Республикасы қатысушы болуға ниеттенетін халықаралық шарттарға, сондай-ақ халықаралық шарттардың жобаларына ғылыми лингвистикалық сараптама жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z41" w:id="7"/>
-[...15 lines deleted...]
-      3) заңнамалық актілер жобаларына, Қазақстан Республикасы қатысушы болуға ниеттенетін халықаралық шарттарға, сондай-ақ халықаралық шарт жобаларына ғылыми лингвистикалық сараптаманы қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заңдардың, Қазақстан Республикасы қатысушы болуға ниеттенетін халықаралық шарттардың жобаларына, сондай-ақ ратификациялауға жататын халықаралық шарттардың жобаларына ғылыми құқықтық сараптама жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z48" w:id="8"/>
-[...15 lines deleted...]
-      3-1) заңдардың, Қазақстан Республикасы қатысушы болуға ниеттенетін халықаралық шарттардың жобаларына, сондай-ақ ратификациялауға жататын халықаралық шарттардың жобаларына ғылыми құқықтық сараптаманы қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормативтік құқықтық актілердің жобаларына сыбайлас жемқорлыққа қарсы ғылыми сараптама жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z42" w:id="9"/>
-[...15 lines deleted...]
-      4) мемлекет қызметін құқықтық қамтамасыз ету саласында іргелі және ғылыми-қолданбалы зерттеулер жүргізу;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекет қызметін құқықтық қамтамасыз ету саласында іргелі және қолданбалы ғылыми зерттеулер жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z43" w:id="10"/>
-[...15 lines deleted...]
-      5) Қазақстан Республикасы Нормативтік құқықтық актілерінің мемлекеттік тізілімін, Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкін, сондай-ақ республикалық бюджеттен қаржыландырылатын Қазақстан Республикасының мемлекеттік органдарының талдамалық және әлеуметтанушылық зерттеулерінің, оның ішінде халықаралық ұйымдармен бірлескен зерттеулердің бірыңғай дерекқорын жүргізу;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасы нормативтік құқықтық актілерінің мемлекеттік тізілімін, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкін, сондай-ақ республикалық бюджеттен қаржыландырылатын Қазақстан Республикасы мемлекеттік органдарының талдамалық және әлеуметтанушылық зерттеулерінің, оның ішінде халықаралық ұйымдармен бірлескен зерттеулердің бірыңғай дерекқорын жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z44" w:id="11"/>
-[...15 lines deleted...]
-      6) заңнамалық актілердің ағылшын тіліне аударылуын және оларға қолжетімділікті қамтамасыз ету кәсіпорын қызметінің нысанасы болып айқындалсын.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заңнамалық актілердің ағылшын тіліне аударылуын және оларға қолжетімділікті қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z55" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасында көзделген өзге де қызмет кәсіпорын қызметінің нысанасы болып айқындалсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 14.04.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 238</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Үкіметінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 788</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Кәсіпорын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдардың норма шығармашылығы қызметін ғылыми сүйемелдеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы нормативтік құқықтық актілерінің мемлекеттік тізілімін және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкін жүргізуді жүзеге асыратын уәкілетті ұйым болып айқындалсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулыларымен. </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="12"/>
-[...135 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="13"/>
+    <w:bookmarkStart w:name="z7" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасының Әділет министрлігі заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z45" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z45" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік мүлік және жекешелендіру комитетіне кәсіпорынның жарғысын бекітуге ұсынуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z46" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z46" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әділет органдарында кәсіпорынның мемлекеттік қайта тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z47" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z47" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы қаулыдан туындайтын өзге де шаралар қабылдауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z8" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z8" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қоса беріліп отырған Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>өзгерістер мен толықтырулар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z9" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z9" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мыналардың күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z10" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z10" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Қазақстан Республикасы нормативтiк құқықтық актiлерiнiң мемлекеттiк тiзiлiмiн, Қазақстан Республикасы нормативтiк құқықтық актiлерiнiң эталондық бақылау банкiн жүргiзуді жүзеге асыратын мемлекеттік кәсіпорынды айқындау туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 30 қыркүйектегі № 1045 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 59-60, 564-құжат);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z11" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z11" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 29 желтоқсандағы № 904 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтыруларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 67, 460-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z12" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z12" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1101,408 +1155,408 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 149 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="22"/>
+    <w:bookmarkStart w:name="z14" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z15" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z15" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Әділет министрлігінің мәселелерi" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1120 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., № 41, 532-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z16" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z16" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Әдiлет министрлiгi туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>epeжeде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z17" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z17" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің қарамағындағы ұйымдардын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармақ мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z18" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z18" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасы Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z19" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z19" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің қарамағындағы мемлекеттік мекемелердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Министрлік" деген бөлім алып тасталсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z20" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z20" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелердегі адам санын ескере отырып, штат санының лимиттерін бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 15 сәуірдегі № 339 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z21" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z21" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелеріндегі адам санын ескере отырып, штат санының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лимиттерінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z22" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z22" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "11"деген бағанда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z23" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z23" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Әділет министрлігі, оның аумақтық органдарын және оған ведомстволық бағыныстағы мемлекеттік мекемелерді ескере отырып, оның ішінде" деген жолдағы "2562" деген сандар "2461" деген сандармен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z24" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z24" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Әділет министрлігіне ведомстволық бағыныстағы мемлекеттік мекемелер, оның ішінде" деген жол, "101" деген сандар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z25" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z25" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 2) жол алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1531,130 +1585,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="34"/>
+    <w:bookmarkStart w:name="z30" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасының уәкiлеттi органдарында заң жобалау жұмыстарын ұйымдастыру қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 29 желтоқсандағы № 907 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 67, 462-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z31" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z31" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасының уәкiлеттi органдарында заң жобалау жұмысын ұйымдастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1667,70 +1721,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="36"/>
+    <w:bookmarkStart w:name="z33" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Заң жобасын әзірлеу жөніндегі жұмыс тобының құрамына "Қазақстан Республикасы Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының қызметкерлері тартылады, сондай-ақ белгілі бір құқық саласының ғылыми-зерттеу институттарының, үкіметтік емес ұйымдардың, қоғамдық бірлестіктердің өкілдері, Қазақстан Республикасы Парламентінің депутаттары және олармен келісу бойынша ғылымның тиісті салаларының ғалымдары енгізілуі мүмкін.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1743,70 +1797,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="37"/>
+    <w:bookmarkStart w:name="z35" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Заңдар жобалары Қазақстан Республикасының Әділет министрлігіне қарауға және келісуге енгізілген кезде бір мезгілде тұжырымдама жобасын және заңнамалық акті жобасының мәтінін әзірлеуге "Қазақстан Республикасы Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны қатысқанын растайтын қорытындысы енгізіледі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1884,55 +1938,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>