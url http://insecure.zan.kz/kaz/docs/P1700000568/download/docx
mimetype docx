--- v0 (2025-11-06)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ee12d11" w14:textId="ee12d11">
+    <w:p w14:paraId="4576179" w14:textId="4576179">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы облысы Талдықорған қаласының бас жоспары туралы (негізгі ережелерді қоса алғанда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2017 жылғы 15 қыркүйектегі № 568 қаулысы.</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2017 жылғы 15 қыркүйектегі № 568 қаулысы. Күші жойылды - Қазақстан Республикасы Үкіметінің 2025 жылғы 31 желтоқсандағы № 1213 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1213</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" 2001 жылғы 16 шілдедегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -268,127 +346,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулы алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -4445,28175 +4535,27333 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1505"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2117"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастапқы жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші кезек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті мерзім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалалық әкімшілік шекарасындағы аумақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38504,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38504,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38504,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Талдықорған" агроөнеркәсіптік кешені бар жобаланған айналма жол шекарасындағы аумақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17777,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17777,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобалық шекарадағы қала алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7011,22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11807,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй құрылысы, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3389,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3636,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3783,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй құрылысы, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3636,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3783,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоғамдық құрылыс, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 353,56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 462,19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 907,57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы  пайдаланымдағы аумақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 741,09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1789,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5557,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнеркәсіптік және коммуналдық-қоймалық құрылыстар аумағы, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 761,13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 761,13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1055,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арнайы мақсаттағы аумақ, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 361,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 361,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 502,94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа аумақтар, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12270,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10765,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5782,88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыл шаруашылығы мақсатындағы жерлер – "Талдықорған" агроөнеркәсіптік кешені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4908,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4908,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4908,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Саяжайлар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервтік аумақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6797,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5532,28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті мерзімде қалалық әкімшілік шегіндегі халық саны, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 177,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 245,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талдықорған қаласының халқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 152,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 240,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 басқа елді мекендер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықтың табиғи қозғалысының көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ‰</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықтың көші-қон көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 мың адамға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықтың жас құрылымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 жасқа дейінгі балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35,8</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41,7</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66,0</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Еңбекке жарамды жастағы халық: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ерлер (16-62 жас), әйелдер (16-57 жас)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84,2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96,5</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбекке жарамды жастан асқан халық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,6</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,9</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек ресурстары, оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономикалық белсенді халық, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын бизнесте және жалданбалы жұмыс істейтіндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 112,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін-өзі жұмыспен қамтыған тұрғындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жұмыссыздар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономикалық белсенді емес тұрғындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй құрылысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй қоры, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2252,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3040,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй қорының кемуі, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 техникалық жай-күйі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 реконструкциялау бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа тұрғын үй құрылысы, барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 788,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үй-жай (коттедж типінде), үй жанында жер учаскесі бар үй (пәтер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 365,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 427,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-5-9-12 қабатты көп пәтерлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4705,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықтың пәтерлердің жалпы ауданымен орташа қамтамасыз етілуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 адамға шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік және мәдени-тұрмыстық қызмет көрсету объектілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мектепке дейінгі балалар мекемелері, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11096</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз етілу деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы білім беру мекемелері, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21694</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25815</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз етілу деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауруханалар, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төсек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облыстық маңызы бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төсек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1680</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қалалық маңызы бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төсек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Емханалар, барлығы 1000 адамға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір ауысымда келушілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3575</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4075</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7775</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облыстық маңызы бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір ауысымда келушілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қалалық маңызы бар 1000 адамға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір ауысымда келушілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2575/19,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3075/26,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6425/26,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік қамтамасыз ету мекемелері (интернат-үйлер), барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1275</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа құрылыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1960</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дене шынықтыру-спорттық құрылыстар, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын-сауық-мәдени мекемелер (театрлар, клубтар, кинотеатрлар, музейлер, көрме залдары және т.б.) барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1986</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоғамдық тамақтану кәсіпорындары, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10996</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6080</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сауда кәсіпорындары, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сауда ауданының шаршы метрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42560</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.9.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа құрылыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сауда ауданының шаршы метрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрмыстық қызмет көрсету кәсіпорындары, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 516</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрт сөндіру депосы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 депо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлікпен қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көшелер мен жолдар ұзындығы, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 408,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 661,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айналма автожолдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауылдық құрылыс шегіндегі көше-жол желісінің тығыздығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шаршы метрге километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инженерлік жабдықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумен жабдықтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиынтық су  тұтыну, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тәулігіне  мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26 734</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34 831</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 181</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 оның ішінде: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шаруашылық-ауыз су қажеттілігіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тәулігіне мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23 360</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33756</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өндірістік қажеттіліктерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тәулігіне мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 374</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 431</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумен жабдықтау  көздерін пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерүсті су бөгеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерасты су бөгеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 +</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шаруашылық-ауыз су құбырының ұзындығы (В1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 122,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 255,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәріз жүйесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрмыстық сарқынды сулар көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тәулігіне мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 964</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42 206</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәріз  желісінің ұзындығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 244,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәріздік  тазарту құрылыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тәулігіне мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тазартылған ағын су жинауыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 460</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитариялық тазалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиналған қатты тұрмыстық қалдық көлемі (ҚТҚ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылына тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51 960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78 925</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Электрмен жабдықтау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электр энергиясын жиынтық тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МВт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 269,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 оның ішінде: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 коммуналдық-тұрмыстық жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МВт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 168,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өнеркәсіп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МВт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4.1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ескерілмеген жүктеме (20 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МВт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жылумен жабдықтау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиынтық жылу жүктемесі, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гкал/сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Желілер ұзындығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Газбен жабдықтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сұйытылған газды тұтыну, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылына тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи газды тұтыну, барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылына мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91373</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 204544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6.2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жылыту қазандықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылына мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6.2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнеркәсіптік тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылына мың текше метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Газ құбырының ұзындығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 390,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 434,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Телефондандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Телефон нөмірлерінің саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аумақты инженерлік дайындау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөсер суының өздігінен ағатын жабық коллекторлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қысымды нөсер коллекторлары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөсер суларын айдау сорғы станциялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөсер суларын тұндырғыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Басты суару каналдары: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 реконструкциялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жаңа құрылыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөліп тұратын суару каналдары, оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реконструкциялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа құрылыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір бетонмен қапталған арықтар желісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 246,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызмет көрсету мекемелері құрылысының көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мектепке дейінгі балалар мекемелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8380</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы білім беру мектептері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оқушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21694</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5680</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Емханалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір ауысымда келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3575</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық типтегі стационарлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төсек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет мекемелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1549</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сауда кәсіпорындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сауда алаңының шаршы метрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32647,159 +31895,159 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықтың сұранысы негізінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоғамдық тамақтандыру мекемелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32833,452 +32081,452 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықтың сұранысы негізінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қонақүйлер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 796</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы пайдаланымдағы спорт залдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 еден ауданының шаршы метрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7956</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33368,428 +32616,429 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2308"/>
-        <w:gridCol w:w="9992"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9992" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 – акционерлік қоғам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚТҚ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9992" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 – өндіріс және қала тұтынған қатты тұрмыстық қалдықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9992" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 – қосалқы электр станциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ШГРТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9992" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 – шкафтық газ реттеу пункттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МАҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9992" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 – мультисервистік абоненттік қолжетімділік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9992" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Қазақстан Республикасының құрылыс нормалары</w:t>
@@ -33880,63 +33129,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34258,35 +33529,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>