--- v0 (2025-10-01)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bb9cd5a" w14:textId="bb9cd5a">
+    <w:p w14:paraId="8b23f55" w14:textId="8b23f55">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -599,145 +599,143 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "KAZAKH INVEST" ұлттық компаниясы" акционерлік қоғамының директорлар кеңесінің құрамына сайланатын мемлекеттік органдардың өкілдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцяда - ҚР Үкіметінің 10.06.2025 </w:t>
+      Ескерту. Қосымша жаңа редакцяда - ҚР Үкіметінің 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 423</w:t>
+        <w:t>№ 898</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Премьер-Министрі, Директорлар кеңесінің төрағасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Премьер-Министрінің бірінші орынбасары, Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Премьер-Министрінің орынбасары – Сыртқы істер министрі, Директорлар кеңесінің мүшесі</w:t>
-[...16 lines deleted...]
-        <w:t>
       Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі, Директорлар кеңесінің мүшесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Сыртқы істер министрі, Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Қаржы министрі, Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -867,346 +865,346 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 100 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бекітілген </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің кейбір шешімдеріне</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z26" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілетін өзгерістер мен толықтырулар </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z26" w:id="10"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Акциялардың мемлекеттік пакеттеріне мемлекеттік меншіктің түрлері және ұйымдарға қатысудың мемлекеттік үлестері туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 12 сәуірдегі № 405 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 1999 ж., № 13, 124-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген акцияларының мемлекеттік пакеттері мен қатысу үлестері республикалық меншікте қалатын акционерлік қоғамдар мен шаруашылық серіктестіктердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z29" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Астана қаласы" деген бөлім мынадай мазмұндағы реттік нөмірі 21-179-жолмен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z29" w:id="13"/>
-[...15 lines deleted...]
-      "Астана қаласы" деген бөлім мынадай мазмұндағы реттік нөмірі 21-179-жолмен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z30" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "21-179. "KAZAKH INVEST" ұлттық компаниясы" акционерлік қоғамы.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z30" w:id="14"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z32" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z32" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z33" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасы Инвестициялар және даму министрлігіне" деген бөлім мынадай мазмұндағы реттік нөмірі 332-1-жолмен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z33" w:id="17"/>
-[...15 lines deleted...]
-      "Қазақстан Республикасы Инвестициялар және даму министрлігіне" деген бөлім мынадай мазмұндағы реттік нөмірі 332-1-жолмен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "332-1. "KAZAKH INVEST" ұлттық компаниясы" акционерлік қоғамы.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z34" w:id="18"/>
-[...15 lines deleted...]
-      "332-1. "KAZAKH INVEST" ұлттық компаниясы" акционерлік қоғамы.";</w:t>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасы Инвестициялар және даму министрлігінің Инвестиция комитетіне" деген бөлім және реттік нөмірі 359-1-жол алып тасталсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z35" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1235,170 +1233,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="20"/>
+    <w:bookmarkStart w:name="z41" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 6 сәуірдегі № 376 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z42" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z42" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z43" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Ұлттық компаниялар" деген бөлім мынадай мазмұндағы реттік нөмірі 42-жолмен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z43" w:id="22"/>
-[...15 lines deleted...]
-      "Ұлттық компаниялар" деген бөлім мынадай мазмұндағы реттік нөмірі 42-жолмен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "42. "KAZAKH INVEST" ұлттық компаниясы" акционерлік қоғамы".".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z44" w:id="23"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1437,270 +1435,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="24"/>
+    <w:bookmarkStart w:name="z52" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасын индустриялық-инновациялық дамытудың 2015 – 2019 жылдарға арналған мемлекеттік бағдарламасын іске асыру жөніндегі іс-шаралар жоспарын бекіту туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 30 қазандағы № 1159 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z53" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z53" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасын индустриялық-инновациялық дамытудың 2015 – 2019 жылдарға арналған мемлекеттік бағдарламасын іске асыру жөніндегі іс-шаралар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жоспарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z54" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-бағанда:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z54" w:id="26"/>
-[...15 lines deleted...]
-      6-бағанда:</w:t>
+    <w:bookmarkStart w:name="z55" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реттік нөмірлері 14, 23, 25, 26, 80, 85-жолдардағы "KazNex Invest" ЭИҰА" АҚ (келісім бойынша)" деген аббревиатура және сөздер "KAZAKH INVEST" ҰК" АҚ (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z55" w:id="27"/>
-[...15 lines deleted...]
-      реттік нөмірлері 14, 23, 25, 26, 80, 85-жолдардағы "KazNex Invest" ЭИҰА" АҚ (келісім бойынша)" деген аббревиатура және сөздер "KAZAKH INVEST" ҰК" АҚ (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реттік нөмірі 24-жолындағы "KazNex Invest" ЭИҰА" АҚ" деген аббревиатура "KAZAKH INVEST" ҰК" АҚ (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z56" w:id="28"/>
-[...15 lines deleted...]
-      реттік нөмірі 24-жолындағы "KazNex Invest" ЭИҰА" АҚ" деген аббревиатура "KAZAKH INVEST" ҰК" АҚ (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ескертпеде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z57" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="30"/>
+    <w:bookmarkStart w:name="z58" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       аббревиатуралардың толық жазылуында: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z59" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z59" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "KazNex Invest" ЭИҰА" АҚ – "KAZNEX INVEST" экспорт және инвестициялар жөніндегі ұлттық агенттігі" акционерлік қоғамы" деген жол мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z60" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      KAZAKH INVEST" ҰК" АҚ – "KAZAKH INVEST" ұлттық компаниясы" акционерлік қоғамы".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z60" w:id="32"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>