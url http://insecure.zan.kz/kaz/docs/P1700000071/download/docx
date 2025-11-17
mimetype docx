--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1bd8f3e" w14:textId="1bd8f3e">
+    <w:p w14:paraId="13c0fcd" w14:textId="13c0fcd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1192,51 +1192,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дәрілік заттардың, медициналық бұйымдардың айналысы және оның айналысын бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z1534" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) медициналық қызметтер (көмек) көрсету сапасын бақылау;</w:t>
+      4) медициналық қызметтер (көмек) көрсету сапасын бақылау мен қадағалау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z1535" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) халықтың санитариялық-эпидемиологиялық саламаттылығы, техникалық регламенттерде және нормативтік құжаттарда белгіленген талаптардың сақталуын бақылау және қадағалау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z1536" w:id="26"/>
     <w:p>
@@ -1301,50 +1301,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 274</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 930</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1044" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1667,51 +1687,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысын бақылау, медициналық қызметтерді (көмек) көрсету сапасын бақылау;</w:t>
+      Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысын бақылау, медициналық қызметтер (көмек) көрсету сапасын бақылау мен қадағалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес азаматтардың мемлекет кепілдік беретін көлем шегінде тегін медициналық көмек алуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1744,50 +1764,112 @@
         </w:rPr>
         <w:t>
       медицина және фармацевтика өнеркәсібі салаларында мемлекеттік саясатты қалыптастыру және іске асыру, салааралық үйлестіруді жүзеге асыру және мемлекеттік басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1059" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз құзыреті шегінде Министрлікке жүктелген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 930</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1060" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z1061" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9798,51 +9880,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323-40) дәрілік заттардың, медициналық бұйымдардың айналысы саласындағы, сондай-ақ денсаулық сақтау саласында есірткі, психотроптық заттар мен прекурсорлардың айналымын мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
     <w:bookmarkStart w:name="z1489" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      323-41) медициналық қызметтер (көмек) көрсету саласындағы мемлекеттік бақылауға жататын тәуекелі жоғары, орташа және төмен субъектілердің (объектілердің) тізбесін кәсіпкерлік жөніндегі уәкілетті органмен келісу бойынша бекіту;</w:t>
+      323-41) медициналық қызметтер (көмек) көрсету саласындағы мемлекеттік бақылау мен қадағалауға жататын тәуекелі жоғары, орташа және төмен субъектілердің (объектілердің) тізбесін кәсіпкерлік жөніндегі уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
     <w:bookmarkStart w:name="z1490" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323-42) халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік бақылау мен қадағалауға жататын өнімдер тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
     <w:bookmarkStart w:name="z1491" w:id="427"/>
     <w:p>
@@ -9918,51 +10000,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323-46) медициналық мамандықтар бойынша қосымша білім беру ұйымдарының тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
     <w:bookmarkStart w:name="z1495" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      323-47) медициналық қызметтер (көмек) көрсету және дәрілік заттар мен медициналық бұйымдардың айналысы салаларында денсаулық сақтау саласындағы мемлекеттік бақылауды жүзеге асыру;</w:t>
+      323-47) медициналық қызметтер (көмек) көрсету аясында денсаулық сақтау саласындағы мемлекеттік бақылау мен қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
     <w:bookmarkStart w:name="z1496" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323-48) халықтың санитариялық-эпидемиологиялық саламаттылығы саласында көзделген денсаулық сақтау саласындағы мемлекеттік бақылау мен қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
     <w:bookmarkStart w:name="z1497" w:id="433"/>
     <w:p>
@@ -11362,70 +11444,460 @@
         <w:t>
       323-118) жасанды ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттау үшін көрсетілімдер мен қарсы көрсетілімдер тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
     <w:bookmarkStart w:name="z1585" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323-119) клиникалық база, денсаулық сақтау саласындағы білім беру ұйымының клиникасы, университеттік аурухана, резидентура базасы, интеграцияланған академиялық медициналық орталық туралы ережелерді және оларға қойылатын талаптарды бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z1386" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 323-120) тармақшамен толықтыру көзделген - ҚР 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 930</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1587" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-121) бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптар тізбесін айқындау, сондай-ақ талаптарды нақты бұзушылықтарға қатысты жедел ден қою шарасының нақты түрін, оның қолданылу шарттарын және осы шараның қолданылу мерзімін айқындау (қажет болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 323-122), 323-123), 323-124), 323-125) және 323-126) тармақшалармен толықтыру көзделген - ҚР 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 930</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 323-127) тармақшамен толықтыру көзделген - ҚР 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 930</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1590" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-128) қазақстандық тауар өндірушілер тізіліміне енгізу үшін өтініш берушілердің өндірісін бағалауға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z1591" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-129) өз құзыреті шегінде өндіріс шарттарын, өндірістік және технологиялық операцияларды әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z1386" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       324) Кодексте, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkEnd w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11767,575 +12239,595 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 21.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 930</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1387" w:id="505"/>
+    <w:bookmarkStart w:name="z1387" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z1388" w:id="506"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z1388" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікті басқаруды бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z1389" w:id="507"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z1389" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z1390" w:id="508"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z1390" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары (бірінші вице-министр, вице-министрлер) болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z1391" w:id="509"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z1391" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z1392" w:id="510"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z1392" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) денсаулық сақтау саласындағы саясатты қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z1393" w:id="511"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z1393" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасында көзделген шекте салааралық үйлестіруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z1394" w:id="512"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z1394" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ведомстволардың құзыретін және өзге де мемлекеттік органдармен өзара іс-қимыл тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z1395" w:id="513"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z1395" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Министрліктің құзыреті шегінде нормативтік құқықтық актілер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z1396" w:id="514"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z1396" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының Парламентінде, өзге де мемлекеттік органдар мен ұйымдарда Министрліктің атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z1397" w:id="515"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z1397" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Министрліктің стратегиялық және бағдарламалық құжаттарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z1398" w:id="516"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z1398" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ведомстволық бағынысты денсаулық сақтау ұйымдарының қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z1399" w:id="517"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z1399" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) өз орынбасарларының өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z1400" w:id="518"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z1400" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z1401" w:id="519"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z1401" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өзінің құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkEnd w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1402" w:id="520"/>
+    <w:bookmarkStart w:name="z1402" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өз орынбасарларының өкілеттіктерін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z1403" w:id="521"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z1403" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z1404" w:id="522"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z1404" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z1405" w:id="523"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z1405" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkEnd w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1406" w:id="524"/>
+    <w:bookmarkStart w:name="z1406" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z1407" w:id="525"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z1407" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрліктің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z1408" w:id="526"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z1408" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z1409" w:id="527"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z1409" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z1410" w:id="528"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z1410" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkEnd w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12520,210 +13012,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 29.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 902</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1411" w:id="529"/>
+    <w:bookmarkStart w:name="z1411" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақ республикалық лепрозорийі" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z1412" w:id="530"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z1412" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Жіті бақыланатын мамандандырылған үлгідегі республикалық психиатриялық аурухана" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z1413" w:id="531"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1413" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Республикалық арнайы медициналық қамтамасыз ету орталығы" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z1414" w:id="532"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1414" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Салидат Қайырбекова атындағы Ұлттық денсаулық сақтауды дамыту ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z1415" w:id="533"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z1415" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Академик Н.Ж. Батпенов атындағы Ұлттық ғылыми травматология және ортопедия орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z1416" w:id="534"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1416" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Трансфузиология ғылыми-өндірістік орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z1417" w:id="535"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z1417" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Ұлттық шұғыл медицинаны үйлестіру орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z1418" w:id="536"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1418" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Республикалық психикалық денсаулық ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkEnd w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12772,330 +13264,330 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1420" w:id="537"/>
+    <w:bookmarkStart w:name="z1420" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Қазақ дерматология және инфекциялық аурулар ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1421" w:id="538"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z1421" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Республикалық қан орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z1422" w:id="539"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1422" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Отан соғысының ардагерлеріне арналған республикалық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z1423" w:id="540"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z1423" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазақстан Республикасының Ұлттық фтизиопульмонология ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z1424" w:id="541"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z1424" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Отан соғысының ардагерлеріне арналған орталық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z1425" w:id="542"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z1425" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Курортология және медициналық оңалту ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z1426" w:id="543"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z1426" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Транспланттауды және жоғары технологиялық көрсетілетін медициналық қызметтерді үйлестіру жөніндегі республикалық орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1427" w:id="544"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z1427" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Алатау" балалар клиникалық санаторийі" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z1428" w:id="545"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z1428" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "СҚ-Фармация" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z1429" w:id="546"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z1429" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Ұлттық нейрохирургия орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z1430" w:id="547"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z1430" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "QazBioPharm" ұлттық холдингі" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z1431" w:id="548"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z1431" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z1432" w:id="549"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z1432" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. "Астана медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z1433" w:id="550"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z1433" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. "С.Ж. Асфендияров атындағы Қазақ ұлттық медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkEnd w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13124,288 +13616,288 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1435" w:id="551"/>
+    <w:bookmarkStart w:name="z1435" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. "Марат Оспанов атындағы Батыс Қазақстан медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z1436" w:id="552"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1436" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. "Семей медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z1437" w:id="553"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z1437" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. "Turar Healthcare" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z1438" w:id="554"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z1438" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. "Ұлттық балаларды оңалту орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z1442" w:id="555"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z1442" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. "Ұлттық ғылыми онкология орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z1462" w:id="556"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z1462" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қоғамдық денсаулық сақтау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z1473" w:id="557"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z1473" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық медициналық-санитариялық алғашқы көмек орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z1477" w:id="558"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z1477" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. "Қарағанды медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z1478" w:id="559"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z1478" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. "Еңбек гигиенасы және кәсіптік аурулар ұлттық орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z1516" w:id="560"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z1516" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. "ҚазМедТех" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z1520" w:id="561"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z1520" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. "Республикалық электрондық денсаулық сақтау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z1439" w:id="562"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z1439" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің Санитариялық-эпидемиологиялық бақылау комитетінің аумақтық бөлімшелері – мемлекеттік кәсіпорындардың және мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkEnd w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 23.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18492,68 +18984,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268. Қазақстан Республикасының Денсаулық сақтау министрлігі Санитариялық-эпидемиологиялық бақылау комитетінің "Орал обаға қарсы күрес станциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269. Қазақстан Республикасының Денсаулық сақтау министрлігі Санитариялық-эпидемиологиялық бақылау комитетінің "Шымкент обаға қарсы күрес станциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1440" w:id="563"/>
+    <w:bookmarkStart w:name="z1440" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің аумақтық бөлімшелері – мемлекеттік кәсіпорындардың және мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkEnd w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің Абай облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18894,64 +19386,64 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық және фармацевтикалық бақылау комитетінің "Дәрілік заттар мен медициналық бұйымдарды сараптау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z618" w:id="564"/>
+      <w:bookmarkStart w:name="z618" w:id="567"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkEnd w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкiметiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18976,298 +19468,298 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекітілген</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z619" w:id="565"/>
+    <w:bookmarkStart w:name="z619" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z620" w:id="566"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z620" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z621" w:id="567"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z621" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z622" w:id="568"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z622" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Денсаулық сақтау және әлеуметтік даму министрлігіне" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z623" w:id="569"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z623" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkEnd w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Денсаулық сақтау министрлігіне";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z624" w:id="570"/>
+    <w:bookmarkStart w:name="z624" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірлері 226-1, 227-1, 227-11, 227-12, 227-13, 227-14, 227-15-жолдар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z625" w:id="571"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z625" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірлері 227-18, 227-19-жолдармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z626" w:id="572"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z626" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "227-18. "Ұлттық ғылыми кардиохирургиялық орталық" АҚ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z627" w:id="573"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z627" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-19. "Ұлттық нейрохирургия орталығы" АҚ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkEnd w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19296,247 +19788,247 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z640" w:id="574"/>
+    <w:bookmarkStart w:name="z640" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Ұлттық экономика министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 24 қыркүйектегі № 1011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 59-60, 555-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z641" w:id="575"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z641" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Ұлттық экономика министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z642" w:id="576"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z642" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkEnd w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6) тұтынушылардың құқықтарын қорғау, салааралық үйлестіру салаларындағы басшылықты, сондай-ақ стратегиялық, бақылау, іске асыру және реттеу функцияларын жүзеге асыратын Қазақстан Республикасының мемлекеттік атқарушы органы болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z643" w:id="577"/>
+    <w:bookmarkStart w:name="z643" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkEnd w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитеті;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z644" w:id="578"/>
+    <w:bookmarkStart w:name="z644" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19551,92 +20043,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37) тармақшалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z646" w:id="579"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z646" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "36) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z645" w:id="580"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z645" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты іске асыруды қамтамасыз ету бойынша мемлекеттік органдардың қызметін салааралық үйлестіруді жүзеге асыру;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z647" w:id="581"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z647" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19951,51 +20443,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>339-53)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 339-60) тармақшалар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkEnd w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20084,91 +20576,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>173) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z650" w:id="582"/>
+    <w:bookmarkStart w:name="z650" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "172) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясаттың негізгі бағыттары бойынша Қазақстан Республикасының Үкіметіне ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z651" w:id="583"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z651" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты қалыптастыру және іске асыру бойынша ұсыныстар дайындау;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z652" w:id="584"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z652" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       173-1), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20403,51 +20895,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>188) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkEnd w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20460,70 +20952,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>190) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z654" w:id="585"/>
+    <w:bookmarkStart w:name="z654" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "190) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты іске асыруды қамтамасыз ету бойынша мемлекеттік органдарды салааралық үйлестіруді жүргізу;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkEnd w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20732,70 +21224,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>200) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z657" w:id="586"/>
+    <w:bookmarkStart w:name="z657" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "200) тұтынушылардың құқықтарын қорғау мәселелері бойынша жеке және заңды тұлғалардың өтініштерін қарау;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkEnd w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21360,188 +21852,188 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>50) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z661" w:id="587"/>
+    <w:bookmarkStart w:name="z661" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің қарамағындағы мемлекеттік ұйымдар – аумақтық органдардың тізбесі" деген бөлімнің тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің қарамағындағы аумақтық органдары – мемлекеттік мекемелердің тізбесі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z662" w:id="588"/>
+    <w:bookmarkStart w:name="z662" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің қарамағындағы мемлекеттік ұйымдар – аумақтық органдардың тізбесі осы өзгерістер мен толықтыруларға қосымшаға сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z663" w:id="589"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z663" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің қарамағындағы мемлекеттік ұйымдар – аумақтық органдардың тізбесі" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z664" w:id="590"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z664" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің қарамағындағы обаға қарсы күрес станциялары – мемлекеттік мекемелердің тізбесі" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z665" w:id="591"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z665" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің республикалық мемлекеттік кәсіпорындарының тізбесі" деген бөлім алып тасталсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z666" w:id="592"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z666" w:id="595"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkEnd w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің кейбір шешімдеріне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -21566,420 +22058,420 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>толықтыруларға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z667" w:id="593"/>
+    <w:bookmarkStart w:name="z667" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің аумақтық органдары – мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z668" w:id="594"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z668" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Ақмола облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z669" w:id="595"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z669" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Ақтөбе облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z670" w:id="596"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z670" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Алматы облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z671" w:id="597"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z671" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Атырау облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z672" w:id="598"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z672" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Шығыс Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z673" w:id="599"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z673" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Жамбыл облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z674" w:id="600"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z674" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Батыс Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z675" w:id="601"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z675" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Қарағанды облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z676" w:id="602"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z676" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Қостанай облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z677" w:id="603"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z677" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Қызылорда облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z678" w:id="604"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z678" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Маңғыстау облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z679" w:id="605"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z679" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Павлодар облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z680" w:id="606"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z680" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Солтүстік Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z681" w:id="607"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z681" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Оңтүстік Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z682" w:id="608"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z682" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Астана қаласы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z683" w:id="609"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z683" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Алматы қаласы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z684" w:id="610"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z684" w:id="613"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkEnd w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкiметiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22004,5730 +22496,5730 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z685" w:id="611"/>
+    <w:bookmarkStart w:name="z685" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің, Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің, Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің қайта аталатын аумақтық бөлімшелері – мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z686" w:id="612"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z686" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің аумақтық бөлімшелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z687" w:id="613"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z687" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Астана қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Астана қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z688" w:id="614"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z688" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Алматы қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Алматы қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z689" w:id="615"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z689" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Ақмола облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Ақмола облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z690" w:id="616"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z690" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Ақтөбе облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Ақтөбе облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z691" w:id="617"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z691" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Алматы облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Алматы облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z692" w:id="618"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z692" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Атырау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Атырау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z693" w:id="619"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z693" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Шығыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Шығыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z694" w:id="620"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z694" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Жамбыл облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Жамбыл облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z695" w:id="621"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z695" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Батыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Батыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z696" w:id="622"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z696" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Қарағанды облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Қарағанды облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z697" w:id="623"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z697" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Қостанай облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Қостанай облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z698" w:id="624"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z698" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Қызылорда облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Қызылорда облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z699" w:id="625"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z699" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Маңғыстау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Маңғыстау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z700" w:id="626"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z700" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Павлодар облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Павлодар облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z701" w:id="627"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z701" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Солтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Солтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z702" w:id="628"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z702" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Оңтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Оңтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z703" w:id="629"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z703" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің аумақтық бөлімшелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z704" w:id="630"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z704" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Астана қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Астана қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z705" w:id="631"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z705" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z706" w:id="632"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z706" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Ақмола облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Ақмола облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z707" w:id="633"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z707" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Ақтөбе облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау Медициналық қызметке ақы төлеу комитетінің Ақтөбе облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z708" w:id="634"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z708" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z709" w:id="635"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z709" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Атырау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Атырау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z710" w:id="636"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z710" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Шығыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Шығыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z711" w:id="637"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z711" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Жамбыл облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Жамбыл облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z712" w:id="638"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z712" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Батыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Батыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z713" w:id="639"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z713" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Қарағанды облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Қарағанды облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z714" w:id="640"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z714" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Қостанай облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Қостанай облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z715" w:id="641"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z715" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Қызылорда облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Қызылорда облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z716" w:id="642"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z716" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Маңғыстау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Маңғыстау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z717" w:id="643"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z717" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Павлодар облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Павлодар облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z718" w:id="644"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z718" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Солтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Солтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z719" w:id="645"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z719" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Оңтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Оңтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z720" w:id="646"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z720" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің аумақтық бөлімшелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z721" w:id="647"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z721" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Ақмола облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Ақмола облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z722" w:id="648"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z722" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Ақкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Ақкөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z723" w:id="649"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z723" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Аршалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Аршалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z724" w:id="650"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z724" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Астрахан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Астрахан аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z725" w:id="651"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z725" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Атбасар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Атбасар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z726" w:id="652"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z726" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Бұланды аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Бұланды аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z727" w:id="653"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z727" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Егіндікөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Егіндікөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z728" w:id="654"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z728" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Еңбекшілдер аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Еңбекшілдер аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z729" w:id="655"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z729" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Ерейментау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Ерейментау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z730" w:id="656"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z730" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Есіл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z731" w:id="657"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z731" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Жақсы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Жақсы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z732" w:id="658"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z732" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Жарқайың аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Жарқайың аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z733" w:id="659"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z733" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Зеренді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Зеренді аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z734" w:id="660"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z734" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Қорғалжын аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Қорғалжын аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z735" w:id="661"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z735" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Сандықтау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Сандықтау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z736" w:id="662"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z736" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Степногор қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Степногор қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z737" w:id="663"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z737" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Көкшетау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Көкшетау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z738" w:id="664"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z738" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Целиноград аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Целиноград аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z739" w:id="665"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z739" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Шортанды аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Шортанды аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z740" w:id="666"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z740" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Бурабай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Бурабай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z741" w:id="667"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z741" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Ақтөбе облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z742" w:id="668"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z742" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Ақтөбе қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Ақтөбе қалалық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z743" w:id="669"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z743" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Әйтеке би аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Әйтеке би аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z744" w:id="670"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z744" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Алға аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Алға аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z745" w:id="671"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z745" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Байғанин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Байғанин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z746" w:id="672"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z746" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Ырғыз аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Ырғыз аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z747" w:id="673"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z747" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Қарғалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Қарғалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z748" w:id="674"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z748" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Қобда аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Қобда аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z749" w:id="675"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z749" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Мәртөк аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Мәртөк аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z750" w:id="676"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z750" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Мұғалжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Мұғалжар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z751" w:id="677"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z751" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Темір аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Темір аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z752" w:id="678"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z752" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Ойыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Ойыл аудандық қоғамдық денсаулық сақтау басқармасы басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z753" w:id="679"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z753" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Хромтау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Хромтау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z754" w:id="680"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z754" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Шалқар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Шалқар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z755" w:id="681"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z755" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Алматы облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Алматы облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z756" w:id="682"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z756" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Ақсу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Ақсу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z757" w:id="683"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z757" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Алакөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Алакөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z758" w:id="684"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z758" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Балқаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Балқаш аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z759" w:id="685"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z759" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Еңбекшіқазақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Еңбекшіқазақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z760" w:id="686"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z760" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Ескелді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Ескелді аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z761" w:id="687"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z761" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Жамбыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z762" w:id="688"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z762" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Іле аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Іле аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z763" w:id="689"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z763" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Қарасай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Қарасай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z764" w:id="690"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z764" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Қаратал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Қаратал аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z765" w:id="691"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z765" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Кербұлақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Кербұлақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z766" w:id="692"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z766" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Көксу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Көксу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z767" w:id="693"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z767" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Панфилов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Панфилов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z768" w:id="694"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z768" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Райымбек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Райымбек аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z769" w:id="695"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z769" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Сарқант аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Сарқант аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z770" w:id="696"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z770" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Талғар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Талғар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z771" w:id="697"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z771" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Ұйғыр аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Ұйғыр аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z772" w:id="698"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z772" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Қапшағай қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Қапшағай қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z773" w:id="699"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z773" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Талдықорған қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Талдықорған қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z774" w:id="700"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z774" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Текелі қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Текелі қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z775" w:id="701"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z775" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Атырау облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Атырау облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z776" w:id="702"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z776" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Атырау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Атырау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z777" w:id="703"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z777" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Жылыой аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Жылыой аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z778" w:id="704"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z778" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Индер аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Индер аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z779" w:id="705"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z779" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Исатай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Исатай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z780" w:id="706"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z780" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Қызылқоға аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Қызылқоға аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z781" w:id="707"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z781" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Құрманғазы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Құрманғазы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z782" w:id="708"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z782" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Мақат аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Мақат аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z783" w:id="709"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z783" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Махамбет аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Махамбет аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z784" w:id="710"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z784" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z785" w:id="711"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z785" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Өскемен қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Өскемен қалалық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z786" w:id="712"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z786" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Семей қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Семей қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z787" w:id="713"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z787" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Аягөз аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Аягөз аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z788" w:id="714"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z788" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Абай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Абай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z789" w:id="715"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z789" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Бесқарағай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бесқарағай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z790" w:id="716"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z790" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Бородулиха аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бородулиха аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z791" w:id="717"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z791" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Глубокое аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Глубокое аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z792" w:id="718"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z792" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Жарма аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жарма аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z793" w:id="719"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z793" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Зайсан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Зайсан аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z794" w:id="720"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z794" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Зырянов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Зырянов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z795" w:id="721"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z795" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Катон-Қарағай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Катон-Қарағай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z796" w:id="722"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z796" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Көкпекті аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Көкпекті аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z797" w:id="723"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z797" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Курчатов қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Курчатов қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z798" w:id="724"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z798" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Күршім аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Күршім аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z799" w:id="725"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z799" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Риддер қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Риддер қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z800" w:id="726"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z800" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тарбағатай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тарбағатай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z801" w:id="727"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z801" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұлан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ұлан аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z802" w:id="728"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z802" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Үржар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Үржар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z803" w:id="729"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z803" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шемонаиха аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шемонаиха аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z804" w:id="730"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z804" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Жамбыл облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z805" w:id="731"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z805" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Тараз қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Тараз қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z806" w:id="732"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z806" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Байзақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Байзақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z807" w:id="733"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z807" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Т. Рысқұлов атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Т. Рысқұлов атындағы ауданның қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z808" w:id="734"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z808" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Жамбыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z809" w:id="735"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z809" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Жуалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Жуалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z810" w:id="736"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z810" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Қордай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Қордай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z811" w:id="737"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z811" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Мерке аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Мерке аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z812" w:id="738"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z812" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Мойынқұм аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Мойынқұм аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z813" w:id="739"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z813" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарысу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Сарысу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z814" w:id="740"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z814" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Талас аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Талас аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z815" w:id="741"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z815" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Шу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Шу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z816" w:id="742"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z816" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z817" w:id="743"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z817" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Орал қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Орал қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z818" w:id="744"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z818" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақжайық аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ақжайық аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z819" w:id="745"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z819" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бөкейорда аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бөкейорда аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z820" w:id="746"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z820" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бөрлі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бөрлі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z821" w:id="747"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z821" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңақала аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жаңақала аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z822" w:id="748"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z822" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жәнібек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жәнібек аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z823" w:id="749"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z823" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Зеленов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Зеленов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z824" w:id="750"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z824" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Казталов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Казталов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z825" w:id="751"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z825" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаратөбе аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Қаратөбе аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z826" w:id="752"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z826" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырым аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Сырым аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z827" w:id="753"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z827" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тасқала аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тасқала аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z828" w:id="754"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z828" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Теректі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Теректі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z829" w:id="755"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z829" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шыңғырлау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шыңғырлау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z830" w:id="756"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z830" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Қарағанды облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z831" w:id="757"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z831" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Абай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Абай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z832" w:id="758"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z832" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Ақтоғай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z833" w:id="759"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z833" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Бұқар жырау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Бұқар жырау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z834" w:id="760"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z834" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Жаңаарқа аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z835" w:id="761"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z835" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарқаралы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қарқаралы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z836" w:id="762"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z836" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Қазыбек би атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қарағанды қаласы Қазыбек би атындағы ауданның қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z837" w:id="763"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z837" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Октябрь ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қарағанды қаласы Октябрь ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z838" w:id="764"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z838" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Нұра аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Нұра аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z839" w:id="765"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z839" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       119. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Осакаров аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Осакаров аудандық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z840" w:id="766"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z840" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұлытау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Ұлытау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z841" w:id="767"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z841" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шет аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Шет аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z842" w:id="768"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z842" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Балқаш қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Балқаш қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z843" w:id="769"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z843" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жезқазған қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Жезқазған қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z844" w:id="770"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z844" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаражал қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қаражал қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z845" w:id="771"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z845" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Приозерск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Приозерск қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z846" w:id="772"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z846" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Саран қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Саран қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z847" w:id="773"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z847" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Сәтбаев қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Сәтбаев қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z848" w:id="774"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z848" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Теміртау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Теміртау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z849" w:id="775"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z849" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шахтинск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Шахтинск қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z850" w:id="776"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z850" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қостанай облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Қостанай облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z851" w:id="777"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z851" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Алтынсарин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Алтынсарин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z852" w:id="778"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z852" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Амангелді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Амангелді аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z853" w:id="779"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z853" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Әулиекөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Әулиекөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z854" w:id="780"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z854" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Денисов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Денисов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z855" w:id="781"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z855" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жангелдин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Жангелдин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z856" w:id="782"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z856" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жітіқара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Жітіқара аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z857" w:id="783"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z857" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қамысты аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қамысты аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z858" w:id="784"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z858" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарабалық аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қарабалық аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z859" w:id="785"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z859" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарасу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қарасу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z860" w:id="786"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z860" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Меңдіқара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Меңдіқара аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z861" w:id="787"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z861" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Наурызым аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Наурызым аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z862" w:id="788"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z862" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Сарыкөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z863" w:id="789"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z863" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Таранов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Таранов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z864" w:id="790"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z864" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұзынкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Ұзынкөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z865" w:id="791"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z865" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Федоров аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Федоров аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z866" w:id="792"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z866" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Арқалық қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Арқалық қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z867" w:id="793"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z867" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қостанай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z868" w:id="794"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z868" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай қаласының тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қостанай қаласының қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z869" w:id="795"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z869" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Лисаковск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Лисаковск қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z870" w:id="796"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z870" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Рудный қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Рудный қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z871" w:id="797"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z871" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Қызылорда облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z872" w:id="798"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z872" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Арал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Арал аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z873" w:id="799"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z873" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Қазалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z874" w:id="800"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z874" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қармақшы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Қармақшы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z875" w:id="801"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z875" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жалағаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Жалағаш аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z876" w:id="802"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z876" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырдария аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Сырдария аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z877" w:id="803"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z877" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Шиелі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Шиелі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z878" w:id="804"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z878" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңақорған аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Жаңақорған аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z879" w:id="805"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z879" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылорда қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Қызылорда қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z880" w:id="806"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z880" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Маңғыстау облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z881" w:id="807"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z881" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Ақтау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z882" w:id="808"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z882" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаөзен қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Жаңаөзен қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z883" w:id="809"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z883" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Маңғыстау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z884" w:id="810"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z884" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Түпқараған аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Түпқараған аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z885" w:id="811"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z885" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Бейнеу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Бейнеу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z886" w:id="812"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z886" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарақия аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Қарақия аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z887" w:id="813"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z887" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Мұнайлы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Мұнайлы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z888" w:id="814"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z888" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Павлодар облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z889" w:id="815"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z889" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Павлодар қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z890" w:id="816"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z890" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақсу қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Ақсу қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z891" w:id="817"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z891" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Екібастұз қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Екібастұз қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z892" w:id="818"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z892" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Баянауыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Баянауыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z893" w:id="819"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z893" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Ақтоғай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z894" w:id="820"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z894" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Железин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Железин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z895" w:id="821"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z895" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ертіс аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Ертіс аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z896" w:id="822"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z896" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Қашыр аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Қашыр аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z897" w:id="823"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z897" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Лебяжі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Лебяжі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z898" w:id="824"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z898" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Май аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Май аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z899" w:id="825"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z899" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Павлодар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z900" w:id="826"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z900" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Успен аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Успен аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z901" w:id="827"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z901" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Шарбақты аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Шарбақты аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z902" w:id="828"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z902" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z903" w:id="829"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z903" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Петропавл қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Петропавл қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z904" w:id="830"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z904" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Айыртау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Айыртау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z905" w:id="831"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z905" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ақжар аудандық қоғамдық денсаулық сақтау басқармасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z906" w:id="832"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z906" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Аққайың аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Аққайың аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z907" w:id="833"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z907" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ғабит Мүсірепов атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ғабит Мүсірепов атындағы ауданның қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z908" w:id="834"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z908" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Есіл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z909" w:id="835"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z909" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Қызылжар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z910" w:id="836"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z910" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мағжан Жұмабаев ауданының тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Мағжан Жұмабаев ауданының қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z911" w:id="837"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z911" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жамбыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z912" w:id="838"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z912" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мамлют аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Мамлют аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z913" w:id="839"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z913" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тайынша аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тайынша аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z914" w:id="840"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z914" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тимирязев аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тимирязев аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z915" w:id="841"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z915" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Уәлиханов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Уәлиханов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z916" w:id="842"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z916" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шал ақын аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шал ақын аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z917" w:id="843"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z917" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z918" w:id="844"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z918" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       198. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Арыс қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Арыс қалалық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z919" w:id="845"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z919" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бәйдібек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бәйдібек аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z920" w:id="846"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z920" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазығұрт аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Қазығұрт аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z921" w:id="847"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z921" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мақтаарал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Мақтаарал аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z922" w:id="848"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z922" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Отырар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Отырар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z923" w:id="849"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z923" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ордабасы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ордабасы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z924" w:id="850"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z924" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сайрам аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Сайрам аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z925" w:id="851"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z925" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыағаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Сарыағаш аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z926" w:id="852"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z926" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Созақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Созақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z927" w:id="853"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z927" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Төле би аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Төле би аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z928" w:id="854"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z928" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түлкібас аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Түлкібас аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z929" w:id="855"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z929" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шардара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шардара аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z930" w:id="856"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z930" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Абай ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Абай ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z931" w:id="857"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z931" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Әл-Фараби ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Әл-Фараби ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z932" w:id="858"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z932" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Еңбекші ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Еңбекші ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z933" w:id="859"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z933" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Қаратау ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Қаратау ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z934" w:id="860"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z934" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Кентау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Кентау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z935" w:id="861"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z935" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түркістан қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Түркістан қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z936" w:id="862"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z936" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Алматы қаласының Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Алматы қаласының Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z937" w:id="863"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z937" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Алатау ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Алатау ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z938" w:id="864"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z938" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Әуезов ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Әуезов ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z939" w:id="865"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z939" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Алмалы ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Алмалы ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z940" w:id="866"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z940" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Бостандық ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Бостандық ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z941" w:id="867"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z941" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Жетісу ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Жетісу ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z942" w:id="868"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z942" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Медеу ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Медеу ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z943" w:id="869"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z943" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Түрксіб ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Түрксіб ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z944" w:id="870"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z944" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Наурызбай ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Наурызбай ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z945" w:id="871"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z945" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Астана қаласының Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Астана қаласының Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z946" w:id="872"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z946" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Астана қаласы Тұтынушылардың құқықтарын қорғау департаментінің Астана қаласы Алматы ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Астана қаласы Қоғамдық денсаулық сақтау департаментінің Астана қаласы Алматы ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z947" w:id="873"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z947" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Астана қаласы тұтынушылардың құқықтарын қорғау департаментінің Астана қаласы Есіл ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Астана қаласы Қоғамдық денсаулық сақтау департаментінің Астана қаласы Есіл ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z948" w:id="874"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z948" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Астана қаласы Тұтынушылардың құқықтарын қорғау департаментінің Астана қаласы Сарыарқа ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Астана қаласы Қоғамдық денсаулық сақтау департаментінің Астана қаласы Сарыарқа ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z949" w:id="875"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z949" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Көліктегі қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z950" w:id="876"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z950" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Ақтөбе бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Ақтөбе бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z951" w:id="877"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z951" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Алматы бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Алматы бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z952" w:id="878"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z952" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атбасар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Атбасар бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z953" w:id="879"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z953" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атырау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Атырау бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z954" w:id="880"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z954" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жамбыл бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Жамбыл бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z955" w:id="881"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z955" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Жаңаарқа бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z956" w:id="882"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z956" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Защита бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Защита бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z957" w:id="883"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z957" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қарағанды бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Қарағанды бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z958" w:id="884"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z958" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Көкшетау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Көкшетау бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z959" w:id="885"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z959" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қостанай бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Қостанай бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z960" w:id="886"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z960" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қызылорда бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Қызылорда бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z961" w:id="887"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z961" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Маңғыстау бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z962" w:id="888"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z962" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Павлодар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Павлодар бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z963" w:id="889"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z963" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Семей бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Семей бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z964" w:id="890"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z964" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Орал бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Орал бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z965" w:id="891"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z965" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Шымкент бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Шымкент бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z966" w:id="892"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z966" w:id="895"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkEnd w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27752,836 +28244,836 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z967" w:id="893"/>
+    <w:bookmarkStart w:name="z967" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қайта аталатын мемлекеттік заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkEnd w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ескерту. Тізбеге өзгеріс енгізілді – ҚР Үкіметінің 22.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z968" w:id="894"/>
+    <w:bookmarkStart w:name="z968" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Мемлекеттік кәсіпорындар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z969" w:id="895"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z969" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қазақ онкология және радиология ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қазақ онкология және радиология ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z970" w:id="896"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z970" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Кардиология және ішкі аурулар ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Кардиология және ішкі аурулар ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z971" w:id="897"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z971" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "С.Ж. Асфендияров атындағы Қазақ ұлттық медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "С.Ж. Асфендияров атындағы Қазақ ұлттық медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z972" w:id="898"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z972" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қарағанды мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қарағанды мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z973" w:id="899"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z973" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Денсаулық сақтауды дамыту республикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Денсаулық сақтауды дамыту республикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z974" w:id="900"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z974" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Алып тасталды – ҚР Үкіметінің 22.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z975" w:id="901"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z975" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Тері-венерологиялық ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Тері-венерологиялық ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z976" w:id="902"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z976" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлiгiнiң шаруашылық жүргiзу құқығындағы "Акушерлiк, гинекология және перинатология ғылыми орталығы" республикалық мемлекеттiк кәсiпорны Қазақстан Республикасы Денсаулық сақтау министрлiгiнiң "Акушерлiк, гинекология және перинатология ғылыми орталығы" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z977" w:id="903"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z977" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Семей қаласының мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Семей қаласының мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z978" w:id="904"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z978" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Дәрілік заттарды, медициналық мақсаттағы бұйымдарды және медицина техникасын сараптау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Дәрілік заттарды, медициналық мақсаттағы бұйымдарды және медицина техникасын сараптау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z979" w:id="905"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z979" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Травматология және ортопедия ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Травматология және ортопедия ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z980" w:id="906"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z980" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Трансфузиология ғылыми-өндірістік орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Трансфузиология ғылыми-өндірістік орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z981" w:id="907"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z981" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық санитариялық авиация орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық санитариялық авиация орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z982" w:id="908"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z982" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық психикалық денсаулық ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық психикалық денсаулық ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z983" w:id="909"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z983" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық электрондық денсаулық сақтау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық электрондық денсаулық сақтау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z984" w:id="910"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z984" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің байқау кеңесі бар "Марат Оспанов атындағы Батыс Қазақстан мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Марат Оспанов атындағы Батыс Қазақстан мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z985" w:id="911"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z985" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "ЖИТС-тің алдын алу және оған қарсы күрес жөніндегі республикалық орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "ЖИТС-тің алдын алу және оған қарсы күрес жөніндегі республикалық орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z986" w:id="912"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z986" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық қан орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық қан орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z987" w:id="913"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z987" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Отан соғысының мүгедектеріне арналған республикалық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Отан соғысының мүгедектеріне арналған республикалық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z988" w:id="914"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z988" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Педиатрия және балалар хирургиясы ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Педиатрия және балалар хирургиясы ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z989" w:id="915"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z989" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Еңбек гигиенасы және кәсіби аурулар ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Еңбек гигиенасы және кәсіби аурулар ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z990" w:id="916"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z990" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қазақстан Республикасының Ұлттық фтизиопульмонология ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қазақстан Республикасының Ұлттық фтизиопульмонология ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z991" w:id="917"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z991" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Отан соғысы мүгедектеріне арналған Орталық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Отан соғысы мүгедектеріне арналған Орталық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z992" w:id="918"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z992" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Бурабай" республикалық оңалту орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Бурабай" республикалық оңалту орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z993" w:id="919"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z993" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Радиациялық медицина және экология ғылыми-зерттеу институты" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Радиациялық медицина және экология ғылыми-зерттеу институты" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z994" w:id="920"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z994" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Алатау" балалар клиникалық санаторийі" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Алатау" балалар клиникалық санаторийі" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z995" w:id="921"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z995" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Балбұлақ" республикалық балаларды оңалту орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Балбұлақ" республикалық балаларды оңалту орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z996" w:id="922"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z996" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Мемлекеттік мекемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z997" w:id="923"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z997" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қазақ республикалық лепрозорийі" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қазақ республикалық лепрозорийі" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z998" w:id="924"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z998" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Жіті бақыланатын мамандандырылған үлгідегі республикалық психиатриялық аурухана" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігінің "Жіті бақыланатын мамандандырылған үлгідегі республикалық психиатриялық аурухана" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkEnd w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық арнайы медициналық қамтамасыз ету орталығы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық арнайы медициналық қамтамасыз ету орталығы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z999" w:id="925"/>
+      <w:bookmarkStart w:name="z999" w:id="928"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkEnd w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -28607,420 +29099,420 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1000" w:id="926"/>
+    <w:bookmarkStart w:name="z1000" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитетінің қайта аталатын мемлекеттік заңды тұлғаларының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z1001" w:id="927"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z1001" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Мемлекеттік кәсіпорындар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z1002" w:id="928"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z1002" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Хамза Жұматов атындағы Гигиена және эпидемиология ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Хамза Жұматов атындағы Гигиена және эпидемиология ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z1003" w:id="929"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z1003" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық инфекциялар ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық инфекциялар ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z1004" w:id="930"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z1004" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Санитариялық-эпидемиологиялық сараптама және мониторинг ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Санитариялық-эпидемиологиялық сараптама және мониторинг ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z1005" w:id="931"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z1005" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Ұлттық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Ұлттық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z1006" w:id="932"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z1006" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Мемлекеттік мекемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z1007" w:id="933"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z1007" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Арал теңізі обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Арал теңізі обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z1008" w:id="934"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z1008" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Ақтөбе обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Ақтөбе обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1009" w:id="935"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z1009" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Атырау обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Атырау обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1010" w:id="936"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1010" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Жамбыл обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Жамбыл обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1011" w:id="937"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1011" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Қызылорда обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Қызылорда обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1012" w:id="938"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1012" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Маңғыстау обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Маңғыстау обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1013" w:id="939"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1013" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Орал обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Орал обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1014" w:id="940"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z1014" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Талдықорған обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Талдықорған обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1015" w:id="941"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1015" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Шымкент обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Шымкент обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z1016" w:id="942"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1016" w:id="945"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkEnd w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29046,640 +29538,640 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1017" w:id="943"/>
+    <w:bookmarkStart w:name="z1017" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z1018" w:id="944"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1018" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлiгінiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1005 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 59-60, 551-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1019" w:id="945"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1019" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Сот сараптамасының кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 30 желтоқсандағы № 1403 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 83-84, 724-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1020" w:id="946"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1020" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 26 қаңтардағы № 18 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 2, 9-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1021" w:id="947"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z1021" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 15 сәуірдегі № 236 қаулысының 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 22, 129-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1022" w:id="948"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z1022" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 9 маусымдағы № 425 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 33, 221-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1023" w:id="949"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z1023" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 10 желтоқсандағы № 988 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 63-64, 496-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1024" w:id="950"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z1024" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамын құру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 29 қаңтардағы № 39 қаулысымен бекітілген Қазақстан Республикасы Үкiметiнiң кейбір шешiмдерiне енгiзiлетiн өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 7, 31-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1025" w:id="951"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1025" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлiгінiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1005 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 8 маусымдағы № 339 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 35, 204-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1026" w:id="952"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1026" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Әлеуметтік медициналық сақтандыру қорын құру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 1 шілдедегі № 389 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1027" w:id="953"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1027" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Жұмыспен қамту мәселелері жөніндегі ақпараттық-талдау орталығы" акционерлік қоғамын қайта атау туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 1 шілдедегі № 391 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 39, 232-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1028" w:id="954"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1028" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Оңтүстік Қазақстан мемлекеттік фармацевтика академиясы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 9 қарашадағы № 681 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 57, 363-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1029" w:id="955"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1029" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 18 қарашадағы № 706 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 59-60, 376-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1030" w:id="956"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1030" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің жекелеген кәсіпорындарын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 28 желтоқсандағы № 880 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1031" w:id="957"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1031" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің қарамағындағы республикалық мемлекеттік қазыналық кәсіпорындарды қайта ұйымдастырудың кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 18 қаңтардағы № 8 қаулысының 5-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkEnd w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>