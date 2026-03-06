--- v1 (2025-11-17)
+++ v2 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="13c0fcd" w14:textId="13c0fcd">
+    <w:p w14:paraId="66ec65b" w14:textId="66ec65b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -11444,50 +11444,190 @@
         <w:t>
       323-118) жасанды ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттау үшін көрсетілімдер мен қарсы көрсетілімдер тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
     <w:bookmarkStart w:name="z1585" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323-119) клиникалық база, денсаулық сақтау саласындағы білім беру ұйымының клиникасы, университеттік аурухана, резидентура базасы, интеграцияланған академиялық медициналық орталық туралы ережелерді және оларға қойылатын талаптарды бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z1586" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-120) халықтың қажеттілігі негізінде тегін медициналық көмектің кепілдік берілген көлемі шеңберіндегі медициналық көмектің және міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмектің көлемдерін жоспарлау әдістемесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z1587" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-121) бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптар тізбесін айқындау, сондай-ақ талаптарды нақты бұзушылықтарға қатысты жедел ден қою шарасының нақты түрін, оның қолданылу шарттарын және осы шараның қолданылу мерзімін айқындау (қажет болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z1588" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      323-122) тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және өзге де көздер есебінен жүзеге асырылатын орфандық ауруларды емдеуге арналған дәрілік заттармен қамтамасыз ету тәртібін айқындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z1592" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-123) тұқым қуалайтын туа біткен ақаулар мен даму ауытқуларын ерте анықтауға арналған скринингтік зерттеулерді айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z1593" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-124) тегін медициналық көмектің кепілдік берілген көлемі шеңберінде амбулаториялық жағдайлардағы мамандандырылған медициналық көмекке енгізілген профилактика мен диагностика жөнінде қызметтер көрсету кезінде аурулардың тізбесін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z1594" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-125) тегін медициналық көмектің кепілдік берілген көлемі шеңберінде амбулаториялық жағдайлардағы мамандандырылған медициналық көмекке енгізілген артериялық гипертонияны, жүректің ишемиялық ауруын, глаукоманы, қант диабетін, В және С вирустық гепатиттерін және басқаларды ерте анықтауға арналған скринингтік зерттеулерді айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z1595" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-126) әлеуметтік мәні бар аурулар, оның ішінде туберкулезді, АИТВ инфекциясын, қатерлі ісіктерді, созылмалы вирустық гепатиттер мен бауыр циррозын, психикалық, мінез-құлықтық бұзылушылықтарды (ауруларды), орфандық ауруларды, жүйке жүйесінің дегенеративті ауруларын, орталық жүйке жүйесінің миелинсіздендіру ауруларын, эпилепсияны, алғашқы алты ай ішіндегі жіті миокард инфарктін, бір жыл ішіндегі инсульттерді қамтитын тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11503,1331 +11643,1117 @@
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      15-тармақты 323-120) тармақшамен толықтыру көзделген - ҚР 06.11.2025 </w:t>
+        <w:t xml:space="preserve">      15-тармақты 323-127) тармақшамен толықтыру көзделген - ҚР 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 930</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1587" w:id="504"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z1590" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-128) қазақстандық тауар өндірушілер тізіліміне енгізу үшін өтініш берушілердің өндірісін бағалауға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z1591" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323-129) өз құзыреті шегінде өндіріс шарттарын, өндірістік және технологиялық операцияларды әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z1386" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      324) Кодексте, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де функцияларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 05.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 973</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">; 16.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 307</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 16.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 30.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгiзiледi); 01.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) 01.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 762</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 764</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (04.09.2023 бастап қолданысқа енгiзiледi); 13.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 22.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 582</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 12.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 745</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12.12.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 23.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1098</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 25.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 274</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 21.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 930</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...221 lines deleted...]
-    <w:bookmarkEnd w:id="507"/>
+    </w:p>
+    <w:bookmarkStart w:name="z1387" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...421 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z1388" w:id="509"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z1388" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікті басқаруды бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z1389" w:id="510"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z1389" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z1390" w:id="511"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z1390" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары (бірінші вице-министр, вице-министрлер) болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z1391" w:id="512"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z1391" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z1392" w:id="513"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z1392" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) денсаулық сақтау саласындағы саясатты қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z1393" w:id="514"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z1393" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасында көзделген шекте салааралық үйлестіруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z1394" w:id="515"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z1394" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ведомстволардың құзыретін және өзге де мемлекеттік органдармен өзара іс-қимыл тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z1395" w:id="516"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z1395" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Министрліктің құзыреті шегінде нормативтік құқықтық актілер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z1396" w:id="517"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z1396" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының Парламентінде, өзге де мемлекеттік органдар мен ұйымдарда Министрліктің атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z1397" w:id="518"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z1397" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Министрліктің стратегиялық және бағдарламалық құжаттарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z1398" w:id="519"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z1398" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ведомстволық бағынысты денсаулық сақтау ұйымдарының қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z1399" w:id="520"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z1399" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) өз орынбасарларының өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z1400" w:id="521"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z1400" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z1401" w:id="522"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z1401" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өзінің құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkEnd w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1402" w:id="523"/>
+    <w:bookmarkStart w:name="z1402" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өз орынбасарларының өкілеттіктерін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z1403" w:id="524"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z1403" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z1404" w:id="525"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z1404" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z1405" w:id="526"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z1405" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkEnd w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1406" w:id="527"/>
+    <w:bookmarkStart w:name="z1406" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z1407" w:id="528"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1407" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрліктің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z1408" w:id="529"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1408" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z1409" w:id="530"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z1409" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z1410" w:id="531"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1410" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkEnd w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12839,1065 +12765,953 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 08.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 997</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; 28.12.2022 </w:t>
+        <w:t xml:space="preserve">; 22.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1080</w:t>
+        <w:t>№ 148</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қол қойылған күнінен бастап қолданысқа енгізіледі және 31.12.2025 дейін </w:t>
+        <w:t xml:space="preserve">; 14.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданылады</w:t>
+        <w:t>№ 573</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 22.02.2023 </w:t>
+        <w:t xml:space="preserve">; 01.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 148</w:t>
+        <w:t>№ 1075</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; 14.07.2023 </w:t>
+        <w:t xml:space="preserve">; 24.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 573</w:t>
+        <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; 01.12.2023 </w:t>
+        <w:t xml:space="preserve">; 22.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1075</w:t>
+        <w:t>№ 582</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; 24.04.2024 </w:t>
+        <w:t>№ 582</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 29.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 902</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1411" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қазақ республикалық лепрозорийі" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1412" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Жіті бақыланатын мамандандырылған үлгідегі республикалық психиатриялық аурухана" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z1413" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Республикалық арнайы медициналық қамтамасыз ету орталығы" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z1414" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Салидат Қайырбекова атындағы Ұлттық денсаулық сақтауды дамыту ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1415" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Академик Н.Ж. Батпенов атындағы Ұлттық ғылыми травматология және ортопедия орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z1416" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Трансфузиология ғылыми-өндірістік орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z1417" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Ұлттық шұғыл медицинаны үйлестіру орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z1418" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Республикалық психикалық денсаулық ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z1419" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. "Республикалық электрондық денсаулық сақтау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z1420" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. "Қазақ дерматология және инфекциялық аурулар ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z1421" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Республикалық қан орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z1422" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Отан соғысының ардагерлеріне арналған республикалық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z1423" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. "Қазақстан Республикасының Ұлттық фтизиопульмонология ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z1424" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. "Отан соғысының ардагерлеріне арналған орталық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z1425" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. "Курортология және медициналық оңалту ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z1426" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Транспланттауды және жоғары технологиялық көрсетілетін медициналық қызметтерді үйлестіру жөніндегі республикалық орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z1427" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. "Алатау" балалар клиникалық санаторийі" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1428" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. "СҚ-Фармация" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z1429" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Ұлттық нейрохирургия орталығы" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z1430" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. "QazBioPharm" ұлттық холдингі" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z1431" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z1432" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Астана медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z1433" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. "С.Ж. Асфендияров атындағы Қазақ ұлттық медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Алып тасталды - ҚР Үкіметінің 24.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; 22.07.2024 </w:t>
-[...211 lines deleted...]
-    <w:bookmarkEnd w:id="539"/>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1435" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. "Марат Оспанов атындағы Батыс Қазақстан медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z1436" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. "Семей медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z1437" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. "Turar Healthcare" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z1438" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. "Ұлттық балаларды оңалту орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z1442" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. "Ұлттық ғылыми онкология орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z1462" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қоғамдық денсаулық сақтау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z1473" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық медициналық-санитариялық алғашқы көмек орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z1477" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. "Қарағанды медицина университеті" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z1478" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. "Еңбек гигиенасы және кәсіптік аурулар ұлттық орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z1516" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. "ҚазМедТех" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z1520" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. "Республикалық электрондық денсаулық сақтау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z1439" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...663 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің Санитариялық-эпидемиологиялық бақылау комитетінің аумақтық бөлімшелері – мемлекеттік кәсіпорындардың және мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkEnd w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 23.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18984,68 +18798,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268. Қазақстан Республикасының Денсаулық сақтау министрлігі Санитариялық-эпидемиологиялық бақылау комитетінің "Орал обаға қарсы күрес станциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269. Қазақстан Республикасының Денсаулық сақтау министрлігі Санитариялық-эпидемиологиялық бақылау комитетінің "Шымкент обаға қарсы күрес станциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1440" w:id="566"/>
+    <w:bookmarkStart w:name="z1440" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің аумақтық бөлімшелері – мемлекеттік кәсіпорындардың және мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkEnd w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің Абай облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19386,64 +19200,64 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық және фармацевтикалық бақылау комитетінің "Дәрілік заттар мен медициналық бұйымдарды сараптау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z618" w:id="567"/>
+      <w:bookmarkStart w:name="z618" w:id="574"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkEnd w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкiметiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19468,298 +19282,298 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекітілген</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z619" w:id="568"/>
+    <w:bookmarkStart w:name="z619" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z620" w:id="569"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z620" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z621" w:id="570"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z621" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z622" w:id="571"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z622" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Денсаулық сақтау және әлеуметтік даму министрлігіне" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z623" w:id="572"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z623" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkEnd w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Денсаулық сақтау министрлігіне";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z624" w:id="573"/>
+    <w:bookmarkStart w:name="z624" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірлері 226-1, 227-1, 227-11, 227-12, 227-13, 227-14, 227-15-жолдар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z625" w:id="574"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z625" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірлері 227-18, 227-19-жолдармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z626" w:id="575"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z626" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "227-18. "Ұлттық ғылыми кардиохирургиялық орталық" АҚ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z627" w:id="576"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z627" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-19. "Ұлттық нейрохирургия орталығы" АҚ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkEnd w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19788,247 +19602,247 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z640" w:id="577"/>
+    <w:bookmarkStart w:name="z640" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Ұлттық экономика министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 24 қыркүйектегі № 1011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 59-60, 555-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z641" w:id="578"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z641" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Ұлттық экономика министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z642" w:id="579"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z642" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkEnd w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6) тұтынушылардың құқықтарын қорғау, салааралық үйлестіру салаларындағы басшылықты, сондай-ақ стратегиялық, бақылау, іске асыру және реттеу функцияларын жүзеге асыратын Қазақстан Республикасының мемлекеттік атқарушы органы болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z643" w:id="580"/>
+    <w:bookmarkStart w:name="z643" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkEnd w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитеті;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z644" w:id="581"/>
+    <w:bookmarkStart w:name="z644" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20043,92 +19857,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37) тармақшалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z646" w:id="582"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z646" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "36) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z645" w:id="583"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z645" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты іске асыруды қамтамасыз ету бойынша мемлекеттік органдардың қызметін салааралық үйлестіруді жүзеге асыру;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z647" w:id="584"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z647" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20443,51 +20257,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>339-53)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 339-60) тармақшалар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkEnd w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20576,91 +20390,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>173) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z650" w:id="585"/>
+    <w:bookmarkStart w:name="z650" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "172) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясаттың негізгі бағыттары бойынша Қазақстан Республикасының Үкіметіне ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z651" w:id="586"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z651" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты қалыптастыру және іске асыру бойынша ұсыныстар дайындау;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z652" w:id="587"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z652" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       173-1), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20895,51 +20709,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>188) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkEnd w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20952,70 +20766,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>190) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z654" w:id="588"/>
+    <w:bookmarkStart w:name="z654" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "190) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясатты іске асыруды қамтамасыз ету бойынша мемлекеттік органдарды салааралық үйлестіруді жүргізу;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkEnd w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21224,70 +21038,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>200) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z657" w:id="589"/>
+    <w:bookmarkStart w:name="z657" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "200) тұтынушылардың құқықтарын қорғау мәселелері бойынша жеке және заңды тұлғалардың өтініштерін қарау;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkEnd w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21852,188 +21666,188 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>50) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z661" w:id="590"/>
+    <w:bookmarkStart w:name="z661" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің қарамағындағы мемлекеттік ұйымдар – аумақтық органдардың тізбесі" деген бөлімнің тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkEnd w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің қарамағындағы аумақтық органдары – мемлекеттік мекемелердің тізбесі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z662" w:id="591"/>
+    <w:bookmarkStart w:name="z662" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің қарамағындағы мемлекеттік ұйымдар – аумақтық органдардың тізбесі осы өзгерістер мен толықтыруларға қосымшаға сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z663" w:id="592"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z663" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің қарамағындағы мемлекеттік ұйымдар – аумақтық органдардың тізбесі" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z664" w:id="593"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z664" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің қарамағындағы обаға қарсы күрес станциялары – мемлекеттік мекемелердің тізбесі" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z665" w:id="594"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z665" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің республикалық мемлекеттік кәсіпорындарының тізбесі" деген бөлім алып тасталсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z666" w:id="595"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z666" w:id="602"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkEnd w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің кейбір шешімдеріне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22058,420 +21872,420 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>толықтыруларға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z667" w:id="596"/>
+    <w:bookmarkStart w:name="z667" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің аумақтық органдары – мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z668" w:id="597"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z668" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Ақмола облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z669" w:id="598"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z669" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Ақтөбе облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z670" w:id="599"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z670" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Алматы облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z671" w:id="600"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z671" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Атырау облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z672" w:id="601"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z672" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Шығыс Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z673" w:id="602"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z673" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Жамбыл облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z674" w:id="603"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z674" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Батыс Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z675" w:id="604"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z675" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Қарағанды облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z676" w:id="605"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z676" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Қостанай облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z677" w:id="606"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z677" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Қызылорда облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z678" w:id="607"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z678" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Маңғыстау облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z679" w:id="608"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z679" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Павлодар облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z680" w:id="609"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z680" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Солтүстік Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z681" w:id="610"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z681" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Оңтүстік Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z682" w:id="611"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z682" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Астана қаласы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z683" w:id="612"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z683" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Алматы қаласы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z684" w:id="613"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z684" w:id="620"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkEnd w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкiметiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22496,5730 +22310,5730 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z685" w:id="614"/>
+    <w:bookmarkStart w:name="z685" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің, Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің, Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің қайта аталатын аумақтық бөлімшелері – мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z686" w:id="615"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z686" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің аумақтық бөлімшелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z687" w:id="616"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z687" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Астана қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Астана қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z688" w:id="617"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z688" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Алматы қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Алматы қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z689" w:id="618"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z689" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Ақмола облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Ақмола облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z690" w:id="619"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z690" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Ақтөбе облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Ақтөбе облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z691" w:id="620"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z691" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Алматы облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Алматы облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z692" w:id="621"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z692" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Атырау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Атырау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z693" w:id="622"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z693" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Шығыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Шығыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z694" w:id="623"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z694" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Жамбыл облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Жамбыл облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z695" w:id="624"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z695" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Батыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Батыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z696" w:id="625"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z696" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Қарағанды облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Қарағанды облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z697" w:id="626"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z697" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Қостанай облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Қостанай облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z698" w:id="627"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z698" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Қызылорда облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Қызылорда облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z699" w:id="628"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z699" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Маңғыстау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Маңғыстау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z700" w:id="629"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z700" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Павлодар облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Павлодар облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z701" w:id="630"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z701" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Солтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Солтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z702" w:id="631"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z702" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық және фармацевтикалық қызметті бақылау комитетінің Оңтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Фармация комитетінің Оңтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z703" w:id="632"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z703" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің аумақтық бөлімшелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z704" w:id="633"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z704" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Астана қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Астана қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z705" w:id="634"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z705" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы қаласы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы қаласы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z706" w:id="635"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z706" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Ақмола облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Ақмола облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z707" w:id="636"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z707" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Ақтөбе облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау Медициналық қызметке ақы төлеу комитетінің Ақтөбе облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z708" w:id="637"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z708" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Алматы облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z709" w:id="638"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z709" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Атырау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Атырау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z710" w:id="639"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z710" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Шығыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Шығыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z711" w:id="640"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z711" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Жамбыл облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Жамбыл облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z712" w:id="641"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z712" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Батыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Батыс Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z713" w:id="642"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z713" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Қарағанды облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Қарағанды облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z714" w:id="643"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z714" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Қостанай облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Қостанай облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z715" w:id="644"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z715" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Қызылорда облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Қызылорда облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z716" w:id="645"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z716" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Маңғыстау облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Маңғыстау облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z717" w:id="646"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z717" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Павлодар облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Павлодар облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z718" w:id="647"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z718" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Солтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Солтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z719" w:id="648"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z719" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі Медициналық қызметке ақы төлеу комитетінің Оңтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық қызметке ақы төлеу комитетінің Оңтүстік Қазақстан облысы бойынша департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z720" w:id="649"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z720" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің аумақтық бөлімшелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z721" w:id="650"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z721" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Ақмола облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Ақмола облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z722" w:id="651"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z722" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Ақкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Ақкөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z723" w:id="652"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z723" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Аршалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Аршалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z724" w:id="653"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z724" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Астрахан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Астрахан аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z725" w:id="654"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z725" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Атбасар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Атбасар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z726" w:id="655"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z726" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Бұланды аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Бұланды аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z727" w:id="656"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z727" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Егіндікөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Егіндікөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z728" w:id="657"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z728" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Еңбекшілдер аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Еңбекшілдер аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z729" w:id="658"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z729" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Ерейментау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Ерейментау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z730" w:id="659"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z730" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Есіл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z731" w:id="660"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z731" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Жақсы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Жақсы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z732" w:id="661"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z732" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Жарқайың аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Жарқайың аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z733" w:id="662"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z733" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Зеренді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Зеренді аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z734" w:id="663"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z734" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Қорғалжын аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Қорғалжын аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z735" w:id="664"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z735" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Сандықтау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Сандықтау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z736" w:id="665"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z736" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Степногор қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Степногор қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z737" w:id="666"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z737" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Көкшетау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Көкшетау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z738" w:id="667"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z738" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Целиноград аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Целиноград аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z739" w:id="668"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z739" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Шортанды аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Шортанды аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z740" w:id="669"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z740" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы тұтынушылардың құқықтарын қорғау департаментінің Бурабай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақмола облысы Қоғамдық денсаулық сақтау департаментінің Бурабай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z741" w:id="670"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z741" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Ақтөбе облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z742" w:id="671"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z742" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Ақтөбе қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Ақтөбе қалалық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z743" w:id="672"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z743" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Әйтеке би аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Әйтеке би аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z744" w:id="673"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z744" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Алға аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Алға аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z745" w:id="674"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z745" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Байғанин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Байғанин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z746" w:id="675"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z746" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Ырғыз аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Ырғыз аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z747" w:id="676"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z747" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Қарғалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Қарғалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z748" w:id="677"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z748" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Қобда аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Қобда аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z749" w:id="678"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z749" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Мәртөк аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Мәртөк аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z750" w:id="679"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z750" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Мұғалжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Мұғалжар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z751" w:id="680"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z751" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Темір аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Темір аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z752" w:id="681"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z752" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Ойыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Ойыл аудандық қоғамдық денсаулық сақтау басқармасы басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z753" w:id="682"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z753" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Хромтау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Хромтау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z754" w:id="683"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z754" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы тұтынушылардың құқықтарын қорғау департаментінің Шалқар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Ақтөбе облысы Қоғамдық денсаулық сақтау департаментінің Шалқар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z755" w:id="684"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z755" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Алматы облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Алматы облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z756" w:id="685"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z756" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Ақсу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Ақсу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z757" w:id="686"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z757" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Алакөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Алакөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z758" w:id="687"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z758" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Балқаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Балқаш аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z759" w:id="688"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z759" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Еңбекшіқазақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Еңбекшіқазақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z760" w:id="689"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z760" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Ескелді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Ескелді аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z761" w:id="690"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z761" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Жамбыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z762" w:id="691"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z762" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Іле аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Іле аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z763" w:id="692"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z763" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Қарасай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Қарасай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z764" w:id="693"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z764" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Қаратал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Қаратал аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z765" w:id="694"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z765" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Кербұлақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Кербұлақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z766" w:id="695"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z766" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Көксу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Көксу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z767" w:id="696"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z767" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Панфилов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Панфилов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z768" w:id="697"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z768" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Райымбек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Райымбек аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z769" w:id="698"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z769" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Сарқант аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Сарқант аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z770" w:id="699"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z770" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Талғар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Талғар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z771" w:id="700"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z771" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Ұйғыр аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Ұйғыр аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z772" w:id="701"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z772" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Қапшағай қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Қапшағай қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z773" w:id="702"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z773" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Талдықорған қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Талдықорған қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z774" w:id="703"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z774" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы тұтынушылардың құқықтарын қорғау департаментінің Текелі қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы облысы Қоғамдық денсаулық сақтау департаментінің Текелі қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z775" w:id="704"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z775" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Атырау облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Атырау облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z776" w:id="705"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z776" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Атырау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Атырау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z777" w:id="706"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z777" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Жылыой аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Жылыой аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z778" w:id="707"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z778" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Индер аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Индер аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z779" w:id="708"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z779" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Исатай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Исатай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z780" w:id="709"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z780" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Қызылқоға аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Қызылқоға аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z781" w:id="710"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z781" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Құрманғазы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Құрманғазы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z782" w:id="711"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z782" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Мақат аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Мақат аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z783" w:id="712"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z783" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы тұтынушылардың құқықтарын қорғау департаментінің Махамбет аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Атырау облысы Қоғамдық денсаулық сақтау департаментінің Махамбет аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z784" w:id="713"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z784" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z785" w:id="714"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z785" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Өскемен қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Өскемен қалалық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z786" w:id="715"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z786" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Семей қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Семей қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z787" w:id="716"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z787" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Аягөз аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Аягөз аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z788" w:id="717"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z788" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Абай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Абай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z789" w:id="718"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z789" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Бесқарағай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бесқарағай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z790" w:id="719"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z790" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Бородулиха аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бородулиха аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z791" w:id="720"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z791" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Глубокое аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Глубокое аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z792" w:id="721"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z792" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Жарма аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жарма аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z793" w:id="722"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z793" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Зайсан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Зайсан аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z794" w:id="723"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z794" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Зырянов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Зырянов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z795" w:id="724"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z795" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Катон-Қарағай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Катон-Қарағай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z796" w:id="725"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z796" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Көкпекті аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Көкпекті аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z797" w:id="726"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z797" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Курчатов қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Курчатов қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z798" w:id="727"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z798" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Күршім аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Күршім аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z799" w:id="728"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z799" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Риддер қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Риддер қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z800" w:id="729"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z800" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тарбағатай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тарбағатай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z801" w:id="730"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z801" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұлан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ұлан аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z802" w:id="731"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z802" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Үржар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Үржар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z803" w:id="732"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z803" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шемонаиха аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Шығыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шемонаиха аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z804" w:id="733"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z804" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Жамбыл облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z805" w:id="734"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z805" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Тараз қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Тараз қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z806" w:id="735"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z806" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Байзақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Байзақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z807" w:id="736"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z807" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Т. Рысқұлов атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Т. Рысқұлов атындағы ауданның қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z808" w:id="737"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z808" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Жамбыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z809" w:id="738"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z809" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Жуалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Жуалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z810" w:id="739"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z810" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Қордай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Қордай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z811" w:id="740"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z811" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Мерке аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Мерке аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z812" w:id="741"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z812" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Мойынқұм аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Мойынқұм аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z813" w:id="742"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z813" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарысу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Сарысу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z814" w:id="743"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z814" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Талас аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Талас аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z815" w:id="744"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z815" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Шу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Жамбыл облысы Қоғамдық денсаулық сақтау департаментінің Шу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z816" w:id="745"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z816" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z817" w:id="746"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z817" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Орал қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Орал қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z818" w:id="747"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z818" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақжайық аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ақжайық аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z819" w:id="748"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z819" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бөкейорда аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бөкейорда аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z820" w:id="749"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z820" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бөрлі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бөрлі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z821" w:id="750"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z821" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңақала аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жаңақала аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z822" w:id="751"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z822" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жәнібек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жәнібек аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z823" w:id="752"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z823" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Зеленов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Зеленов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z824" w:id="753"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z824" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Казталов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Казталов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z825" w:id="754"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z825" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаратөбе аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Қаратөбе аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z826" w:id="755"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z826" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырым аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Сырым аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z827" w:id="756"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z827" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тасқала аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тасқала аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z828" w:id="757"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z828" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Теректі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Теректі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z829" w:id="758"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z829" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шыңғырлау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Батыс Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шыңғырлау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z830" w:id="759"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z830" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Қарағанды облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z831" w:id="760"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z831" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Абай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Абай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z832" w:id="761"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z832" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Ақтоғай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z833" w:id="762"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z833" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Бұқар жырау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Бұқар жырау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z834" w:id="763"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z834" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Жаңаарқа аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z835" w:id="764"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z835" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарқаралы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қарқаралы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z836" w:id="765"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z836" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Қазыбек би атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қарағанды қаласы Қазыбек би атындағы ауданның қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z837" w:id="766"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z837" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Октябрь ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қарағанды қаласы Октябрь ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z838" w:id="767"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z838" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Нұра аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Нұра аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z839" w:id="768"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z839" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       119. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Осакаров аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Осакаров аудандық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z840" w:id="769"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z840" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұлытау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Ұлытау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z841" w:id="770"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z841" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шет аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Шет аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z842" w:id="771"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z842" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Балқаш қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Балқаш қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z843" w:id="772"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z843" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жезқазған қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Жезқазған қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z844" w:id="773"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z844" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаражал қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Қаражал қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z845" w:id="774"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z845" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Приозерск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Приозерск қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z846" w:id="775"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z846" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Саран қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Саран қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z847" w:id="776"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z847" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Сәтбаев қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Сәтбаев қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z848" w:id="777"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z848" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Теміртау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Теміртау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z849" w:id="778"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z849" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шахтинск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қарағанды облысы Қоғамдық денсаулық сақтау департаментінің Шахтинск қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z850" w:id="779"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z850" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қостанай облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Қостанай облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z851" w:id="780"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z851" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Алтынсарин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Алтынсарин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z852" w:id="781"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z852" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Амангелді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Амангелді аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z853" w:id="782"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z853" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Әулиекөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Әулиекөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z854" w:id="783"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z854" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Денисов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Денисов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z855" w:id="784"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z855" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жангелдин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Жангелдин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z856" w:id="785"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z856" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жітіқара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Жітіқара аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z857" w:id="786"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z857" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қамысты аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қамысты аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z858" w:id="787"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z858" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарабалық аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қарабалық аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z859" w:id="788"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z859" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарасу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қарасу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z860" w:id="789"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z860" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Меңдіқара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Меңдіқара аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z861" w:id="790"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z861" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Наурызым аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Наурызым аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z862" w:id="791"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z862" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Сарыкөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z863" w:id="792"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z863" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Таранов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Таранов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z864" w:id="793"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z864" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұзынкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Ұзынкөл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z865" w:id="794"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z865" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Федоров аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Федоров аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z866" w:id="795"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z866" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Арқалық қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Арқалық қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z867" w:id="796"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z867" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қостанай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z868" w:id="797"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z868" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай қаласының тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Қостанай қаласының қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z869" w:id="798"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z869" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Лисаковск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Лисаковск қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z870" w:id="799"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z870" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Рудный қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қостанай облысы Қоғамдық денсаулық сақтау департаментінің Рудный қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z871" w:id="800"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z871" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Қызылорда облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z872" w:id="801"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z872" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Арал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Арал аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z873" w:id="802"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z873" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Қазалы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z874" w:id="803"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z874" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қармақшы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Қармақшы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z875" w:id="804"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z875" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жалағаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Жалағаш аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z876" w:id="805"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z876" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырдария аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Сырдария аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z877" w:id="806"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z877" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Шиелі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Шиелі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z878" w:id="807"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z878" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңақорған аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Жаңақорған аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z879" w:id="808"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z879" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылорда қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Қызылорда облысы Қоғамдық денсаулық сақтау департаментінің Қызылорда қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z880" w:id="809"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z880" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Маңғыстау облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z881" w:id="810"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z881" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Ақтау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z882" w:id="811"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z882" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаөзен қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Жаңаөзен қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z883" w:id="812"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z883" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Маңғыстау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z884" w:id="813"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z884" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Түпқараған аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Түпқараған аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z885" w:id="814"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z885" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Бейнеу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Бейнеу аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z886" w:id="815"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z886" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарақия аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Қарақия аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z887" w:id="816"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z887" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Мұнайлы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Маңғыстау облысы Қоғамдық денсаулық сақтау департаментінің Мұнайлы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z888" w:id="817"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z888" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Павлодар облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z889" w:id="818"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z889" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Павлодар қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z890" w:id="819"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z890" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақсу қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Ақсу қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z891" w:id="820"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z891" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Екібастұз қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Екібастұз қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z892" w:id="821"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z892" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Баянауыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Баянауыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z893" w:id="822"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z893" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Ақтоғай аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z894" w:id="823"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z894" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Железин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Железин аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z895" w:id="824"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z895" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ертіс аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Ертіс аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z896" w:id="825"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z896" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Қашыр аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Қашыр аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z897" w:id="826"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z897" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Лебяжі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Лебяжі аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z898" w:id="827"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z898" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Май аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Май аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z899" w:id="828"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z899" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Павлодар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z900" w:id="829"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z900" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Успен аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Успен аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z901" w:id="830"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z901" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Шарбақты аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Павлодар облысы Қоғамдық денсаулық сақтау департаментінің Шарбақты аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z902" w:id="831"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z902" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z903" w:id="832"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z903" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Петропавл қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Петропавл қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z904" w:id="833"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z904" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Айыртау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Айыртау аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z905" w:id="834"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z905" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ақжар аудандық қоғамдық денсаулық сақтау басқармасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z906" w:id="835"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z906" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Аққайың аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Аққайың аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z907" w:id="836"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z907" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ғабит Мүсірепов атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ғабит Мүсірепов атындағы ауданның қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z908" w:id="837"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z908" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Есіл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z909" w:id="838"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z909" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Қызылжар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z910" w:id="839"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z910" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мағжан Жұмабаев ауданының тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Мағжан Жұмабаев ауданының қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z911" w:id="840"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z911" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Жамбыл аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z912" w:id="841"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z912" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мамлют аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Мамлют аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z913" w:id="842"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z913" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тайынша аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тайынша аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z914" w:id="843"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z914" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тимирязев аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Тимирязев аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z915" w:id="844"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z915" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Уәлиханов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Уәлиханов аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z916" w:id="845"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z916" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шал ақын аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Солтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шал ақын аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z917" w:id="846"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z917" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z918" w:id="847"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z918" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       198. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Арыс қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Арыс қалалық қоғамдық денсаулық сақтау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z919" w:id="848"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z919" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бәйдібек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Бәйдібек аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z920" w:id="849"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z920" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазығұрт аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Қазығұрт аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z921" w:id="850"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z921" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мақтаарал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Мақтаарал аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z922" w:id="851"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z922" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Отырар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Отырар аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z923" w:id="852"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z923" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ордабасы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Ордабасы аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z924" w:id="853"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z924" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сайрам аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Сайрам аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z925" w:id="854"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z925" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыағаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Сарыағаш аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z926" w:id="855"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z926" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Созақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Созақ аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z927" w:id="856"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z927" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Төле би аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Төле би аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z928" w:id="857"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z928" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түлкібас аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Түлкібас аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z929" w:id="858"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z929" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шардара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шардара аудандық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z930" w:id="859"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z930" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Абай ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Абай ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z931" w:id="860"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z931" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Әл-Фараби ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Әл-Фараби ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z932" w:id="861"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z932" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Еңбекші ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Еңбекші ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z933" w:id="862"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z933" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Қаратау ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Шымкент қаласы Қаратау ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z934" w:id="863"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z934" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Кентау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Кентау қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z935" w:id="864"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z935" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түркістан қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Оңтүстік Қазақстан облысы Қоғамдық денсаулық сақтау департаментінің Түркістан қалалық қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z936" w:id="865"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z936" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Алматы қаласының Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Алматы қаласының Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z937" w:id="866"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z937" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Алатау ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Алатау ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z938" w:id="867"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z938" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Әуезов ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Әуезов ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z939" w:id="868"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z939" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Алмалы ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Алмалы ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z940" w:id="869"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z940" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Бостандық ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Бостандық ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z941" w:id="870"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z941" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Жетісу ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Жетісу ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z942" w:id="871"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z942" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Медеу ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Медеу ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z943" w:id="872"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z943" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Түрксіб ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Түрксіб ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z944" w:id="873"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z944" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Наурызбай ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Алматы қаласы Қоғамдық денсаулық сақтау департаментінің Алматы қаласы Наурызбай ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z945" w:id="874"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z945" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Астана қаласының Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Астана қаласының Қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z946" w:id="875"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z946" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Астана қаласы Тұтынушылардың құқықтарын қорғау департаментінің Астана қаласы Алматы ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Астана қаласы Қоғамдық денсаулық сақтау департаментінің Астана қаласы Алматы ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z947" w:id="876"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z947" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Астана қаласы тұтынушылардың құқықтарын қорғау департаментінің Астана қаласы Есіл ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Астана қаласы Қоғамдық денсаулық сақтау департаментінің Астана қаласы Есіл ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z948" w:id="877"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z948" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Астана қаласы Тұтынушылардың құқықтарын қорғау департаментінің Астана қаласы Сарыарқа ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Астана қаласы Қоғамдық денсаулық сақтау департаментінің Астана қаласы Сарыарқа ауданы қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z949" w:id="878"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z949" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің Көліктегі қоғамдық денсаулық сақтау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z950" w:id="879"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z950" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Ақтөбе бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Ақтөбе бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z951" w:id="880"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z951" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Алматы бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Алматы бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z952" w:id="881"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z952" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атбасар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Атбасар бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z953" w:id="882"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z953" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атырау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Атырау бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z954" w:id="883"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z954" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жамбыл бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Жамбыл бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z955" w:id="884"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z955" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Жаңаарқа бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z956" w:id="885"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z956" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Защита бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Защита бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z957" w:id="886"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z957" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қарағанды бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Қарағанды бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z958" w:id="887"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z958" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Көкшетау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Көкшетау бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z959" w:id="888"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z959" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қостанай бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Қостанай бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z960" w:id="889"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z960" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қызылорда бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Қызылорда бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z961" w:id="890"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z961" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Маңғыстау бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z962" w:id="891"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z962" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Павлодар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Павлодар бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z963" w:id="892"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z963" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Семей бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Семей бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z964" w:id="893"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z964" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Орал бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Орал бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z965" w:id="894"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z965" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Шымкент бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті Көліктегі қоғамдық денсаулық сақтау департаментінің Шымкент бөлімшелік көліктегі қоғамдық денсаулық сақтау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z966" w:id="895"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z966" w:id="902"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkEnd w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -28244,836 +28058,836 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z967" w:id="896"/>
+    <w:bookmarkStart w:name="z967" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қайта аталатын мемлекеттік заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkEnd w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ескерту. Тізбеге өзгеріс енгізілді – ҚР Үкіметінің 22.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z968" w:id="897"/>
+    <w:bookmarkStart w:name="z968" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Мемлекеттік кәсіпорындар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z969" w:id="898"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z969" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қазақ онкология және радиология ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қазақ онкология және радиология ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z970" w:id="899"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z970" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Кардиология және ішкі аурулар ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Кардиология және ішкі аурулар ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z971" w:id="900"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z971" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "С.Ж. Асфендияров атындағы Қазақ ұлттық медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "С.Ж. Асфендияров атындағы Қазақ ұлттық медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z972" w:id="901"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z972" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қарағанды мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қарағанды мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z973" w:id="902"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z973" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Денсаулық сақтауды дамыту республикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Денсаулық сақтауды дамыту республикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z974" w:id="903"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z974" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Алып тасталды – ҚР Үкіметінің 22.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z975" w:id="904"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z975" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Тері-венерологиялық ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Тері-венерологиялық ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z976" w:id="905"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z976" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлiгiнiң шаруашылық жүргiзу құқығындағы "Акушерлiк, гинекология және перинатология ғылыми орталығы" республикалық мемлекеттiк кәсiпорны Қазақстан Республикасы Денсаулық сақтау министрлiгiнiң "Акушерлiк, гинекология және перинатология ғылыми орталығы" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z977" w:id="906"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z977" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Семей қаласының мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Семей қаласының мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z978" w:id="907"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z978" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Дәрілік заттарды, медициналық мақсаттағы бұйымдарды және медицина техникасын сараптау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Дәрілік заттарды, медициналық мақсаттағы бұйымдарды және медицина техникасын сараптау ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z979" w:id="908"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z979" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Травматология және ортопедия ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Травматология және ортопедия ғылыми-зерттеу институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z980" w:id="909"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z980" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Трансфузиология ғылыми-өндірістік орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Трансфузиология ғылыми-өндірістік орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z981" w:id="910"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z981" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық санитариялық авиация орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық санитариялық авиация орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z982" w:id="911"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z982" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық психикалық денсаулық ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық психикалық денсаулық ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z983" w:id="912"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z983" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық электрондық денсаулық сақтау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық электрондық денсаулық сақтау орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z984" w:id="913"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z984" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің байқау кеңесі бар "Марат Оспанов атындағы Батыс Қазақстан мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Марат Оспанов атындағы Батыс Қазақстан мемлекеттік медицина университеті" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z985" w:id="914"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z985" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "ЖИТС-тің алдын алу және оған қарсы күрес жөніндегі республикалық орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "ЖИТС-тің алдын алу және оған қарсы күрес жөніндегі республикалық орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z986" w:id="915"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z986" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық қан орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық қан орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z987" w:id="916"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z987" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Отан соғысының мүгедектеріне арналған республикалық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Отан соғысының мүгедектеріне арналған республикалық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z988" w:id="917"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z988" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Педиатрия және балалар хирургиясы ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Педиатрия және балалар хирургиясы ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z989" w:id="918"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z989" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Еңбек гигиенасы және кәсіби аурулар ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Еңбек гигиенасы және кәсіби аурулар ұлттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z990" w:id="919"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z990" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қазақстан Республикасының Ұлттық фтизиопульмонология ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қазақстан Республикасының Ұлттық фтизиопульмонология ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z991" w:id="920"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z991" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Отан соғысы мүгедектеріне арналған Орталық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Отан соғысы мүгедектеріне арналған Орталық клиникалық госпиталь" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z992" w:id="921"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z992" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Бурабай" республикалық оңалту орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Бурабай" республикалық оңалту орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z993" w:id="922"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z993" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Радиациялық медицина және экология ғылыми-зерттеу институты" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Радиациялық медицина және экология ғылыми-зерттеу институты" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z994" w:id="923"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z994" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Алатау" балалар клиникалық санаторийі" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Алатау" балалар клиникалық санаторийі" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z995" w:id="924"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z995" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Балбұлақ" республикалық балаларды оңалту орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігінің "Балбұлақ" республикалық балаларды оңалту орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z996" w:id="925"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z996" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Мемлекеттік мекемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z997" w:id="926"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z997" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Қазақ республикалық лепрозорийі" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігінің "Қазақ республикалық лепрозорийі" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z998" w:id="927"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z998" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Жіті бақыланатын мамандандырылған үлгідегі республикалық психиатриялық аурухана" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігінің "Жіті бақыланатын мамандандырылған үлгідегі республикалық психиатриялық аурухана" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkEnd w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Республикалық арнайы медициналық қамтамасыз ету орталығы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігінің "Республикалық арнайы медициналық қамтамасыз ету орталығы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z999" w:id="928"/>
+      <w:bookmarkStart w:name="z999" w:id="935"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkEnd w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29099,420 +28913,420 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1000" w:id="929"/>
+    <w:bookmarkStart w:name="z1000" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитетінің қайта аталатын мемлекеттік заңды тұлғаларының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z1001" w:id="930"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z1001" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Мемлекеттік кәсіпорындар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z1002" w:id="931"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z1002" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Хамза Жұматов атындағы Гигиена және эпидемиология ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Хамза Жұматов атындағы Гигиена және эпидемиология ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z1003" w:id="932"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1003" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық инфекциялар ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық инфекциялар ғылыми орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z1004" w:id="933"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1004" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Санитариялық-эпидемиологиялық сараптама және мониторинг ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Санитариялық-эпидемиологиялық сараптама және мониторинг ғылыми-практикалық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z1005" w:id="934"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1005" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Ұлттық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Ұлттық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1006" w:id="935"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1006" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Мемлекеттік мекемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1007" w:id="936"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z1007" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Арал теңізі обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Арал теңізі обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1008" w:id="937"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1008" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Ақтөбе обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Ақтөбе обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1009" w:id="938"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1009" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Атырау обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Атырау обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1010" w:id="939"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1010" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Жамбыл обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Жамбыл обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1011" w:id="940"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1011" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Қызылорда обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Қызылорда обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1012" w:id="941"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1012" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Маңғыстау обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Маңғыстау обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z1013" w:id="942"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1013" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Орал обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Орал обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z1014" w:id="943"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z1014" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Талдықорған обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Талдықорған обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z1015" w:id="944"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z1015" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Шымкент обаға қарсы күрес станциясы" мемлекеттік мекемесі Қазақстан Республикасы Денсаулық сақтау министрлігі Қоғамдық денсаулық сақтау комитетінің "Шымкент обаға қарсы күрес станциясы" мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z1016" w:id="945"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1016" w:id="952"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkEnd w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29538,694 +29352,694 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1017" w:id="946"/>
+    <w:bookmarkStart w:name="z1017" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1018" w:id="947"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1018" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлiгінiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1005 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 59-60, 551-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1019" w:id="948"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1019" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Сот сараптамасының кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 30 желтоқсандағы № 1403 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 83-84, 724-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1020" w:id="949"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1020" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 26 қаңтардағы № 18 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 2, 9-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1021" w:id="950"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1021" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 15 сәуірдегі № 236 қаулысының 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 22, 129-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1022" w:id="951"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1022" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 9 маусымдағы № 425 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 33, 221-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1023" w:id="952"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1023" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 10 желтоқсандағы № 988 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбiр шешiмдерiне енгізілетін өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 63-64, 496-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1024" w:id="953"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1024" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамын құру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 29 қаңтардағы № 39 қаулысымен бекітілген Қазақстан Республикасы Үкiметiнiң кейбір шешiмдерiне енгiзiлетiн өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 7, 31-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1025" w:id="954"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z1025" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлiгінiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1005 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 8 маусымдағы № 339 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 35, 204-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1026" w:id="955"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1026" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Әлеуметтік медициналық сақтандыру қорын құру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 1 шілдедегі № 389 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1027" w:id="956"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z1027" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Жұмыспен қамту мәселелері жөніндегі ақпараттық-талдау орталығы" акционерлік қоғамын қайта атау туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 1 шілдедегі № 391 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 39, 232-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1028" w:id="957"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1028" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің "Оңтүстік Қазақстан мемлекеттік фармацевтика академиясы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 9 қарашадағы № 681 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 57, 363-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1029" w:id="958"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1029" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 18 қарашадағы № 706 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 59-60, 376-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z1030" w:id="959"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z1030" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің жекелеген кәсіпорындарын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 28 желтоқсандағы № 880 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1031" w:id="960"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1031" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің қарамағындағы республикалық мемлекеттік қазыналық кәсіпорындарды қайта ұйымдастырудың кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 18 қаңтардағы № 8 қаулысының 5-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkEnd w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>