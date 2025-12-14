--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="93a8bcc" w14:textId="93a8bcc">
+    <w:p w14:paraId="6be2f86" w14:textId="6be2f86">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1619,848 +1619,820 @@
         <w:t>
       реттік нөмірі 23-жолдағы 3-бағанда "МҚІМ" деген аббревиатура "МҚІСҚА" деген аббревиатурамен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z43" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірлері 50, 51, 54, 56, 61-жолдардағы 4-бағанда "МҚІМ" деген аббревиатура "МҚІСҚА (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Күші жойылды - ҚР Үкіметінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 915</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан халқы Ассамблеясының (2025 жылға дейін) даму тұжырымдамасын іске асыру жөніндегі 2016 – 2018 жылдарға арналған іс-шаралар жоспарын бекіту туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 26 наурыздағы № 159 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан халқы Ассамблеясының (2025 жылға дейінгі) даму тұжырымдамасын іске асыру жөніндегі 2016 – 2018 жылдарға арналған іс-шаралар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жоспарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реттік нөмірі 78-жолдағы 4-бағанда "МҚІМ" деген аббревиатура "МҚІСҚА (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ескертпеде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аббревиатуралардың толық жазылуында "МҚІМ - Қазақстан Республикасы Мемлекеттік қызмет істері министрлігі" деген жол мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
-[...15 lines deleted...]
-      реттік нөмірі 78-жолдағы 4-бағанда "МҚІМ" деген аббревиатура "МҚІСҚА (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "МҚІСҚА – Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Республикалық бюджеттен қаржыландырылатын білім беру ұйымдарында (Қарулы Күштер, басқа да әскерлер мен әскери құралымдар, сондай-ақ арнаулы мемлекеттік органдар үшін мамандар даярлауды жүзеге асыратын білім беру ұйымдарын қоспағанда) жоғары және жоғары оқу орнынан кейінгі, сондай-ақ техникалық және кәсіптік, орта білімнен кейінгі білімі бар мамандар даярлауға 2016 – 2017 оқу жылына арналған мемлекеттік білім беру тапсырысын бекіту туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 18 маусымдағы № 354 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2016 ж., № 36, 210-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген республикалық бюджеттен қаржыландырылатын білім беру ұйымдарында жоғары оқу орнынан кейінгі білімі бар мамандар даярлауға 2016 – 2017 оқу жылына арналған мемлекеттік білім беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тапсырысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бюджеттік бағдарламалар әкімшісі Қазақстан Республикасының Мемлекеттік қызмет істері министрлігі болып табылатын Қазақстан Республикасы Президентінің жанындағы Мемлекеттік басқару академиясы" деген бөлімнің тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бюджеттік бағдарламалар әкімшісі Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі болып табылатын Қазақстан Республикасы Президентінің жанындағы Мемлекеттік басқару академиясы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің жоғары оқу орнынан кейінгі білімі бар мамандар даярлауға 2016 – 2017 оқу жылына арналған мемлекеттік білім беру тапсырысы" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бюджеттік бағдарламалардың әкімшісі Қазақстан Республикасының Мемлекеттік қызмет істері министрлігі болып табылатын Қазақстан Республикасы Президентінің жанындағы Мемлекеттік басқару академиясының PhD докторантурасына қабылдау" деген кіші бөлімнің тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бюджеттік бағдарламалардың әкімшісі Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі болып табылатын Қазақстан Республикасы Президентінің жанындағы Мемлекеттік басқару академиясының PhD докторантурасына қабылдау".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасында үкіметтік емес ұйымдар мен мемлекеттің өзара іс-қимылын дамыту жөніндегі 2016 - 2020 жылдарға арналған ұлттық жоспарды бекіту туралы" Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Премьер-Министрінің 2015 жылғы 28 желтоқсандағы № 159-ө </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>өкімінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген өкіммен бекітілген Қазақстан Республикасында үкіметтік емес ұйымдар мен мемлекеттің өзара іс-қимылын дамыту жөніндегі 2016 - 2020 жылдарға арналған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ұлттық жоспарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реттік нөмірі 6-жолдағы 6-бағанда "МҚМ" деген аббревиатура "МҚІСҚА" деген аббревиатурамен ауыстырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реттік нөмірлері 12 және 31-жолдардағы 4-бағанда "МҚМ" деген аббревиатура "МҚІСҚА (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ескертпеде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
-[...15 lines deleted...]
-      реттік нөмірі 6-жолдағы 6-бағанда "МҚМ" деген аббревиатура "МҚІСҚА" деген аббревиатурамен ауыстырылсын;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аббревиатуралардың толық жазылуында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
-[...15 lines deleted...]
-      реттік нөмірлері 12 және 31-жолдардағы 4-бағанда "МҚМ" деген аббревиатура "МҚІСҚА (келісім бойынша)" деген аббревиатурамен және сөздермен ауыстырылсын;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "МҚІМ – Қазақстан Республикасы Мемлекеттік қызметтер істері министрлігі" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
-[...15 lines deleted...]
-      ескертпеде:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "МҚІСҚА – Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Заң жобалау қызметі мәселелері жөніндегі ведомствоаралық комиссия туралы" Қазақстан Республикасы Премьер-Министрінің 2016 жылғы 19 ақпандағы № 11-ө </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>өкімінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген өкіммен бекітілген Заң жобалау қызметі мәселелері жөніндегі ведомствоаралық комиссияның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>құрамында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Мемлекеттік қызмет істері вице-министрі;" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының орынбасары (келісім бойынша);".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2552,80 +2524,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 628 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайта аталатын Қазақстан Республикасы Мемлекеттік қызмет істері</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>министрлігінің аумақтық органдары-мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Мемлекеттік қызмет істері министрлігінің Ақмола облысы бойынша департаменті" мемлекеттік мекемесі "Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің Ақмола облысы бойынша департаменті" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3005,51 +2977,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 628 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайта аталатын Қазақстан Республикасы Мемлекеттік қызмет істері</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -3058,51 +3030,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бюросының (Сыбайлас жемқорлыққа қарсы қызметтің) аумақтық</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>органдары-мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Мемлекеттік қызмет істері министрлігі "Сыбайлас жемқорлыққа қарсы іс-қимыл ұлттық бюросының (Сыбайлас жемқорлыққа қарсы қызметтің) Ақмола облысы бойынша департаменті" мемлекеттік мекемесі "Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Сыбайлас жемқорлыққа қарсы іс-қимыл ұлттық бюросының (Сыбайлас жемқорлыққа қарсы қызметтің) Ақмола облысы бойынша департаменті" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3482,160 +3454,160 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 628 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Экономикалық және сыбайлас жемқорлық қылмысқа қарсы күрес жөнiндегi агенттігінің (қаржы полициясы) Көліктегi экономикалық және сыбайлас жемқорлық қылмысқа қарсы күрес жөнiндегi департаментi (қаржы полициясы)" мемлекеттiк мекемесiн тарату туралы" Қазақстан Республикасы Үкіметінің 2004 жылғы 29 маусымдағы № 720 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., № 26, 341-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Мемлекеттік қызмет істері министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 26 желтоқсандағы № 1081 қаулысының 1-тармағы 1) тармақшасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Үкіметінің "Министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелердегі адам санын ескере отырып, штат санының лимиттерін бекіту туралы" 2008 жылғы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15 сәуірдегі № 339 және "Қазақстан Республикасының Мемлекеттік қызмет істері министрлігінің кейбір мәселелері туралы" 2015 жылғы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3697,55 +3669,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4071,31 +4043,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>