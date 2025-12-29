--- v0 (2025-10-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c245b72" w14:textId="c245b72">
+    <w:p w14:paraId="66e5670" w14:textId="66e5670">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -24915,402 +24915,168 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2) Қазақстан Республикасы Ақпарат және коммуникациялар министрлігіне қоғам акцияларының мемлекеттік пакетін иелену және пайдалану құқығын беруді;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z446" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...79 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      реттік нөмірі 19-жол мынадай редакцияда жазылсын</w:t>
+</w:t>
       </w:r>
-    </w:p>
-[...209 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14. Күші жойылды – ҚР Үкіметінің 24.07.2018 </w:t>
+        <w:t xml:space="preserve">13. Күші жойылды - ҚР Үкіметінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 915</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z449" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Күші жойылды – ҚР Үкіметінің 24.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 460</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -25428,348 +25194,348 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 353 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z456" w:id="409"/>
+    <w:bookmarkStart w:name="z456" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің қайта аталатын аумақтық органдары – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z457" w:id="410"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z457" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Астана қаласы және Ақмола облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Астана қаласы және Ақмола облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z458" w:id="411"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z458" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Алматы қаласы және Алматы облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Алматы қаласы және Алматы облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z459" w:id="412"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z459" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Ақтөбе облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Ақтөбе облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z460" w:id="413"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z460" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Атырау облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Атырау облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z461" w:id="414"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z461" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Шығыс Қазақстан облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Шығыс Қазақстан облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z462" w:id="415"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z462" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Жамбыл облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Жамбыл облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z463" w:id="416"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z463" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Батыс Қазақстан облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Батыс Қазақстан облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z464" w:id="417"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z464" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Қарағанды облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Қарағанды облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z465" w:id="418"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z465" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Қызылорда облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Қызылорда облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z466" w:id="419"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z466" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Қостанай облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Қостанай облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z467" w:id="420"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z467" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Маңғыстау облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Маңғыстау облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z468" w:id="421"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z468" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Павлодар облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Павлодар облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z469" w:id="422"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z469" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Солтүстік Қазақстан облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Солтүстік Қазақстан облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z470" w:id="423"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z470" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің Оңтүстік Қазақстан облысы бойынша Байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің Байланыс, ақпараттандыру және бұқаралық ақпарат құралдары саласындағы мемлекеттік бақылау комитетінің Оңтүстік Қазақстан облысы бойынша байланыс және ақпараттандыру инспекциясы" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkEnd w:id="421"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25861,148 +25627,148 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 353 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z472" w:id="424"/>
+    <w:bookmarkStart w:name="z472" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайта аталатын республикалық заңды тұлғалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z473" w:id="425"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z473" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының Президенті жанындағы "Орталық коммуникациялар қызметі" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орталық коммуникациялар қызметі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" республикалық мемлекеттік мекемесіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z474" w:id="426"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z474" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің "Мемлекеттік техникалық қызмет" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің "Мемлекеттік техникалық қызмет" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z475" w:id="427"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z475" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Инвестициялар және даму министрлігінің Байланыс, ақпараттандыру және ақпарат комитетінің "Талдау және ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Ақпарат және коммуникациялар министрлігінің "Талдау және ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkEnd w:id="425"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -26171,410 +25937,410 @@
                     </w:rPr>
                     <w:t>№ 353 қаулысына</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>3-қосымша</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
-          <w:bookmarkStart w:name="z477" w:id="428"/>
+          <w:bookmarkStart w:name="z477" w:id="426"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік акциялар пакетіне (қатысу үлесіне) иелік ету және оны пайдалану құқығы Қазақстан Республикасы Ақпарат және коммуникациялар министрлігіне берілетін заңды тұлғалардың тізбесі</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="426"/>
+          <w:bookmarkStart w:name="z478" w:id="427"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) "Зерде" ұлттық инфокоммуникациялық холдингі" акционерлік қоғамы;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="427"/>
+          <w:bookmarkStart w:name="z479" w:id="428"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) "Хабар" агенттігі" акционерлік қоғамы;</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="428"/>
-          <w:bookmarkStart w:name="z478" w:id="429"/>
+          <w:bookmarkStart w:name="z480" w:id="429"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) "Зерде" ұлттық инфокоммуникациялық холдингі" акционерлік қоғамы;</w:t>
+              <w:t>3) "Қазақстан" республикалық телерадиокорпорациясы" акционерлік қоғамы;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="429"/>
-          <w:bookmarkStart w:name="z479" w:id="430"/>
+          <w:bookmarkStart w:name="z481" w:id="430"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) "Хабар" агенттігі" акционерлік қоғамы;</w:t>
+              <w:t>4) "Егемен Қазақстан" республикалық газеті" акционерлік қоғамы;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="430"/>
-          <w:bookmarkStart w:name="z480" w:id="431"/>
+          <w:bookmarkStart w:name="z482" w:id="431"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) "Қазақстан" республикалық телерадиокорпорациясы" акционерлік қоғамы;</w:t>
+              <w:t>5) "Казахстанская правда" республикалық газеті" акционерлік қоғамы;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="431"/>
-          <w:bookmarkStart w:name="z481" w:id="432"/>
+          <w:bookmarkStart w:name="z483" w:id="432"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4) "Егемен Қазақстан" республикалық газеті" акционерлік қоғамы;</w:t>
+              <w:t>6) "Қазконтент" акционерлік қоғамы;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="432"/>
-          <w:bookmarkStart w:name="z482" w:id="433"/>
+          <w:bookmarkStart w:name="z484" w:id="433"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) "Казахстанская правда" республикалық газеті" акционерлік қоғамы;</w:t>
+              <w:t>7) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="433"/>
-          <w:bookmarkStart w:name="z483" w:id="434"/>
+          <w:bookmarkStart w:name="z485" w:id="434"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) "Қазконтент" акционерлік қоғамы;</w:t>
+              <w:t xml:space="preserve">1) "Қазмедиа орталығы" басқарушы компаниясы" жауапкершілігі шектеулі серіктестігі; </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="434"/>
-          <w:bookmarkStart w:name="z484" w:id="435"/>
+          <w:bookmarkStart w:name="z486" w:id="435"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы;</w:t>
+              <w:t>2) "Жас өркен" жауапкершілігі шектеулі серіктестігі;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="435"/>
-          <w:bookmarkStart w:name="z485" w:id="436"/>
+          <w:bookmarkStart w:name="z487" w:id="436"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) "Қазмедиа орталығы" басқарушы компаниясы" жауапкершілігі шектеулі серіктестігі; </w:t>
+              <w:t>3) "Қазақ газеттері" жауапкершілігі шектеулі серіктестігі;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="436"/>
-          <w:bookmarkStart w:name="z486" w:id="437"/>
+          <w:bookmarkStart w:name="z488" w:id="437"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) "Жас өркен" жауапкершілігі шектеулі серіктестігі;</w:t>
+              <w:t>4) "Жалын" журналы" жауапкершілігі шектеулі серіктестігі.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="437"/>
-          <w:bookmarkStart w:name="z487" w:id="438"/>
-[...58 lines deleted...]
-          <w:bookmarkEnd w:id="439"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26650,55 +26416,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>