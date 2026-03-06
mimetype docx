--- v0 (2025-10-03)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7405f21" w14:textId="7405f21">
+    <w:p w14:paraId="d5143e7" w14:textId="d5143e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -482,91 +482,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгерістер енгізілді - ҚР Жоғарғы Сотының 20.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 30.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 07.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
@@ -882,245 +882,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балаларды туыстары асырап алған кезде арызда бала асырап алушылардың балалардың биологиялық ата-аналарымен туыстық байланыста болғаны туралы мәліметтер көрсетілуі және оған баланың биологиялық ата-аналары мен бала асырап алушылар арасындағы туыстық байланысты растайтын құжаттар (туу туралы куәліктер, тегін өзгерту туралы құжаттар, туыстық қатынастарды анықтау туралы сот шешімдері және т.б.) қоса берілуі тиіс. Асырап алынатын баланың туыстарына жататын адамдар тобын айқындау кезінде сот Кодекстің 1-бабы 1-тармағының 36) тармақшасын басшылыққа алуы тиіс, оған сәйкес үлкен атасы мен үлкен әжесіне дейін ортақ ата-бабалары бар туыстық қатынастағы адамдар туыстар болып табылады. Туыстық байланыстарды растайтын дәлелдемелер болмаған кезде арыз қанағаттандырылуға жатпайды, мұндай жағдайда бала асырап алуға өзге де кедергілердің жоқтығы заңды маңызға ие болмайды. Арыз берушіге бала асырап алу үшін заңда белгіленген рәсімді сақтау қажеттігі туралы түсіндірген жөн.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...193 lines deleted...]
-</w:t>
+        <w:t>
+      Мемлекеттік жеңілдіктер мен артықшылықтарға қол жеткізуге, үкімді орындауды кейінге қалдыруға және бала асырап алуға байланысты емес өзге де артықшылықтарды алу үшін көпбалалы ана немесе көпбалалы отбасы мәртебесін алу мақсатында бала асырап алу фактілерін болдырмау үшін сот істі сот талқылауына дайындау тәртібімен бала асырап алу уәждерін анықтағаны жөн.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АПК-нің 54-бабы екінші бөлігіне сәйкес өздерін өз бетінше қорғай алмайтын асырап алынатын балаларға жататын азаматтарды қорғау талап етілген істер бойынша прокурордың азаматтық сот ісін жүргізуге қатысуы міндетті, осыған байланысты, бала асырап алу туралы іс прокурордың міндетті түрде қатысуымен қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1835,51 +1642,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Жоғарғы Сотының 20.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 30.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
@@ -4401,51 +4208,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 07.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>