--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c4967dd" w14:textId="c4967dd">
+    <w:p w14:paraId="a7caeff" w14:textId="a7caeff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -321,87 +321,167 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағымен кепілдендірілген заң алдында тең болу принципі адамның және азаматтың құқықтары мен бостандықтарын іске асыруға мүмкіндік беретін нақтылы шарттар мен жағдаяттардың нақ осы заңдарда айқындалатыны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сот арқылы қорғалу құқығы адамның және азаматтың құқықтары мен бостандықтарының конституциялық кепілдіктері болып табылатыны, ол Қазақстан Республикасының азаматына, шетелдікке және азаматтығы жоқ адамға тиесілі болатыны туралы түсіндірмелерін негізге алған жөн.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құқықтар мен заңды мүдделерді сот арқылы қорғауға Қазақстан Республикасының заңнамасына және халықаралық шарттарға сәйкес өзге де субъектілерге кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Конституцияның 4-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тармағында</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республика бекіткен халықаралық шарттардың қолданыстағы құқықтың құрамдас бөлігі болып табылады, зандардан басымдығы болады және халықаралық шарт бойынша оны қолдану үшін заң шығару талап етілетін жағдайдан басқа реттерде тікелей қолданылады деп белгіленген. Осыған байланысты сот төрелігіне немесе сот арқылы қорғалуға қол жеткізу құқығын регламенттейтін Қазақстан Республикасының заңнамасын қолдану кезінде халықаралық құқықтың мынадай жалпы жұрт таныған нормалары мен принциптерін ескеру қажет:</w:t>
+        <w:t>3-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республика бекіткен халықаралық шарттардың оның заңдарынан басымдығын белгілейді. Қазақстан қатысушысы болып табылатын халықаралық шарттардың Қазақстан Республикасының аумағында қолданылу тәртібі мен талаптары Республиканың заңнамасында айқындалады. Осыған байланысты сот төрелігіне немесе сот арқылы қорғалуға қол жеткізу құқығын регламенттейтін Қазақстан Республикасының заңнамасын қолдану кезінде халықаралық құқықтың мынадай жалпы жұрт таныған нормалары мен принциптерін ескеру қажет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       әр адам, оның конституциямен немесе заңмен оған берілген негізгі құқықтары бұзылған жағдайларда құқықтарын құзыретті ұлттық соттардың тиімді қалпына келтіруіне құқығы бар (БҰҰ Бас Ассамблеясының 1948 жылғы 10 желтоқсандағы 217 А (III) қарарымен қабылданған Адам құқықтарының жалпыға ортақ декларациясының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -457,50 +537,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Нью-Йорк, 1966 жылғы 16 желтоқсан, Қазақстан Республикасының 2005 жылғы 28 қарашадағы № 91-III </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ратификацияланды, Қазақстан Республикасында 2006 жылғы 24 сәуірде күшіне енді).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Конституцияның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -683,51 +825,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Жоғарғы Сотының 22.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -786,487 +928,513 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарғы Сот аталған конституциялық өкілеттіктерді іске асыра отырып сот ісін жүргізуді жүзеге асыру кезінде заңды біркелкі түсіндіруді және қолдануды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Соттардың құқық нормаларын түсіндіру мен қолданудың бірыңғай жолдарымен сипатталатын сот практикасының біркелкілігіне сот практикасының мәселелерін түсіндіретін Жоғарғы Соттың нормативтік қаулыларын қабылдау арқылы ғана емес, сонымен бірге төмен тұрған соттардың сот актілерін кассациялық тәртіппен қайта қараудың нәтижесінде де қол жетеді. Осы ретте Жоғарғы Соттың сот актілерінің заңдылығын, негізділігін және әділдігін қамтамасыз етуге бағытталған қызметінің сот практикасын қалыптастыру үшін айқындаушы маңызы бар.</w:t>
+      Соттардың құқық нормаларын түсіндіру мен қолданудың бірыңғай жолдарымен сипатталатын сот практикасының біркелкілігіне сот практикасының мәселелерін түсіндіретін Жоғарғы Соттың нормативтік қаулыларын қабылдау арқылы ғана емес, сонымен бірге кассациялық сатыда қаралғаннан кейін айрықша жағдайларда заңды күшіне енген сот актілерін қайта қараудың нәтижесінде де қол жетеді. Осы ретте Жоғарғы Соттың сот актілерінің заңдылығын, негізділігін және әділдігін қамтамасыз етуге бағытталған қызметінің сот практикасын қалыптастыру үшін айқындаушы маңызы бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Жоғарғы Сотының 22.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
+        <w:t xml:space="preserve">(алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Сот практикасының біркелкілігіне қол жеткізу заңдылықты қамтамасыз ету, жеке адамның және азаматтың конституциялық құқықтары мен бостандықтарын қорғау міндеттеріне байланысты, сондықтан кассациялық тәртіппен қайта қарау олардың жоғары қоғамдық маңызына, сондай-ақ құқықты дамытудағы мәніне, оны біркелкі түсіндіруге және қолдануға ұласады.</w:t>
+      5. Сот практикасының біркелкілігіне қол жеткізу заңдылықты қамтамасыз ету, адамның және азаматтың конституциялық құқықтары мен бостандықтарын қорғау міндеттеріне негізделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілген міндеттер негізге алынып, процестік заңнамамен:</w:t>
+      Көрсетілген міндеттердің негізінде процестік заңнамада:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      соттардың құқық нормаларын түсіндіруіндегі және қолдануындағы біркелкіліктің бұзылуы (Қазақстан Республикасы Азаматтық процестік кодексінің (бұдан әрі - АПК) 438-бабы 6-бөлігінің </w:t>
+      соттардың құқық нормаларын түсіндіруіндегі және қолдануындағы біркелкіліктің бұзылуы (Қазақстан Республикасы Азаматтық процестік кодексінің (бұдан әрі - АПК) 454-1-бабы бірінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі - ӘРПК) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> бесінші бөлігінің 3) тармақшасы);</w:t>
+        <w:t xml:space="preserve">; Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі - ӘРПК) 169-1-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Қазақстан Республикасы Қылмыстық-процестік кодексінің (бұдан әрі - ҚПК) 498-1-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Қазақстан Республикасы Әкімшілік құқық бұзушылық туралы кодексінің (бұдан әрі – ӘҚБтК) 851-1-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      адамдардың өмірі, денсаулығы не Қазақстан Республикасының экономикасы мен қауіпсіздігі үшін орны толмас ауыр салдарларға әкеп соғуы мүмкін болатын жағдайлар, адамдардың әлдеқандай тобының құқықтары мен заңды мүдделерінің немесе өзге де жария мүдделердің бұзылуы (АПК-нің 438-бабы 6-бөлігінің </w:t>
+      адамдардың өмірі, денсаулығы үшін не Қазақстан Республикасының экономикасы мен ұлттық қауіпсіздігі үшін орны толмас ауыр салдарлар қаупінің төнуі, тұлғалардың айқындалмаған тобының құқықтарының, бостандықтары мен заңды мүдделерінің немесе өзге де жария мүдделердің бұзылуы (АПК-нің 454-1-бабы бірінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ӘРПК-нің 169-бабы алтыншы бөлігінің 1), 2) тармақшалары; ӘҚБтК-нің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бесінші бөлігінің 1), 2) тармақшалары;</w:t>
+        <w:t xml:space="preserve">, ӘРПК-нің 169-1-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; ӘҚБтК-нің 851-1-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      нақтылы сот қателіктеріне әкеп соққан қылмыстық және қылмыстық-процестік заңдардың дұрыс қолданылмауы (ҚПК-нің 485-бабының </w:t>
-[...37 lines deleted...]
-      мемлекеттік немесе қоғамдық мүдделерді, мемлекеттің қауіпсіздігін қозғаған не адамдардың өмірі, денсаулығы үшін орны толмас ауыр салдарларға әкеп соқтыруы мүмкін болған, адам өмір бойына бас бостандығынан айыруға сотталуы (ҚПК-нің 485-бабы 2-бөлігінің </w:t>
+      қабылданған сот актілері мемлекеттік немесе қоғамдық мүдделерді, мемлекеттің ұлттық қауіпсіздігін қозғайтын не адамдардың өмірі, денсаулығы үшін орны толмас ауыр салдарларға әкелуі мүмкін болса; адам өмір бойына бас бостандығынан айыру жазасын өтеуі (ҚПК-нің 498-1-бабы бірінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) тармақшалары</w:t>
-[...45 lines deleted...]
-      Көрсетілген процестік шарттар кезінде сот шешімдерін кассациялық қайта қараудың мүмкіндігі әркімнің өзінің құқықтары мен бостандықтарын сот арқылы қорғау жөніндегі конституциялық құқығын іске асырудың қосымша заңдық кепілі болып табылады.</w:t>
+        <w:t>2) тармақтары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) қайта қараудың негіздері ретінде белгіленген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Жоғарғы Сотының 22.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">№ 10 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1294,452 +1462,391 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, осы нормативтік қаулы қолданыстағы құқық құрамына енгізіледі, жалпыға бірдей міндетті болып табылады және алғаш ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғарғы Сотының Төрағасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғарғы Сотының Төрағасы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қ.МӘМИ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қ.МӘМИ.</w:t>
+</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Қазақстан Республикасы</w:t>
+              <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғарғы Сотының судьясы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы отырыс хатшысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғарғы Сотының судьясы,</w:t>
+</w:t>
             </w:r>
-          </w:p>
-[...50 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қ.ШАУХАРОВ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жалпы отырыс хатшысы</w:t>
-[...30 lines deleted...]
-Қ.ШАУХАРОВ.</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2065,31 +2172,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>