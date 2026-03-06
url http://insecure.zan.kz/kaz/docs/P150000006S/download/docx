--- v0 (2025-11-14)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1ae6fb5" w14:textId="1ae6fb5">
+    <w:p w14:paraId="f222703" w14:textId="f222703">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1345,52 +1345,85 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z11" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ескертпе! ҚР Конституциялық Соты 9-тармақтың бірінші абзацының конституциялылығын тексеру жөнінде іс жүргізу бастады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Сотталған адамның ҚК-нің 72-бабының үшінші, төртінші және алтыншы бөліктеріне, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1425,51 +1458,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігіне және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>87-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігіне сәйкес заңмен көзделген жаза мерзімінің бір бөлігін нақтылы өтеуі шартты түрде мерзімінен бұрын босату немесе жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыру үшін сөзсіз негіз бола алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шартты түрде мерзімінен бұрын босату немесе жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыру туралы мәселені шешу кезінде соттар жеке көзқараспен қарауды қамтамасыз етіп, өтінішхатта және өзге де материалдарда келтірілген мәліметтердің жазаны өтеуден шартты түрде мерзімінен бұрын босату және жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыру үшін жеткіліктілігін әрбір талқылау кезінде анықтауға, яғни сотталған адамның тәртібіндегі оң өзгерістерді бағалауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1616,89 +1648,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қылмыспен келтірілген зиян (материалдық залал және моральдық зиян) сотталған адамның мүгедектігі немесе оның ауырғаны жұмысқа орналасуға кедергі болуы және т.б. сияқты объективті себептерге байланысты азаматтық талап бойынша өтелмеген жағдайларда, соттың тек осы негіздер бойынша шартты түрде мерзімінен бұрын босатудан немесе жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстырудан бас тартуына негіз болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сонымен қатар сотталған адамның қылмыспен келтірілген зиянды өтеуден жалтаруының (мүлікті, кірістерді жасырып қалу, жұмыстан жалтару жолымен және т.б.) анықталған фактілері басқа да мән-жайлармен қатар шартты түрде мерзімінен бұрын босатуға немесе жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыруға кедергі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="13"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. ҚПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1713,147 +1745,147 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бесінші бөлігінің талаптарына сәйкес, сот шартты түрде мерзімінен бұрын босату туралы мәселені сотталған адамның міндетті түрде қатысуымен қарайды және сот ҚПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>480-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жетінші бөлігінің 3) тармағына сәйкес шартты түрде мерзімінен бұрын босату туралы өтінішхатты қанағаттандырудан бас тарту кезінде жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыру туралы шешімді сотталған адамның тиісті өтінішхаты болған кезде кеңесу бөлмесіне кеткенге дейін соттың сол отырысында қабылдауға құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сотталған адамның қарсылығы болған кезде сот жазаның өтелмеген бөлігін жазаның басқа неғұрлым жеңіл түрімен ауыстыруға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Шартты түрде мерзімінен бұрын босатуды немесе жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыруды дұрыс қолданбау жағдайлары да, сотталған адамды жазаны одан әрі өтеуден босатудан негізсіз бас тарту және тағайындалған жаза мерзімін толық өтеуді қажет етпейтін сотталғандарға қатысты жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыру да орын алмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сотталған адамның қарсылығы болған кезде сот жазаның өтелмеген бөлігін жазаның басқа неғұрлым жеңіл түрімен ауыстыруға құқылы емес.</w:t>
-[...18 lines deleted...]
-      12. Шартты түрде мерзімінен бұрын босатуды немесе жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыруды дұрыс қолданбау жағдайлары да, сотталған адамды жазаны одан әрі өтеуден босатудан негізсіз бас тарту және тағайындалған жаза мерзімін толық өтеуді қажет етпейтін сотталғандарға қатысты жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыру да орын алмауға тиіс.</w:t>
+      Соттар тағайындалған жазаның жеңілдігі, сотталған адамның сол мекемеде аз ғана уақыт болуы, бұрын сотталуы, ауыр немесе аса ауыр қылмыс жасағаны үшін жазаны өтеуі және т.б. сияқты заңда көрсетілмеген себептер бойынша шартты түрде мерзімінен бұрын босатудан бас тартуға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сотталған адам сот шартты түрде мерзімінен бұрын босату не жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түрімен ауыстыру туралы шешім қабылдаған жағдайда қаулы заңды күшіне енгеннен кейін қамаудан босатылуға жатады. Жазаның өтелмеген бөлігі сотталған адам қамаудан нақтылы босатылған сәттен бастап есептеледі. Сот қаулысының көшірмесі жазаны орындайтын мекемеге немесе органға, сондай-ақ үкім шығарған сотқа дереу жіберілуі керек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:p>
-[...33 lines deleted...]
-      13. Сотталған адам сот шартты түрде мерзімінен бұрын босату не жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түрімен ауыстыру туралы шешім қабылдаған жағдайда қаулы заңды күшіне енгеннен кейін қамаудан босатылуға жатады. Жазаның өтелмеген бөлігі сотталған адам қамаудан нақтылы босатылған сәттен бастап есептеледі. Сот қаулысының көшірмесі жазаны орындайтын мекемеге немесе органға, сондай-ақ үкім шығарған сотқа дереу жіберілуі керек.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Егер сот үкімімен негізгі жазамен қатар қосымша жаза тағайындалса, негізгі жазаны өтеуден шартты түрде мерзімінен бұрын босату не жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түрімен ауыстыру туралы мәселені қарау кезінде, соттар сотталған адамды қосымша жазадан да толық немесе ішінара босату мүмкіндігі туралы мәселені талқылауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z16" w:id="16"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қосымша жаза орындалса (айыппұл өндірілсе, адам арнайы, әскери немесе құрметті атақтан, сыныптық шеннен, мемлекеттік наградалардан айырылса), сотталған адамды осы қосымша жазадан босату туралы мәселе шешілуге тиіс емес. Қосымша жаза ішінара орындалған кезде (айыппұлдың бір бөлігі өндірілсе) сот адамды қосымша жазаның қалған бөлігінен ішінара немесе толық босату туралы мәселені шешуге құқылы. Қосымша жаза (мысалы, белгілі бір лауазымды атқару немесе белгілі бір қызметпен шұғылдану құқығынан айыру) орындалмаған жағдайларда, сот сотталған адамды одан толық немесе ішінара босатуға құқылы. Соттың осы мәселе бойынша шешімін қаулының қарар бөлігінде көрсету қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1948,148 +1980,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="17"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Жазаны өтеуден шартты түрде мерзімінен бұрын босату туралы шешім қабылданған жағдайда сот сотталған адамға ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жетінші бөлігінің ережелерін түсіндіруге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сот шешімі қаулы түрінде шығарылады, ол уәжді болуға және сот өтінішхатты қараудың нәтижесінде келген тұжырымдар жан-жақты негізделуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="18"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Сот уәкілетті мемлекеттік органның ұсынымымен ғана ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жетінші бөлігінің 1) тармағында көрсетілген негіздер бойынша шартты түрде мерзімінен бұрын босатудың күшін жоя алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2164,51 +2196,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="19"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Сот сотталған адамға жүктеген, ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2223,309 +2255,309 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде және ҚАК-тің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>169-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сегізінші бөлігінде көзделген, міндеттерден қаскөйлікпен жалтару деп сотталған адамның тәртібін бақылайтын орган шартты түрде мерзімінен бұрын босатудың күшін жоюдың мүмкін екендігі туралы жазбаша ескерту шығарғаннан кейін міндеттердің қайталап орындалмауын түсіну қажет. Сонымен қатар, сот жүктеген міндеттерді орындаудан жалтарудың қаскөйлікпен жалтару болып табылатын-табылмайтыны туралы мәселе әрбір нақтылы жағдайда оның ұзақтығы мен жалтару себептері, сондай-ақ басқа да мән-жайлар ескеріле отырып шешілуге тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шартты түрде мерзімінен бұрын босатылған адамның сот жүктеген міндеттерді оларды орындауға кедергі болатын объективті себептер бойынша, мысалы, ауыруы салдарынан орындамауы шартты түрде мерзімінен бұрын босатудың күшін жоюға негіз болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Шартты түрде мерзімінен бұрын босатудың күшін жою кезінде, егер адам қосымша жазаны өтеуден шартты түрде мерзімінен бұрын босатылған болса, онда тек негізгі жазаның ғана емес, сонымен бірге қосымша жазаның өтелмеген бөлігі орындалуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шартты түрде мерзімінен бұрын босатылған адамның сот жүктеген міндеттерді оларды орындауға кедергі болатын объективті себептер бойынша, мысалы, ауыруы салдарынан орындамауы шартты түрде мерзімінен бұрын босатудың күшін жоюға негіз болмайды.</w:t>
-[...18 lines deleted...]
-      18. Шартты түрде мерзімінен бұрын босатудың күшін жою кезінде, егер адам қосымша жазаны өтеуден шартты түрде мерзімінен бұрын босатылған болса, онда тек негізгі жазаның ғана емес, сонымен бірге қосымша жазаның өтелмеген бөлігі орындалуға жатады.</w:t>
+      ҚК-нің 72-бабы жетінші бөлігі 1) тармағының негізінде шартты түрде мерзімінен бұрын босатудың күші жойылған жағдайда, сотталған адамға бас бостандығынан айырудың өтелмеген бөлігін өтеуге ол шартты түрде мерзімінен бұрын босатылған қылмыстық-атқару жүйесі мекемесі белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармаққа өзгеріс енгізілді - ҚР Жоғарғы Сотының 11.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Сот Қазақстан Республикасының аумағында тұрақты тұрғылықты жері жоқ шетел азаматына қатысты шартты түрде мерзімінен бұрын босату не жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түрімен ауыстыру туралы өтінішхатты қараған кезде, сотталған адамды сипаттайтын басқа да мәліметтермен қатар шетел мемлекетінің аумағында шартты түрде мерзімінен бұрын босату кезеңінде орындауға жататын, сотталған адамның тәртібін бақылауды жүзеге асыру және оларға пробациялық бақылау жасау үшін Қазақстан Республикасының халықаралық шарттарында көзделген жағдайларда үкімді сотталған адамды беру туралы қол жеткізілген келісімнің үкімнің азаматтық талап бөлігін орындау кепілдіктерінің сотталған адам немесе шетел мемлекеті тарапынан болғанын не болмағанын айғақтайтын деректер де бағалауға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ҚК-нің 72-бабы жетінші бөлігі 1) тармағының негізінде шартты түрде мерзімінен бұрын босатудың күші жойылған жағдайда, сотталған адамға бас бостандығынан айырудың өтелмеген бөлігін өтеуге ол шартты түрде мерзімінен бұрын босатылған қылмыстық-атқару жүйесі мекемесі белгіленеді.</w:t>
+      Сот Қазақстан Республикасының шегінен тысқары жерге шығарып жіберуді тағайындаған шетелдікті немесе азаматтығы жоқ адамды шартты түрде мерзімінен бұрын босату кезінде ҚК-нің 72-бабының екінші бөлігіне сәйкес пробациялық бақылау қосымша жаза ретінде белгіленбейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармаққа өзгеріс енгізілді - ҚР Жоғарғы Сотының 11.12.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармаққа өзгеріс енгізілді - ҚР Жоғарғы Сотының 11.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="21"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="22"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Сот үкімімен бас бостандығынан айыру жазасы жазаның неғұрлым жеңіл түрімен ауыстырылған адам одан кейін ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде жаңа жазаның неғұрлым жеңіл түрін өтеуден шартты түрде мерзімінен бұрын босатылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚК-нің 72-бабы екінші бөлігінің мағынасы бойынша адамды бас бостандығын шектеу түріндегі жазадан шартты түрде мерзімінен бұрын босату кезінде пробациялық бақылау белгіленбейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2562,51 +2594,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="23"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2621,51 +2653,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, онша ауыр емес, ауырлығы орташа және ауыр қылмыстар үшін тағайындалған бас бостандығынан айыру мерзімінің өтелмеген бөлігі сотталған адамның тәртібі ескеріле отырып оған ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жазаның неғұрлым жеңіл түрі: айыппұлмен, бас бостандығын шектеумен ауыстырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бас бостандығынан айыру түрінде жазасын өтеп жатқан кәмелетке толмаған сотталған адамның жазасының өтелмеген бөлігін сот, ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2740,131 +2772,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="24"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Сот өзін шартты түрде мерзімінен бұрын босатудан не жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түрімен ауыстырудан сот бас тартқан адамның ҚАК-тің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>162-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оныншы бөлігінде белгіленген мерзімнен бұрын қайтадан өтінішхатпен жүгінгенін анықтап, өтінішхатты қабылдаудан бас тарту туралы қаулы шығарады және оны сотталған адамға кері қайтарады. Осы ретте, заңда көрсетілген алты айлық мерзім жазаны өтеуден шартты түрде мерзімінен бұрын босатудан бас тарту немесе жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түрімен ауыстыру туралы қаулы шығарылған күннен бастап есептелуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z25" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. ҚК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жетінші бөлігіне сәйкес, шартты түрде мерзімінен бұрын босатудың күшін жою сотталған адамға жазаны өтеуден шартты түрде мерзімінен бұрын босатуды қайтадан қолданудан бас тарту үшін негіз болып табылмайды. Мұндай жағдайларда сот сотталған адамды шартты түрде мерзімінен бұрын босатудың күшін жою фактісін ғана негізге алып қоймай, сонымен бірге оның жеке басы туралы барлық деректерді, түзеу мекемесіне қайта оралғаннан кейін онда болу уақыты, оның тәртібі, еңбекке көзқарасы және т.б. жинақтап ескеруге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z26" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Қазақстан Республикасы Бас Прокурорының немесе оның орынбасарының жазаның өтелмеген бөлігін қысқарту туралы ҚПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2879,131 +2911,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігіне сәйкес енгізген өтінішхатты қарау кезінде соттар сотталған адаммен процестік келісім жасау кезінде ҚПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>618-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің сақталғанын, сотталған адамның ынтымақтастық туралы процестік келісім нысанасына жататын қылмыстарды ашуға, қылмыстық топтың құрамында аса ауыр қылмыстарды, сондай-ақ экстремистік және террористік қылмыстарды жасаған адамдарды әшкерлеуге көмектескен-көмектеспегенін және кінәлі адамдарға қатысты заңды күшіне енген айыптау үкімінің бар-жоғын анықтауға тиіс. Осы ретте сот жазаның өтелмеген бөлігін тек қана жартысынан аспайтын мерзімге қысқартуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z27" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Жазаны өтеуден мерзімінен бұрын шартты түрде босату және жазаның өтелмеген бөлігін жазаның неғұрлым жеңіл түріне ауыстыру туралы" Қазақстан Республикасы Жоғарғы Сотының 2007 жылғы 25 желтоқсандағы № 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативтік қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z28" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Қазақстан Республикасы Конституциясының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, осы нормативтік қаулы қолданыстағы құқық құрамына қосылады, жалпыға бірдей міндетті болып табылады және ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3096,55 +3128,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3470,31 +3502,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>