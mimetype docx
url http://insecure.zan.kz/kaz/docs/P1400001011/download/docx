--- v0 (2025-10-02)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="18312e4" w14:textId="18312e4">
+    <w:p w14:paraId="d2b0b67" w14:textId="d2b0b67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3770,94 +3770,192 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік жоспарлау саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z1784" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өзін-өзі реттеу мәселелері жөніндегі мемлекеттік саясатты қалыптастыру және іске асыру;</w:t>
+      2) өзін-өзі реттеу саласында стратегиялық, реттеушілік және іске асыру функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z2109" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-1) агломерацияларды дамыту саласындағы мемлекеттік саясаттың негізгі бағыттарын іске асыру;</w:t>
+      2-1) агломерацияларды дамыту саласында стратегиялық, реттеушілік және іске асыру функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z2135" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2) өзін-өзі реттеуді дамыту үшін жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z2270" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3) мемлекеттің ішкі және сыртқы саясатының Қазақстан Республикасының Президенті айқындаған негізгі бағыттары мен мемлекеттің әлеуметтік-экономикалық саясатының, оның қорғаныс қабілетінің, қауіпсіздігінің, қоғамдық тәртіпті қамтамасыз етудің Қазақстан Республикасының Үкіметі әзірлеген негізгі бағыттары негізінде және оларды орындау үшін Қазақстан Республикасының заңнамасына сәйкес өзін-өзі реттеу туралы мемлекеттік саясатты қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z2271" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-4) Қазақстан Республикасының заңнамасына сәйкес агломерацияларды дамыту саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z2272" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-5) мемлекеттің ішкі және сыртқы саясатының Қазақстан Республикасының Президенті айқындаған негізгі бағыттары мен мемлекеттің әлеуметтік-экономикалық саясатының, оның қорғаныс қабілетінің, қауіпсіздігінің, қоғамдық тәртіпті қамтамасыз етудің Қазақстан Республикасының Үкіметі әзірлеген негізгі бағыттары негізінде және оларды орындау үшін Қазақстан Республикасының заңнамасына сәйкес агломерацияларды дамыту саласындағы мемлекеттік саясатты қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-6) "Өзін-өзі реттеу туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсаттарына және Қазақстан Республикасының заңнамасына сәйкес өзін-өзі реттеу саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3886,270 +3984,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1786" w:id="79"/>
+    <w:bookmarkStart w:name="z1786" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының Ұлттық қауіпсіздік стратегиясын, Қазақстан Республикасының Ұлттық қауіпсіздік тәуекелдерін басқару жөніндегі іс-қимыл жоспарын әзірлеу, түзету және іске асырылуын мониторингтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z1787" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z1787" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Мемлекеттік жоспарлау жүйесі құжаттарының жобаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z1788" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z1788" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Мемлекеттік жоспарлау жүйесі құжаттарының іске асырылуын мониторингтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z1789" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z1789" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Мемлекеттік жоспарлау жүйесін жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z1790" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z1790" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының Ұлттық даму жоспарын, мемлекеттік органдардың даму жоспарларын, облыстардың, республикалық маңызы бар қалалардың, астананың даму жоспарларын әзірлеу, іске асыру, мониторингін жүргізу және түзету әдістемесін стратегиялық жоспарлау жөніндегі уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z1791" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z1791" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының Ұлттық қауіпсіздік стратегиясын әзірлеу, іске асыру, мониторингтеу және түзету әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z1792" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z1792" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қабылданған тұжырымдамалардың, ұлттық жобалардың, доктриналардың (стратегиялардың), кешенді жоспарлардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z1793" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z1793" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) тұжырымдамаларды, ұлттық жобаларды, доктриналарды (стратегияларды), кешенді жоспарларды әзірлеу, іске асыру, түзету және мониторингтеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z1794" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z1794" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Мемлекеттік жоспарлау жүйесі құжаттарының іске асырылуы туралы мониторингтің нәтижелері туралы есепті жасау нысаны мен қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z2202" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z2202" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) мақсаттар мен нысаналы индикаторлар, олардың декомпозициясы туралы жиынтық сандық мәліметтерді қамтитын мемлекеттік органдардың бекітілген даму жоспарлары туралы біріктірілген жиынтық ақпаратты қалыптастыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z2203" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z2203" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-2) мақсаттар мен нысаналы индикаторларға қол жеткізу, олардың декомпозициясы туралы жиынтық сандық мәліметтерді қамтитын барлық орталық мемлекеттік органның даму жоспарларының іске асырылуы туралы шоғырландырылған есепті қалыптастыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4306,570 +4404,1256 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2196" w:id="90"/>
+    <w:bookmarkStart w:name="z2196" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-1) қолданылатын дереккөздерді және (немесе) түйінді ұлттық индикаторлар картасы индикаторларының тиісті есеп-қисаптарының әдістемелерін стратегиялық жоспарлау жөніндегі уәкілетті органмен бірлесіп бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z2197" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z2197" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-2) Қазақстан Республикасының Ұлттық даму жоспарын декомпозициялау кезінде мемлекеттік органдардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z2198" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z2198" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-3) ресми статистикалық ақпарат қалыптастырылмайтын Мемлекеттік жоспарлау жүйесі құжаттарының нысаналы индикаторларын есептеу әдістемелерін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z1798" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z1798" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) Қазақстан Республикасы Президентінің жыл сайынғы жолдауларын іске асыру мақсатында әзірленетін жалпыұлттық іс-шаралар жоспарларын әзірлеу және іске асырылуын мониторингтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z1799" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z1799" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) мемлекеттік органдардың елдің экономикалық саясатын қалыптастыру және іске асыру жөніндегі қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z2187" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z2187" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-1) орнықты даму мақсаттарын іске асыру қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z2204" w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z2204" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-2) Қазақстан Республикасының ұзақ мерзімді даму болжамын бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен, бюджетті атқару жөніндегі орталық уәкілетті органмен бірлесіп әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z2205" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z2205" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-3) Қазақстан Республикасының ұзақ мерзімді даму болжамын әзірлеу тәртібін, мерзімдерін, құрылымы мен мазмұнын, мемлекеттік органдардың өзара іс-қимыл жасау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z1800" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z1800" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) мемлекеттік жастар саясатын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z1801" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z1801" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) республиканың әлеуметтік-экономикалық даму болжамын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z2206" w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z2206" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-1) әлеуметтік-экономикалық даму болжамының бөлімдерін, оның ішінде облыстың, республикалық маңызы бар қаланың, астананың әлеуметтік-экономикалық даму болжамын әзірлеу тәртібін, мерзімдерін және құрылымын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z1802" w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z1802" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) макроэкономикалық болжамдау әдіснамасы мен құралдарын жетілдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z1803" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z1803" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) экономикалық саясат шараларының негізгі макроэкономикалық көрсеткіштерге ықпалын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z1804" w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z1804" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) әлемдік экономикадағы ахуалды талдау, әлеуетті сыртқы тәуекелдерді және олардың елдің әлеуметтік-экономикалық дамуына ықпалын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z1805" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z1805" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) әлеуметтік-экономикалық даму болжамы көрсеткіштерінің есеп-қисаптарын әдіснамалық қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z1806" w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z1806" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) республикалық және облыстық маңызы бар қалалардың даму стратегияларын әзірлеу жөніндегі әдістемені бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z1807" w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z1807" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) республиканың макроэкономикалық көрсеткіштерін мониторингтеу және талдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z2266" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z2266" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25-1) көлеңкелі экономикаға қарсы іс-қимыл бойынша мемлекеттік саясатты қалыптастыруға қатысу және шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z1808" w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z1808" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) салық және бюджет саясатын, сондай-ақ кеден ісі саласындағы саясатты қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2105" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z2104" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-1) салықтық жеңілдіктердің тиімділігін және оларды одан әрі қолданудың орындылығын бағалауды қамтитын салықтық шығыстар туралы талдамалық есеп жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z2105" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-2) бірыңғай төлемді, бірыңғай төлем бойынша өсімпұлды төлеу, аудару және оларды жеке табыс салығы мен әлеуметтік төлемдер (міндетті кәсіптік зейнетақы жарналарын қоспағанда), өсімпұл түрінде бөлу, сондай-ақ оларды қайтару қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2107" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26-3) алып тасталды - ҚР 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1064</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2107" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-4) өткізілуі қосылған құн салығынан босатылатын тұрмыстық аспаптардың және (немесе) тұрмыстық электроника аспаптарының, сондай-ақ олардың құрамдастарының тізбесін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z1809" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z2287" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-5) білім алушы адамның тұруына және оған ақша сомасын төлеуге арналған іс жүзінде жұмсалған шығыстардың шекті нормаларын белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z2288" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-6) көмірсутектер саласындағы уәкілетті органмен бірлесіп пайдалы қазбаларды өндіру салығының, экспортқа рента салығының, роялтидің және мемлекет атынан алушыға Қазақстан Республикасының өнімді бөлу бойынша үлесінің белгіленген мөлшерлемелеріне қолданылатын теңестіру коэффициентін айқындау немесе өзінің өндірістік мұқтаждықтарына пайдалану қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z2289" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-7) салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен және халықты әлеуметтік қорғау саласындағы орталық атқарушы органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес әлеуметтік қорғалуға құқығы бар жеке тұлғалардың жекелеген санаттарының тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z2290" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-8) берілетін инвестициялық преференциялардың тиімділігін бағалау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z2291" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-9) Қазақстан Республикасының теміржол көлігі туралы заңнамасына сәйкес төленген уақытша теңгерімдеу төлемақысы бойынша шығыстарды шегерудің шекті мөлшерін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z2292" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-10) салықтар мен бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша Қазақстан Республикасының аумағына импортталатын, қайта өңдеуге арналған тауарлардың, сондай-ақ осындай тауарларды импорттайтын Қазақстан Республикасы салық төлеушілерінің тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z2293" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-11) қосалқы жұмыстар мен көрсетілетін қызметтерді қоса алғанда, өз өндірісінің ауыл шаруашылығы өнімдерін өндіру және қайта өңдеу мақсатында ауыл шаруашылығы кооперативтерінің өз мүшелері үшін орындайтын жұмыстардың және (немесе) көрсететін қызметтердің, сондай-ақ өз өндірісінің ауыл шаруашылығы өнімдерін өндіру және қайта өңдеу мақсатында ауыл шаруашылығы кооперативтерінің өз мүшелері үшін өткізетін тауарлардың тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z2294" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-12) арнайы экономикалық аймақтарды құру мақсаттарына сай келетін қызметті жүзеге асыру кезінде толық тұтынылатын, арнайы экономикалық аймақтың аумағына өткізілетін тауарлардың тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z2295" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-13) жер қойнауын пайдалануға арналған келісімшарт, өнімді бөлу туралы келісім (келісімшарт) талаптарына сәйкес импортталатын тауарлар қосылған құн салығынан босатылатын, солардың шеңберінде Қазақстан Республикасының аумағында өз өндірісінің тауарларын өткізу қызметін жүзеге асыратын салық төлеушілердің тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z2296" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26-14) Қазақстан Республикасының Салық кодексі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>755-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағында көрсетілген жер қойнауын пайдалануға арналған келісімшарт шеңберінде жер қойнауын пайдаланушы өндірген және Қазақстан Республикасының аумағынан Еуразиялық экономикалық одаққа мүше басқа мемлекеттердің аумағына өткізген, өндірілген тұрақсыз конденсатты өткізу жөніндегі айналымға қосылған құн салығы нөлдік мөлшерлеме бойынша салынатын тұрақсыз конденсатты өткізу қызметін жүзеге асыратын салық төлеушілердің тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z2297" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-15) Қазақстан Республикасының аумағынан бұрын осы салық төлеушілер әкеткен және Еуразиялық экономикалық одаққа мүше осындай басқа мемлекеттің аумағында қайта өңделген алыс-беріс шикізатынан алынған қайта өңдеу өнімдерін Еуразиялық экономикалық одаққа мүше басқа мемлекеттің аумағында газ саласындағы ынтымақтастық туралы үкіметаралық келісім шеңберінде қызметін жүзеге асыратын салық төлеушілер тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z2298" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-16) өткізілуі қосылған құн салығынан босатылатын көлік құралдарының және (немесе) ауыл шаруашылығы техникасының, сондай-ақ олардың құрауыштарының тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z2299" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-17) ауыл шаруашылығы өнімдерін, аквашаруашылық (балық өсіру шаруашылығы) өнімдерін өндіруші заңды тұлғалар, ауыл шаруашылығы кооперативтері, сондай-ақ шаруа немесе фермер қожалығының басшысы және (немесе) мүшелері ауыл шаруашылығы өнімдерін өзі өндіру процесінде пайдаланылатын техника бойынша көлік құралы салығын төлеушілер болып табылмайтын мамандандырылған ауыл шаруашылығы техникасының тізілімін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z2300" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-18) ауыл шаруашылығы техникасын өндіруде пайдаланылатын қосалқы бөлшектердің тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z2301" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-19) Қазақстан Республикасының салық төлеушісі алыс-беріс шикізатын қайта өңдеуге әкелуді (әкету) жүзеге асырған жағдайда қайта өңдеу өнімдерін әкелу (әкету), сондай-ақ оның орындалуы туралы міндеттемелерді ұсыну қағидаларын, мерзімдерін және нысанын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z2302" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26-20) салықтарды мемлекеттік және (немесе) үкіметтік тұрғын үй құрылысы бағдарламаларын іске асыру шеңберінде осындай бағдарламаға қатысушы болып табылатын жеке тұлғаға тұрғынжай ұзақ мерзімді жалдау шарттары бойынша берілген салық салу объектілері бойынша Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>602-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мөлшерлемелер бойынша есептейтін заңды тұлғалардың тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z2303" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26-21) "Өнеркәсіптік саясат туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реттелмейтін өзге қызмет түрлері бойынша қарсы міндеттемелерді белгілеу қағидалары мен мерзімдерін әзірлеу және бекіту; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z2304" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26-22) инвестициялар туралы келісімдер шеңберінде салықтар бойынша инвестициялық преференциялар мерзімін қолдану қағидаларын келісу; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z2305" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-23) арнайы инвестициялық келісімшартты жасасу және бұзу қағидаларын, мерзімдері мен шарттарын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26-24) тармақша 01.01.2029 дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады - ҚР Үкіметінің 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1164</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-24) ақпараттық-коммуникациялық технологиялар саласындағы қызметтің басым түрлерінің тізбесін және өз өндірісінің өлшемшарттарын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2307" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-25) Қазақстан Республикасының аумағындағы екінші деңгейдегі банктердегі арнаулы депозиттік шотқа аударылған, қалдықтарды көму полигондарын жою қорына аударымдар сомасын шегерімге жатқызу қағидаларын және олардың мөлшерін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z1809" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) салық және бюджет заңнамасын, сондай-ақ кеден ісі саласындағы заңнаманы жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z1810" w:id="114"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z2273" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-1) автомобиль көлік құралдарын тоқтатқан кезде кеден органдары лауазымды адамдарының іс-қимыл жасау қағидаларын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z1810" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) бюджет жүйесін дамыту бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z1811" w:id="115"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z1811" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) үш жылдық кезеңге арналған республикалық және облыстық бюджеттер арасындағы жалпы сипаттағы трансферттер көлемдері туралы Қазақстан Республикасы Заңының жобасына облыстар, республикалық маңызы бар қалалар, астананың бюджет кірістерін болжау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4918,250 +5702,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1812" w:id="116"/>
+    <w:bookmarkStart w:name="z1812" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) шоғырландырылған, мемлекеттік және республикалық бюджеттердің түсімдері мен шығыстарының болжамын, бюджеттің тапшылығын, Ұлттық қордың көрсеткіштерін болжамдауды қамтитын үш жылдық кезеңге және ұзақ мерзімді кезеңге арналған бюджет параметрлерін болжамдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z2207" w:id="117"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z2207" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-1) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша кесімді баға тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z2208" w:id="118"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z2208" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-2) Ұлттық әл-ауқат қорының борыштық бағалы қағаздарын сатып алу арқылы Қазақстан Республикасы Ұлттық қорының қаражаты есебінен қаржыландыруға ұсынылатын жалпы ел үшін маңызы бар жобаларға сараптама жүргізу, сондай-ақ осындай жобаларды қаржыландырудың балама көздерінің бар-жоғын қарау қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z1813" w:id="119"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z1813" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) бюджет кірістерін болжау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z1814" w:id="120"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z1814" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша мұнайдың есептік бағасын айқындау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z1815" w:id="121"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z1815" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) жалпы сипаттағы трансферттерді есептеудің үлгілік әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z2137" w:id="122"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z2137" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-1) әлеуметтік медициналық сақтандыру қорының активтерін инвестициялау үшін қаржы құралдарының тізбесін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z2110" w:id="123"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z2110" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-2) жалпы сипаттағы трансферттердің есеп-қисаптары жөніндегі қорытындының жобасын жасау және оны Республикалық бюджет комисcиясының қарауына енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z2209" w:id="124"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z2209" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-3) орталық және жергілікті атқарушы органдардың, басқа да ұйымдардың өзара іс-қимыл тәртібін, тиісті саланың (аяның) орталық уәкілетті органдарының және жергілікті атқарушы органдардың жалпы сипаттағы трансферттерді есептеу үшін қажетті нысандарды, көрсеткіштер тізбелерін ұсыну және келісу тәртібін және олардың пайдаланылуына мониторинг жүргізу тәртібін қамтитын жалпы сипаттағы трансферттерді жоспарлау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z1816" w:id="125"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z1816" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) мемлекеттік және мемлекет кепілдік берген қарыз алу және борыш, мемлекет кепілгерлігі бойынша борыш саясатын қалыптастыру, мемлекеттік борыш пен квазимемлекеттік сектор борышын болжау және талдау жөнінде ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5210,90 +5994,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2210" w:id="126"/>
+    <w:bookmarkStart w:name="z2210" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-2) бюджетті атқару жөніндегі орталық уәкілетті органмен келісу бойынша облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қарыз алу мақсаттарының тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z1817" w:id="127"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z2274" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-3) Қазақстан Республикасының Үкіметі мен жергілікті атқарушы органдардың "толық бітіріп берілетін" құрылыс жобалары бойынша мемлекеттік міндеттемелерінің лимиттерін айқындау әдістемесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z2275" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-4) сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органмен және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша "толық бітіріп берілетін" құрылыс жобалары бойынша мемлекеттік инвестициялық жобаларды жоспарлау және іске асыру тәртібін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1817" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) республикалық бюджет туралы заңда бекітілетін үкіметтік борыштың, жергілікті атқарушы органдар борышының, мемлекеттік кепілдіктер берудің, экспортты қолдау бойынша мемлекеттік кепілдіктер берудің, Қазақстан Республикасы Үкіметінің мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелердің, жергілікті атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелердің, мемлекет кепілгерлігін берудің, квазимемлекеттік сектор субъектілері сыртқы борышының лимиттерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5342,70 +6166,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2140" w:id="128"/>
+    <w:bookmarkStart w:name="z2140" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-2) Даму Банкінің қаржылық тұрақтылығының параметрлерін (коэффициенттерін), олардың шекті мәндерін және есептеу әдістемесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5528,130 +6352,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2211" w:id="129"/>
+    <w:bookmarkStart w:name="z2211" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-5) квазимемлекеттік сектор субъектілерінің тиісті бюджетке дивидендтер немесе аударымдар төленгеннен кейін қалған таза кіріс қаражатының пайдаланылуы туралы ақпаратты беру тәртібі мен нысанын айқындау және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z2212" w:id="130"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z2212" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-6) квазимемлекеттік сектор субъектілерінің іс-шаралар жоспарларының немесе даму жоспарларының орындалуы жөніндегі есепті, квазимемлекеттік сектор субъектілерінің іс-шаралар жоспарларының немесе даму жоспарларының іске асырылу мониторингінің нәтижелері туралы есепті қалыптастыру және квазимемлекеттік сектор субъектілерінің іс-шаралар жоспарларының немесе даму жоспарларының, дербес білім беру ұйымдарының ұзақ мерзімді даму стратегияларының іске асырылуын бағалау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z1818" w:id="131"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z1818" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) бюджетті атқару жөніндегі орталық уәкілетті органмен және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша экспортты қолдау жөнінде мемлекеттік кепілдіктер беру үшін қорытындыны әзірлеуге немесе түзетуге қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z2213" w:id="132"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z2213" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36-1) шығыстарға шолу жүргізу, мақсаттарды, тақырыптарды, объектілерді, өлшемшарттарды, көлемді (қамтуды), деңгейді, уақыт шектеулерін, кезеңділікті айқындау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5774,710 +6598,730 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2181" w:id="133"/>
+    <w:bookmarkStart w:name="z2181" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-2) сауда қызметін реттеу саласындағы уәкілетті орган әзірлейтін және бекітетін Қазақстанның Экспорттық-кредиттік агенттігі қызметінің жекелеген түрлерін жүзеге асыру шарттарын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z2182" w:id="134"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z2182" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-3) сауда қызметін реттеу саласындағы уәкілетті орган әзірлейтін және бекітетін Қазақстанның Экспорттық-кредиттік агенттігі үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру, сондай-ақ резервтер қалыптастыру және олар бойынша актуарлық есеп-қисаптар жүргізу қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z2183" w:id="135"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z2183" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-4) бюджетті атқару жөніндегі орталық уәкілетті орган айқындайтын экспортты қолдау бойынша мемлекеттік кепілдігі бар Қазақстанның Экспорттық-кредиттік агенттігінің мемлекет кепілдік берген экспортты қолдау жөніндегі міндеттемесіне және қаржылық жағдайына мониторинг жүргізу қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z1820" w:id="136"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z2269" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-5) сауда қызметін реттеу саласындағы уәкілетті орган әзірлейтін және бекітетін Экспорттық-кредиттік агенттіктің сақтандыру, қайта сақтандыру шарттарын жасасу және орындау жөніндегі есептілікті ұсыну тізбесін, нысандарын, мерзімдері мен тәртібін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z1820" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтарды құру және олардың жұмыс істеуі саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z1821" w:id="137"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z1821" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтардың қызметін регламенттейтін Қазақстан Республикасының нормативтік құқықтық актілерінің жобаларын әзірлеуге және келісуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z1822" w:id="138"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1822" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) арнайы экономикалық және индустриялық аймақтар қызметінің тиімділігін бағалау әдістемесін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z1823" w:id="139"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1823" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) арнайы экономикалық аймақтың арнайы құқықтық режимі қолданылатын қызметтің басым түрлерінің тізбесін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z1824" w:id="140"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z1824" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) арнайы комиссияны қалыптастыру қағидаларын және арнайы комиссия туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z1825" w:id="141"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z1825" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) рентабелділігі төмен келісімшарттар бойынша пайдалы қазбаларды өндіруге салынатын салықтың жеке мөлшерлемесінің нақты мөлшерлері бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z1826" w:id="142"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z1826" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасының Кодексі қолданысқа енгізілгенге дейін жасалған жер қойнауын пайдалануға арналған келісімшарттардың жобаларына экономикалық сараптама жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z1827" w:id="143"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z1827" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) пайдалы қатты қазбаларды өңдеу туралы келісім жобаларына экономикалық сараптама жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z1828" w:id="144"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z1828" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) төмен тұрған бюджеттердің қолма-қол ақша тапшылығын жабуға бағытталған бюджеттік кредиттерді қоспағанда, бюджеттік кредиттеу мәселелері жөніндегі құжаттарды қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z2214" w:id="145"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z2214" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-1) қарыз алушының кредит қабілеттілігі өлшемшарттарын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z2215" w:id="146"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z2215" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-2) қаржы агенттіктерін республикалық бюджеттен қамтамасыз етілмейтін бюджеттік кредиттер алатын қаржы агенттіктерінің тізбесіне енгізу тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z2216" w:id="147"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z2216" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-3) бюджеттік кредиттерді беру жөніндегі рәсімдерді, оның ішінде оларды беру кезіндегі қажетті құжаттардың тізбесін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z2217" w:id="148"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z2217" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-4) бюджеттік кредиттің нысаналы мақсаты бойынша пайдаланылуын және ол бойынша міндеттемелердің орындалуын қамтамасыз етудің болуын бақылау тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z2218" w:id="149"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z2218" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-5) бюджеттік тәуекелдер туралы талдамалық есепті қалыптастыру тәртібін бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен, бюджетті атқару жөніндегі орталық уәкілетті органмен, қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен және Қазақстан Республикасының Ұлттық Банкімен бірлесіп айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z1829" w:id="150"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z1829" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) мемлекеттік инвестициялық жобалар саясатын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z1830" w:id="151"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z1830" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) Қазақстан Республикасы Үкіметі мен жергілікті атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттік концессиялық міндеттемелерінің лимиттерін қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z2219" w:id="152"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z2219" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48-1) бюджетті атқару жөніндегі орталық уәкілетті органмен бірлесіп мемлекеттік сектордың борыштық міндеттемелерінің жай-күйін бағалау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z2220" w:id="153"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z2220" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48-2) мемлекеттік қарыздарды тарту есебінен іске асырылатын институционалдық жобаларды жоспарлау және іске асыру тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z2221" w:id="154"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z2221" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48-3) мемлекет кепілдік берген қарызды алған қарыз алушының қаржылық жағдайын мониторингтеу тәртібін келісу, мемлекет кепілдік берген қарыз қаражатының пайдаланылуын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z1831" w:id="155"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z1831" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) бюджеттік инвестицияларды, мемлекеттік-жекешелік әріптестік жобаларын жоспарлауды әдіснамалық қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z2222" w:id="156"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z2222" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-1) Қазақстанның ұзақ мерзімді даму болжамы және Қазақстанның әлеуметтік-экономикалық даму болжамы шеңберінде мемлекеттік қаржының жай-күйін болжауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z2223" w:id="157"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z2223" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-2) мемлекеттік қаржының жай-күйін мониторингтеу және ол туралы мәліметтерді қалыптастыру тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z1832" w:id="158"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z1832" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) білім беру, денсаулық сақтау, әлеуметтік қорғау саласындағы уәкілетті мемлекеттік органдармен келісу бойынша білім беру, денсаулық сақтау, әлеуметтік қорғау объектілеріне қажеттілікті айқындау және инвестициялық жобалардың тізбесін қалыптастыру әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z2085" w:id="159"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z2085" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50-1) ең төмен әлеуметтік стандарттың үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z1833" w:id="160"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z1833" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) елді мекендерге арналған өңірлік стандарттар жүйесін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z2178" w:id="161"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z2178" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51-1) елді мекендерге арналған өңірлік стандарттар жүйесін әзірлеу тәртібін және оған мониторинг жүргізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z1834" w:id="162"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z1834" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) мемлекеттік инвестициялық жобалардың, бюджеттік инвестициялық жобалардың және бюджеттік бағдарламалар әкімшілері заңды тұлғаларының жарғылық капиталына мемлекеттің қатысуы арқылы іске асыру жоспарланатын бюджеттік инвестициялардың инвестициялық ұсыныстары бойынша экономикалық қорытындылар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z1835" w:id="163"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z1835" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) мемлекеттік кепілдіктер беру үшін инвестициялық жобаларды іріктеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z1836" w:id="164"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z1836" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) мемлекет кепілгерліктерін беру немесе көлемін ұлғайту үшін мемлекеттік-жекешелік әріптестік жобаларын, оның ішінде концессиялық жобаларды іріктеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z2224" w:id="165"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z2224" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54-1) мемлекет кепілгерліктерін беру немесе олардың көлемін ұлғайту үшін мемлекеттік-жекешелік әріптестік жобаларын іріктеу тәртібін бюджетті атқару жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6600,70 +7444,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1837" w:id="166"/>
+    <w:bookmarkStart w:name="z1837" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) қоса қаржыландыру шартындағы мемлекеттік-жекешелік әріптестік жобаларын қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6786,90 +7630,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1840" w:id="167"/>
+    <w:bookmarkStart w:name="z1840" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы республикалық бюджет қаражаты есебінен іске асыру жоспарланатын республикалық бюджеттік инвестициялық жобалардың, оның ішінде түзетілген бюджеттік инвестициялардың, Қазақстан Республикасының Үкіметі айқындайтын заңды тұлғаға республикалық бюджет қаражаты есебінен мемлекеттік кепілдік беру үшін түзетілген, сондай-ақ жаңадан жасалған инвестициялық жобалардың, техникалық-экономикалық негіздеме әзірлеуді талап ететін бюджеттік инвестициялық жобаларды бюджеттік кредиттеудің, мемлекеттік инвестициялық саясатты іске асыруының экономикалық сараптамасын жүргізу үшін құжаттарды қаржы агенттеріне жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z1841" w:id="168"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z1841" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) республикалық бюджеттік инвестициялық және мемлекеттік-жекешелік әріптестік жобаларының, оның ішінде концессиялық жобалардың тізбесін қалыптастыру, тиісті бөлінетін бюджеттік бағдарламаның қаражаты есебінен жүзеге асырылатын бюджеттік инвестициялық жобалардың техникалық-экономикалық негіздемелерін, мемлекеттік-жекешелік әріптестік жобаларының, оның ішінде концессиялық жобалардың конкурстық (аукциондық) құжаттамасын әзірлеу немесе түзету, сондай-ақ қажетті сараптамаларын жүргізу, мемлекеттік-жекешелік әріптестік жобаларын, оның ішінде концессиялық жобаларды консультациялық сүйемелдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6918,130 +7762,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1843" w:id="169"/>
+    <w:bookmarkStart w:name="z1843" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) бюджеттік инвестициялық жобалардың және заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы бюджеттік инвестициялардың, мемлекеттік-жекешелік әріптестік жобаларының іске асырылуын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z2225" w:id="170"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z2225" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-1) Қазақстан Республикасының Үкіметі айқындаған заңды тұлғаны тарта отырып, республикалық мемлекеттік инвестициялық жобалардың іске асырылуын бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z2226" w:id="171"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z2226" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-2) мемлекеттік-жекешелік әріптестік жобаларының іске асырылуын бағалауды қоспағанда, мемлекеттік инвестициялық жобалардың іске асырылуына бағалау жүргізу тәртібін бюджетті атқару жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z2227" w:id="172"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z2227" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-3) мемлекеттік кепілдіктер беру үшін инвестициялық жобалар бойынша техникалық-экономикалық негіздемені әзірлеуге немесе түзетуге және оның экономикалық сараптамасына қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7090,70 +7934,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1845" w:id="173"/>
+    <w:bookmarkStart w:name="z1845" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) мемлекеттік-жекешелік әріптестік жобаларын ұйымдастыру саласында салааралық үйлестіру мен әдіснамалық басшылықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7202,490 +8046,490 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1847" w:id="174"/>
+    <w:bookmarkStart w:name="z1847" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) бюджеттік инвестициялар, мемлекеттік-жекешелік әріптестік, оның ішінде концессиялар, мемлекеттік кепілдіктер беру үшін инвестициялық жобалар және техникалық-экономикалық негіздеме әзірлеуді талап ететін бюджеттік инвестициялық жобаларды бюджеттік кредиттеу, қаржы агенттерінің мемлекеттік инвестициялық саясатты іске асыруы мәселелері бойынша республикалық бюджет қаражаты есебінен сараптама жүргізу және құжаттаманы бағалау құнын айқындау әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z1848" w:id="175"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z1848" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) бюджеттің атқарылуы жөніндегі орталық уәкілетті органмен бірлесіп, денсаулық сақтау саласындағы ұлттық оператор, автомобиль жолдарын басқару жөніндегі ұлттық оператор мен астананың көлік инфрақұрылымы объектілерін басқару функцияларын жүзеге асыратын компанияның, қорғаныс мұқтаждарына, қауіпсіздік пен құқықтық тәртіпті қамтамасыз етуге арналған әскери мақсаттағы тауарлардың (өнімдердің), қосарланған мақсаттағы (қолданыстағы) тауарлардың (өнімдердің), әскери мақсаттағы жұмыстар мен әскери мақсаттағы көрсетілетін қызметтердің импортын жүзеге асыру жөніндегі уәкілетті ұйымның және инвестициялық жобаларды іске асыру үшін мемлекет кепілдігімен берілген мемлекеттік емес қарызды өтеу көздерінің бірі республикалық және жергілікті бюджеттерден берілетін төлемақылар (төлемдер) болып табылатын басқа квазимемлекеттік сектор субъектілерінің әлеуметтік маңызы бар инвестициялық жобаларының және (немесе) инвестициялық бағдарламаларының тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z2228" w:id="176"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z2228" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-1) инвестициялық ұсынысты, техникалық-экономикалық негіздемені және қаржылық-экономикалық негіздемені түзетуге байланысты мемлекеттік инвестициялық жобалардың бекітілген (нақтыланған) параметрлерін түзету тәртібін бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z2229" w:id="177"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z2229" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-2) ақпараттандыру объектілерін құру және дамыту жобалары бойынша техникалық тапсырманы түзетуге байланысты мемлекеттік инвестициялық жобалардың бекітілген (нақтыланған) параметрлерін түзету тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z2230" w:id="178"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z2230" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-3) бюджетті атқару жөніндегі орталық уәкілетті органмен бірлесіп бюджеттік даму бағдарламаларының паспорттарында және мемлекеттік инвестициялық жобалар құжаттамаларында көзделген түпкілікті нәтижелерге қол жеткізілуіне мониторингті жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z2231" w:id="179"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z2231" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-4) есептілікті ұсыну тәртібі мен мерзімдерін және нысандарын, сондай-ақ мемлекеттік инвестициялық жобалардың іске асырылу барысы мен нәтижелері туралы ұсынылатын ақпаратқа қойылатын талаптарды бюджетті атқару жөніндегі орталық уәкілетті органмен бірлесіп айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z2232" w:id="180"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z2232" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-5) мемлекеттік органдардың даму жоспарларын әзірлейтін республикалық бюджеттік бағдарламалар әкімшілерінің бюджеттік бағдарламаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z2233" w:id="181"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z2233" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-6) мемлекеттік қаржының жай-күйі туралы болжамды мәліметтердің есеп-қисаптарын жүргізу, үкіметтік борыштың, жергілікті атқарушы органдар борышының, мемлекеттік кепілдіктер берудің, экспортты қолдау бойынша мемлекеттік кепілдіктер берудің, Қазақстан Республикасы Үкіметінің мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелердің, жергілікті атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелердің, мемлекет кепілгерлігін берудің, квазимемлекеттік сектор субъектілері сыртқы борышының лимиттерін айқындау және сыртқы қарыздарды тарту құқығы берілген квазимемлекеттік сектор субъектілері тізбесінің өлшемшарттарын айқындау және оларды қалыптастыру әдістемелерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z1849" w:id="182"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z1849" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) мемлекеттік-жекешелік әріптестік жобаларын, оның ішінде концессиялық жобаларды консультациялық сүйемелдеу бойынша көрсетілетін қызметтердің құнын айқындау әдістемесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z1850" w:id="183"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z1850" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) жергілікті мемлекеттік басқарудың жұмыс істеу тетіктерін жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z1851" w:id="184"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z1851" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) байланысты грантты тартуға арналған өтінімнің Қазақстан Республикасының Мемлекеттік жоспарлау жүйесінің құжаттарына, донорлардың байланысты гранттар беру саясатына сәйкестігі негізінде байланысты гранттарды тартуға арналған өтінімдерді іріктеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z1852" w:id="185"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z1852" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) байланысты гранттарды тартуға арналған өтінімдер тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z2234" w:id="186"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z2234" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-1) байланысты емес гранттарды тарту, пайдалану, мониторингтеу және пайдаланылуын бағалау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z2235" w:id="187"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z2235" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-2) бюджетті атқару жөніндегі орталық уәкілетті органмен бірлесіп байланысты гранттардың пайдаланылуын бағалауды жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z2236" w:id="188"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z2236" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-3) бюджетті атқару жөніндегі орталық уәкілетті органмен бірлесіп есептілікті ұсыну тәртібін, мерзімдерін және нысандарын, сондай-ақ байланысты гранттарды пайдалану барысы мен нәтижелері туралы ұсынылатын ақпаратқа қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z2237" w:id="189"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z2237" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-4) байланысты гранттарды бағалау нәтижелеріне негізделген оларды пайдалану туралы жиынтық есепті қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z1853" w:id="190"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z1853" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71) экономика салаларында мемлекеттік-жекешелік әріптестіктің тетіктерін қолданудың институционалдық және заңнамалық негізін жасау бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z2238" w:id="191"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z2238" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71-1) мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерді орындау тәртібін, оның ішінде мемлекеттік-жекешелік әріптестік жобалары бойынша инвестициялық шығындардың өтемақысын, мемлекеттік-жекешелік әріптестік жобалары бойынша операциялық шығындардың өтемақысын, мемлекеттік меншіктегі мемлекеттік-жекешелік әріптестік объектісін басқаруды жүзеге асырғаны үшін сыйақыны, қоса қаржыландыруды, мемлекеттік-жекешелік әріптестік жобасын іске асыру барысында өндірілетін тауарлардың, жұмыстар мен көрсетілетін қызметтердің белгілі бір көлемін мемлекеттің тұтынуына кепілдік беруді, сондай-ақ мемлекеттік-жекешелік әріптестік объектісін пайдаланғаны үшін жалға алу төлемақысын және қолжетімділік үшін төлемақыны келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z1854" w:id="192"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z1854" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) республикалық бюджеттен өңірлерді дамытуға арналған нысаналы трансферттерді бөлу бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z1855" w:id="193"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z1855" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) нысаналы даму трансферттері мен республикалық бюджеттен берілетін бюджеттік кредиттер есебінен қаржыландырылатын жергілікті бюджеттік инвестициялық жобалар бойынша, олардың өңірлік даму саласындағы уәкілетті орган айқындаған өңірлік саясат басымдықтарының өлшемшарттарына сәйкес келуі тұрғысынан ұсыныстар қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z2239" w:id="194"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z2239" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73-1) объектілерді аса маңызды объектілерге және жалпы ел үшін маңызы бар жобаларға жатқызу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z1856" w:id="195"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z1856" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) Қазақстан Республикасының Ұлттық қорын қалыптастыру, пайдалану және басқару тетіктерін жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7734,350 +8578,350 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1858" w:id="196"/>
+    <w:bookmarkStart w:name="z1858" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) Қазақстан Республикасының Үкіметіне жыл сайын табиғи монополиялар салаларының жай-күйі туралы, бекітілген тарифтік сметалардың орындалуы туралы, бекітілген инвестициялық бағдарламалардың орындалуы туралы есептерді ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z2144" w:id="197"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z2144" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76-1) табиғи монополиялар салаларындағы мемлекеттік саясатты қалыптастыру және оның жүзеге асырылуын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z1859" w:id="198"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z1859" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) тарифтерді қалыптастыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z1860" w:id="199"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z1860" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) табиғи монополиялар субъектілерінің қызметін жүзеге асыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z1861" w:id="200"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z1861" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) реттеліп көрсетілетін қызметтерді ұсынудың үлгілік шарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z1862" w:id="201"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z1862" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) реттеліп көрсетілетін қызметтердің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z2199" w:id="202"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z2199" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-1) бекітілген инвестициялық бағдарламаның орындалуына техникалық сараптама жүргізу, реттеліп көрсетілетін қызметтердің сапасы мен сенімділігі көрсеткіштерін сақтау және табиғи монополиялар субъектілері қызметінің тиімділігі көрсеткіштеріне қол жеткізу үшін уәкілетті тұлғаларға (сарапшыларға, сараптама ұйымдарына) қойылатын өлшемшарттар мен талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z2200" w:id="203"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z2200" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-2) табиғи монополиялар субъектілерінің ұсынылған деректері негізінде сатып алуға жосықсыз қатысушылардың тізілімін қалыптастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z2240" w:id="204"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z2240" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-3) мемлекеттік органның инвестициялық жоспарын әзірлеу тәртібі мен нысандарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z2241" w:id="205"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z2241" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-4) барлау және қарсы барлау қызметін жүзеге асыратын арнаулы мемлекеттік органдардың мемлекеттік инвестициялық жобаларын, сондай-ақ дербес білім беру ұйымдарының инвестициялық шығындарын қаржыландыруға бағытталған жобаларды қоспағанда, мемлекеттік инвестициялық жобаларды жоспарлау және іске асыру тәртібін бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z2242" w:id="206"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z2242" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-5) барлау және қарсы барлау қызметін жүзеге асыратын арнаулы мемлекеттік органдардың бюджеттік инвестицияларын жоспарлау және іске асыру тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z2243" w:id="207"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z2243" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-6) дербес білім беру ұйымдарының инвестициялық шығындарын қаржыландыруға бағытталған бюджеттік инвестицияларды жоспарлау және іске асыру тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z2244" w:id="208"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z2244" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-7) жалпы ішкі өнім көлеміне салымның болжамды үлесін, бюджет түсімдерінің болжамды өсімін, салаға инвестициялардың болжамды өсімін және елдің әлеуметтік экономикалық дамуының басқа да параметрлерін айқындау жолымен мемлекеттік инвестициялық жобалар портфеліне енгізілген салалық мемлекеттік инвестициялық жобалардың экономиканың дамуына ықтимал әсерін талдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z1863" w:id="209"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z1863" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) тарифтік реттеудің ынталандырушы әдісін қолдана отырып, бекітілетін табиғи монополиялар субъектілерінің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z1864" w:id="210"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z1864" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) Тарифтік саясат жөніндегі кеңес туралы ережені және оның дербес құрамын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8106,1970 +8950,2030 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1866" w:id="211"/>
+    <w:bookmarkStart w:name="z1866" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) инженерлік желілерге қосуға арналған техникалық шарттардың үлгілік нысандарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z1867" w:id="212"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1867" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) табиғи монополиялар субъектілері қызметкерлерінің нақты іс-қимылдар тәртібімен қызметтер көрсетуінің үлгілік регламенттерін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z1868" w:id="213"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1868" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт-қа дейінгі электр қондырғыларын энергия беруші ұйымдардың электр желілеріне технологиялық қосуға жұмсалған шығындарын айқындау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z1869" w:id="214"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z2276" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86-1) энергетикалық және коммуналдық инфрақұрылымды жаңғырту және салу жобалары бойынша қарыз бойынша сыйақы мөлшерлемесінің бір бөлігін қаржыландыру және (немесе) субсидиялау тетігін айқындау үшін табиғи монополиялар субъектілерінің өтінімдерін қарау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z2277" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86-2) тұрғын үй қатынастары және тұрғын үй-коммуналдық шаруашылық саласында басшылықты жүзеге асыратын орталық атқарушы органмен, жылу энергетикасы саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы органмен және электр энергетикасы саласында басшылықты жүзеге асыратын мемлекеттік органмен келісу бойынша энергетикалық және коммуналдық секторларды жаңғырту жөніндегі ұлттық жоба шеңберінде іске асырылатын жобалар бойынша табиғи монополиялар субъектілері алатын қарыздар, сондай-ақ жергілікті атқарушы органдар шығаратын мемлекеттік бағалы қағаздар бойынша сыйақы мөлшерлемесін субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z1869" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) бағаларды мемлекеттік реттеуді және қоғамдық маңызы бар нарық субъектісінің баға белгілеу тәртібін және міндеттерді сақтауына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z1870" w:id="215"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z1870" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88) қоғамдық маңызы бар нарықтарда баға белгілеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z1871" w:id="216"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z2278" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88-1) Қазақстан Республикасы Кәсіпкерлік кодексінің мақсаттарына және Қазақстан Республикасының заңнамасына сәйкес табиғи монополиялар саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z1871" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) Министрліктің құзыреті шегіндегі халықаралық ынтымақтастық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z1872" w:id="217"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z1872" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) мемлекеттік органдардың халықаралық экономикалық ынтымақтастық жөніндегі жұмысын үйлестіру, халықаралық қаржы және экономикалық ұйымдармен, сыртқы көмекті үйлестіру және олардың қызметі мәселелері бойынша донор елдермен, рейтингтік агенттіктермен өзара іс-қимыл жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z1873" w:id="218"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z1873" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) халықаралық экономикалық ұйымдармен келіссөздерде, сондай-ақ екіжақты бастамалар шеңберінде Қазақстан Республикасы Үкіметінің атынан өкілдік ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z1874" w:id="219"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z1874" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) халықаралық және өңірлік ұйымдар шеңберіндегі экономикалық ынтымақтастықты дамыту бойынша ұсыныстар әзірлеу және мемлекеттік органдардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z1875" w:id="220"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z1875" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) Қазақстан Республикасы қатысушы болып табылатын экономикалық салада халықаралық шарттардың орындалуын мониторингтеу, Қазақстан Республикасы экономикалық ынтымақтастығының басым бағыттарын айқындау бойынша ұсыныстар дайындауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z2102" w:id="221"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z2102" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93-1) Ұлттық байланыс орталығы және оның Хатшылығы туралы ережелерді әзірлеу және бекіту, сондай-ақ Ұлттық байланыс орталығының құрамын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z2103" w:id="222"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z2103" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93-2) Көпұлтты кәсіпорындарға арналған Экономикалық ынтымақтастық және даму ұйымының басшылық қағидаттарының бұзылуы туралы өтініштерді қарау регламентін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z1876" w:id="223"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z1876" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) Қазақстан Республикасының Ұлттық кәсіпкерлер палатасымен келісу бойынша мемлекет бақылайтын акционерлік қоғамдардағы корпоративтік басқаруды бағалау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z1877" w:id="224"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z1877" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) Ұлттық әл-ауқат қорын қоспағанда, мемлекет бақылайтын акционерлік қоғамдардағы корпоративтік басқарудың үлгілік кодексін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z1878" w:id="225"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z1878" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) мемлекеттік мүлікті басқаруды талдау және бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z2145" w:id="226"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z2145" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-1) мемлекеттік заңды тұлғаларға бекітіп берілген мемлекеттік мүлікті мемлекеттік меншіктің бір түрінен екіншісіне беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z2146" w:id="227"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z2146" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-2) тәуелсіз консультантты тарту тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z2147" w:id="228"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z2147" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-3) стратегиялық объектілерге ауыртпалық салуға не оларды иеліктен шығаруға рұқсат алу үшін стратегиялық объектінің меншік иесінің (құқық иеленушісінің) өтініш нысанын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z2148" w:id="229"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z2148" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-4) ортақ пайдаланылатын мүлікті пайдалану қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z1879" w:id="230"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z1879" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) мемлекет акционері болып табылатын ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың даму жоспарларының іске асырылуын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z1880" w:id="231"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z1880" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98) ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың даму жоспарларын және акционері мемлекет болып табылатын ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың іс-шаралар жоспарларын әзірлеу, бекіту, сондай-ақ мониторинг жүргізу және олардың іске асырылуын бағалау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z1881" w:id="232"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z1881" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) акционері (қатысушысы, сенімгерлік басқарушысы) Қазақстан Республикасының Ұлттық Банкі болып табылатын акционерлік қоғамдарды, жауапкершілігі шектеулі серіктестіктерді және ол құрған мемлекеттік кәсіпорындарды қоспағанда, мемлекет бақылайтын акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің, мемлекеттік кәсіпорындардың даму жоспарларын әзірлеу, бекіту, сондай-ақ олардың іске асырылуын мониторингтеу және бағалау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z1882" w:id="233"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z1882" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) мемлекеттік мүлікті басқару жөніндегі орталық уәкілетті органмен бірлесіп, акционері мемлекет болып табылатын ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың даму жоспарларын және даму іс-шараларын әзірлеу, бекіту, сондай-ақ олардың іске асырылуын мониторингтеу және бағалау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z2149" w:id="234"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z2149" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100-1) мемлекеттік органдарға қажетті есептілікті Қордың интернет-ресурсына орналастыру қағидаларын, сондай-ақ есептіліктің тізбесін, нысанын және орналастыру кезеңділігін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z2188" w:id="235"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z2188" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100-2) стратегиялық объектілердің меншік иелерінің (құқық иеленушілерінің), оңалтуды немесе банкроттықты басқарушылардың стратегиялық объектіге ауыртпалық салу не оларды иеліктен шығару туралы өтініштерін қарау тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z1883" w:id="236"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z1883" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) акционері (қатысушысы, сенімгерлік басқарушысы) Қазақстан Республикасының Ұлттық Банкі болып табылатын акционерлік қоғамдарды, жауапкершілігі шектеулі серіктестіктерді және ол құрған мемлекеттік кәсіпорындарды қоспағанда, мемлекет бақылайтын акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің, мемлекеттік кәсіпорындардың даму жоспарларын әзірлеу, бекіту, сондай-ақ олардың іске асырылуын мониторингтеу және бағалау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z1884" w:id="237"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z1884" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102) мемлекеттік мүлікті мүліктік жалдау (жалға алу) тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z1885" w:id="238"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z1885" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103) мемлекеттік мүлікті әлеуметтік кәсіпкерлік субъектілеріне сатып алу құқығынсыз жеңілдікті шарттармен мүліктік жалдау (жалға алу) тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z1886" w:id="239"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z1886" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) мемлекеттік басқару жүйесін жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z1887" w:id="240"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z1887" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) мемлекеттік қызметтерді көрсету сапасының қоғамдық мониторингі қорытындысын ескере отырып, мемлекеттік қызметтерді көрсету сапасын арттыру жөнінде шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z2098" w:id="241"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z2098" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105-1) өтініш берушілер көтеретін жүйелі проблемаларға талдау жүргізу және оларды анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z2189" w:id="242"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z2189" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       105-2) Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жеке және заңды тұлғалардың өтініштерін өз құзыреті шегінде қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z2190" w:id="243"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z2190" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       105-3) Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы азаматтарының петицияларын өз құзыреті шегінде қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z2191" w:id="244"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z2191" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105-4) цифрлық трансформация жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z1888" w:id="245"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z1888" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) мемлекеттік басқару органдарының қызметіне функционалдық талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z1889" w:id="246"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z1889" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) мемлекеттік органдардың қызметіне салалық (ведомстволық) функционалдық шолу жүргізу жөніндегі әдістемені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z2245" w:id="247"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z2245" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-1) түсімдердің сомаларын көрсете отырып, парафискалдық төлемдердің тізілімін жүргізу және олардың сақталуы, таратылуы немесе бюджетке берілуі тұрғысынан оларды талдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z2246" w:id="248"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z2246" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-2) Қазақстан Республикасының әкімшілік рәсімдер туралы заңнамасына сәйкес парафискалдық төлемдерге алып келетін, орталық және (немесе) жергілікті атқарушы органдардың бәсекелес ортаға берілген функцияларының тізілімін қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z2267" w:id="249"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z2267" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-3) мемлекеттік заңды тұлғалар мен квазимемлекеттік сектор субъектілерінің қызметіне функционалдық шолулар жүргізу жөніндегі әдістемені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z1890" w:id="250"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z1890" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) орталық және (немесе) жергілікті атқарушы органдардың функцияларын бәсекелес ортаға беру жөніндегі мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z1891" w:id="251"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z1891" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) Қазақстан Республикасының Үкіметіне жыл сайынғы негізде орталық және (немесе) жергілікті атқарушы органдардың функцияларын бәсекелес ортаға беру бойынша жүргізіліп жатқан жұмыстың нәтижелері туралы ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z1892" w:id="252"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z1892" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) орталық және (немесе) жергілікті атқарушы органдар функцияларының аутсорсингін жүзеге асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z1893" w:id="253"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z1893" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) орталық және (немесе) жергілікті атқарушы органдардың функцияларын бәсекелес ортаға беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z1894" w:id="254"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z1894" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) орталық және (немесе) жергілікті атқарушы органдардың функцияларын бәсекелес ортаға беру үшін іріктеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z1895" w:id="255"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z1895" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) орталық және (немесе) жергілікті атқарушы органдардың бәсекелес ортаға беру үшін ұсынылатын функциялар құнын айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z2247" w:id="256"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z2247" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113-1) мемлекеттік органдардың өзара іс-қимыл тәртібін және парафискалдық төлемдерге алып келетін, орталық және (немесе) жергілікті атқарушы органдардың бәсекелес ортаға берілген функцияларының тізілімін ұсыну мерзімдерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z1896" w:id="257"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z1896" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) орталық және (немесе) жергілікті атқарушы органдардың бәсекелес ортаға беру үшін ұсынылатын функциялары бойынша нарықтың дайын болуына талдау жүргізу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z1897" w:id="258"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z1897" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) орталық және (немесе) жергілікті атқарушы органдардың бәсекелес ортаға берілген функцияларының жүзеге асырылуына мониторинг жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z1898" w:id="259"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z1898" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) орталық және (немесе) жергілікті атқарушы органдардың функцияларын бәсекелес ортаға беру бойынша орталық және (немесе) жергілікті атқарушы органдардың қызметіне әдістемелік көмек беруді және үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z1899" w:id="260"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z1899" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) орталық және (немесе) жергілікті атқарушы органдардың нарықтың дайын болуына жүргізген талдауларына сараптамалық қорытындылар дайындау және беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z1900" w:id="261"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z1900" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) өз құзыреті шегінде орталық және (немесе) жергілікті атқарушы органдар бәсекелес ортаға беру үшін ұсынатын орталық және (немесе) жергілікті атқарушы органдардың функцияларын іріктеу нәтижелеріне сараптама жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z2248" w:id="262"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z2248" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118-1) мемлекеттік органдар функцияларының тізілімін жүргізу тәртібін, сондай-ақ оның құрылымын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z1901" w:id="263"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z1901" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) орталық және (немесе) жергілікті атқарушы органдар жүргізген, оңтайландыру тұрғысынан ұсынылған есептеме бойынша қорытынды әзірлеу және беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z1902" w:id="264"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z1902" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) мемлекеттiк бюджет есебiнен қамтылған Қазақстан Республикасының барлық органдары үшін жұмыскерлердің еңбегіне ақы төлеу жүйесiн жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z1903" w:id="265"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z1903" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) мемлекеттiк бюджет есебiнен қамтылған Қазақстан Республикасының барлық органдары үшін жұмыскерлерге еңбекақы төлеудiң бірыңғай жүйесiн әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z2192" w:id="266"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z2192" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121-1) облыстар, республикалық маңызы бар қалалар және Астана әкімдерінің орынбасарлары мен аппарат басшылары үшін міндеттерді (қызметтің функционалдық бағыттарын) бөлуді мемлекеттік қызмет істері жөніндегі уәкілетті органмен бірлесіп әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z2193" w:id="267"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z2193" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121-2) орталық мемлекеттік органдардың (Қазақстан Республикасы Президентінің Әкімшілігін, Қазақстан Республикасы Үкіметінің Аппаратын қоспағанда) және жергілікті атқарушы органдардың штат санының лимиттерін ұлғайту жөніндегі ұсыныстарға Қазақстан Республикасының Үкіметі қорытындысының жобасын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z1904" w:id="268"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z1904" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) Министрліктің құзыреті шегінде ғылым және ғылыми-техникалық қызмет саласындағы мемлекеттік саясатты іске асыруды жүзеге асыру және тиісті салада ғылыми зерттеулер жүргізу бойынша жұмыстарды үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z1905" w:id="269"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z1905" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) Министрліктің құзыреті шегінде тиісті салада зерттеулер жүргізу жұмыстарын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z1906" w:id="270"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z1906" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) Министрліктің құзыреті шегінде мемлекеттік электрондық ақпараттық ресурстар мен мемлекеттік ақпараттық жүйелерді, мемлекеттік органдардың ақпараттық-коммуникациялық желілерін дамыту, олардың Қазақстан Республикасының бірыңғай ақпараттық кеңістігіндегі үйлесімділігі мен өзара іс-қимылын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z1907" w:id="271"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z1907" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) Министрліктің құзыреті шегінде құқықтық актілерді әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z1908" w:id="272"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z1908" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) Министрліктің құзыреті шегінде құқықтық актілердің жобаларын келісу және олар бойынша қорытындылар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z1909" w:id="273"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z1909" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) заң жобаларына ғылыми-экономикалық сараптама жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z2150" w:id="274"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z2150" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127-1) Әділет министрлігімен бірлесіп, ғылыми сараптаманы ұйымдастыру және жүргізу, сондай-ақ ғылыми құқықтық сарапшыларды іріктеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z1910" w:id="275"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z1910" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) экономикалық талдауды жүзеге асыру және өңірлік даму саласындағы мемлекеттік саясатты қалыптастыру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z1911" w:id="276"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z1911" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) жергілікті өзін-өзі басқаруды дамыту саласында салааралық үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z2151" w:id="277"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z2151" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129-1) облыс (республикалық маңызы бар қала, астана) және аудан (облыстық маңызы бар қала) әкімдігінің үлгілік регламентін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z2152" w:id="278"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z2152" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129-2) жергілікті қоғамдастықтың бөлек жиындарын өткізудің үлгілік қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z1912" w:id="279"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z1912" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) Қазақстан Республикасының әкімшілік-аумақтық құрылысын жетілдіру мен оңтайландыру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z1913" w:id="280"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z1913" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) Мемлекеттік-жекешелік әріптестікті дамыту орталығының сараптамасы негiзiнде мемлекеттік-жекешелік әріптестік жобасына жасалған бизнес-жоспарға қорытынды дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z1914" w:id="281"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z1914" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) жергілікті атқарушы органдардың ауылдық елді мекендердің әлеуметтік-экономикалық дамуына мониторинг (скрининг) жүргізуі туралы нұсқаулықты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z2179" w:id="282"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z2179" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132-1) ауылдық елді мекендердің әлеуетін айқындауға арналған өлшемшарттарды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z2201" w:id="283"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z2201" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132-2) ауылдық елді мекендер мен шағын қалаларда микрокредит беру және лизинг қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z1915" w:id="284"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z1915" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) барлық деңгейдегі аумақтардың әлеуметтік-экономикалық дамуының ағымдағы жай-күйіне талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z1916" w:id="285"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z1916" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) өңірлерді дамыту проблемаларын мониторингтеу және талдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z1917" w:id="286"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z1917" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) елдің өңірлік саясатын қалыптастыру және іске асыру бойынша мемлекеттік органдардың, өңірлердің қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z1918" w:id="287"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z1918" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) елдің экономикалық саясатын қалыптастыру және іске асыру бойынша өңірлердің қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z1919" w:id="288"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z1919" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) даму әлеуеті бар (стратегиялық ауылдық елді мекендерді қоса алғанда, тірек және серіктес) ауылдардың тізбесін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z1920" w:id="289"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z1920" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) жекелеген проблемалы аумақтарды, елді мекендерді дамытудың кешенді жоспарларын әзірлеу және бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z1921" w:id="290"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z1921" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) жерлеудің және зираттарды күтіп-ұстау ісін ұйымдастырудың үлгілік қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z1922" w:id="291"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z1922" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) жастар жүзеге асыратын кәсіпкерлік қызметті дамыту жөнінде шаралар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z1923" w:id="292"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z1923" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) республикалық бюджет қаражаты есебінен кәсіпкерлікті қолдаудың мемлекеттік шаралары шеңберінде көрсетілетін қызметтердің құнын айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z2268" w:id="293"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z2268" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141-1) табиғи сипаттағы төтенше жағдай салдарынан шағын және орта кәсіпкерлік субъектілеріне келтірілген мүліктік шығындарды өтеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z1924" w:id="294"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z1924" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) жеке кәсiпкерлiк субъектiлерiн қаржыландыру және оларға кредит беру жөнiндегi шараларды жетiлдiру туралы ұсыныстар әзiрлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z1925" w:id="295"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z1925" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) Қазақстан Республикасындағы кәсіпкерлік қызметті реттеудің жай-күйі туралы жылдық есепті әзірлеу және бекіту қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z1926" w:id="296"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z1926" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) шағын кәсіпкерлік саласында кадрларды даярлау, қайта даярлау және біліктілігін арттыру жүйесін қалыптастыруға бағытталған шараларды іске асыруға ұсыныстар әзірлеу, сондай-ақ оларды іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z1927" w:id="297"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z1927" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) жастар ұйымдарымен жастар арасында кәсіпкерлік қызметті дамыту мәселелері бойынша өзара іс-қимылды және ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z1928" w:id="298"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z1928" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) мемлекеттік рұқсат беру жүйесін жетілдіру және оңтайландыру бойынша және жеке кәсіпкерлік субъектілерінің қызметін мемлекеттік бақылау және қадағалау, сондай-ақ жеке кәсіпкерлікті қолдау мен дамыту саласын орталық мемлекеттік және жергілікті атқарушы органдардың қызметін ведомствоаралық үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z1929" w:id="299"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z1929" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) орталық мемлекеттік және жергілікті атқарушы органдардың жанындағы сараптамалық кеңестердің қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z1930" w:id="300"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z1930" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) мемлекеттік органдар мен лауазымды тұлғалар жол берген жеке кәсіпкерлік субъектілерінің қызметін регламенттейтін Қазақстан Республикасы заңнамасының бұзушылықтары туралы Қазақстан Республикасының Президенті мен Үкіметін хабардар ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z1931" w:id="301"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z1931" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) уәкілетті мемлекеттік органдар әзірлейтін тәуекелдер дәрежесін бағалау өлшемшарттарын, тексеру парақтарын бірлесіп бекіту арқылы мемлекеттік органдардың тәуекелдерді бағалау жүйесін енгізу процесін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z1932" w:id="302"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z1932" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) тәуекел дәрежесін бағалау өлшемшарттарының ерекшеліктері мен құпиялылығын ескере отырып, мемлекеттік органдардың тексеру парақтарының нысанын және тәуекелдерді бағалау жүйесін қалыптастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z1933" w:id="303"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z1933" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) кәсіпкерлік қызметті реттеу мәселелері жөніндегі ведомствоаралық комиссияның қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z1934" w:id="304"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z1934" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) Қазақстан Республикасының Үкіметіне экономиканың басым секторларын айқындау жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10098,1010 +11002,1130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1936" w:id="305"/>
+    <w:bookmarkStart w:name="z1936" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) ақпараттық құралдардың тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z2194" w:id="306"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z2194" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154-1) автоматтандыруға жататын және жатпайтын рұқсаттар тізбесін бекіту туралы ақпараттандыру саласындағы уәкілетті органмен бірлескен бұйрықты бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z2249" w:id="307"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z2249" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154-2) ақпараттандыру объектілерін құруды және дамытуды көздейтін мемлекеттік инвестициялық жобаларды жоспарлау және іске асыру тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z1937" w:id="308"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z1937" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) құқықтық статистика және арнайы есепке алу саласындағы уәкілетті органмен бақылау және қадағалау органдарының тексерулерді және профилактикалық бақылау мен қадағалауды есепке алу жөніндегі ақпаратпен алмасу бойынша өзара іс-қимылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z1938" w:id="309"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z1938" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) басқа мемлекеттік органдардың рұқсаттар және хабарламалар саласындағы қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z2153" w:id="310"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z2153" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156-1) рұқсаттар және хабарламалар саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2155" w:id="312"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z2154" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-2) кәсіпкерлікті мемлекеттік реттеу саласында стратегиялық, реттеушілік және іске асыру функцияларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z2155" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156-3) цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z1939" w:id="313"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z2279" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-4) рұқсаттар және хабарламалар саласында стратегиялық, реттеушілік, іске асыру және бақылау-қадағалау функцияларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z2280" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-5) мемлекеттің ішкі және сыртқы саясатының Қазақстан Республикасының Президенті айқындаған негізгі бағыттары мен мемлекеттің әлеуметтік-экономикалық саясатының, оның қорғаныс қабілетінің, қауіпсіздігінің, қоғамдық тәртіпті қамтамасыз етудің Қазақстан Республикасының Үкіметі әзірлеген негізгі бағыттары негізінде және оларды орындау үшін Қазақстан Республикасының заңнамасына сәйкес рұқсаттар және хабарламалар туралы мемлекеттік саясатты қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z2281" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-6) Қазақстан Республикасының заңнамасына сәйкес рұқсаттар және хабарламалар саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z1939" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) Министрліктің даму жоспарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z1940" w:id="314"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z1940" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) мемлекеттік инвестициялық жобаның инвестициялық ұсынысын, техникалық-экономикалық негіздемесін, қаржылық-экономикалық негіздемесін әзірлеу немесе түзету, қажетті сараптамалар жүргізу, мемлекеттік инвестициялық жобалар портфелін қалыптастыру және мемлекеттік инвестициялық жобаларды іріктеу тәртібін бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z2177" w:id="315"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z2177" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158-1) әлеуметтік және экономикалық жобаларды іріктеу және олардың өлшемшарттарын айқындау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z2250" w:id="316"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z2250" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158-2) төмен тұрған бюджеттердің қолма-қол ақша тапшылығын жабуға бағытталатын бюджеттік кредиттерді қоспағанда, бюджеттік кредиттеудің орындылығы тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z1941" w:id="317"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z1941" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) реттелетін салаларда техникалық регламенттерді бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z1942" w:id="318"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z1942" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) үш жылдық кезеңге арналған республикалық және облыстық бюджеттер, республикалық маңызы бар қалалар, астана бюджеттері арасындағы жалпы сипаттағы трансферттер көлемдері туралы Қазақстан Республикасы Заңының жобасын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z1943" w:id="319"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z1943" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша еңбек жөніндегі үлгілік нормалар мен нормативтерді, сондай-ақ реттелетін саладағы кәсіптік стандарттарды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z1944" w:id="320"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z1944" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) бағаларды мемлекеттік реттеу белгіленген мұнай өнімдерін стационарлық автожанармай құю станциялары арқылы бөлшек саудада өткізуге және бағаларды мемлекеттік реттеу белгіленген, стационарлық автожанармай құю станцияларында өткізуге арналған мұнай өнімдерін көтерме саудада өткізуге шекті бағаларды келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z1945" w:id="321"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z1945" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексіне сәйкес әкімшілік хаттамалар жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z1946" w:id="322"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z1946" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) өнеркәсіпті мемлекеттік ынталандыру саласындағы мемлекеттік саясатты қалыптастыруға және іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z1947" w:id="323"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z1947" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) кәсіпкерлік субъектілерінің орындауы үшін міндетті талаптарды белгілеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z1948" w:id="324"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z1948" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) агломерацияларды қалыптастыруды, дамытуды және олардың жұмыс істеуін қамтамасыз етуге бағытталған мақсаттар мен міндеттерді айқындау мәселелері бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z2112" w:id="325"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z2112" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-1) агломерациялардың тізбесі мен құрамын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z2113" w:id="326"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z2113" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-2) агломерациялар жөніндегі кеңес туралы ережені әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z2114" w:id="327"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z2114" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-3) агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің мазмұнына қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z2115" w:id="328"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z2115" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-4) агломерация құрамын қалыптастыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z2116" w:id="329"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z2116" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-5) жергілікті агломерация кеңесі туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z2117" w:id="330"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z2117" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-6) астананың, республикалық маңызы бар қаланың және елді мекендері агломерацияға кіретін облыстың жергілікті атқарушы органдарына агломерацияларды дамыту мәселелері бөлігінде жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z2118" w:id="331"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z2118" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-7) агломерацияларды дамыту мәселелері бойынша орталық мемлекеттік органдардың, жергілікті атқарушы органдардың және жергілікті агломерациялар кеңестерінің қызметін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z2180" w:id="332"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z2180" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-8) моноқалалардың тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z2251" w:id="333"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z2251" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-9) агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу бойынша бір деңгейдегі жергілікті бюджеттердің бірімен-бірінің өзара қатынас тәртібін, агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің іске асырылуы туралы есептілікті жасау және ұсыну тәртібін және агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің мазмұнына қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z1949" w:id="334"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z1949" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) реттеушілік әсерді талдау нәтижелерін қарау және өңірлік маңызы бар актілердің жобаларын қоспағанда, реттеуші мемлекеттік органдардың, Қазақстан Республикасы Ұлттық палатасының және басқа да мүдделі тұлғалардың белгіленген рәсімдерді сақтауы туралы қорытынды беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z1950" w:id="335"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z1950" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) жеке кәсiпкерлiк субъектiлерiне қойылатын талаптарды белгiлейтiндерiн қоспағанда, өз құзыреті шеңберінде нормативтiк құқықтық актiлер мен нормативтік құжаттар, әдістемелер, стандарттар әзiрлеу және бекiту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z1951" w:id="336"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z1951" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) мемлекеттік қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2252" w:id="338"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z1952" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) жеке кәсіпкерлікті мемлекеттік қолдау мен дамыту саласында стратегиялық, реттеушілік және іске асыру функцияларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z2252" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-1) жеке кәсіпкерлікті мемлекеттік қолдау шараларының тізілімін қалыптастыру, жүргізу және жаңарту қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z2253" w:id="339"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z2253" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-2) жеке кәсіпкерлікті мемлекеттік қолдау шаралары стандартының үлгілік нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z2254" w:id="340"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z2254" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-3) жеке кәсіпкерлікті мемлекеттік қолдау шараларының тізілімін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z2255" w:id="341"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z2255" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-4) жеке кәсіпкерлікті мемлекеттік қолдау шараларының тиімділігіне талдау жүргізу және оларды жетілдіру жөнінде ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z2256" w:id="342"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z2256" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-5) Бизнестің цифрлық картасын әзірлеу жөніндегі әдістемені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z1953" w:id="343"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z1953" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) шағын және орта кәсіпкерлікті қолдау мен дамытудың мемлекеттік шараларының орындалуын ұйымдастыру және үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z2156" w:id="344"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z2156" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171-1) өндірістік қызметті ұйымдастыру және халыққа қызмет көрсету саласын дамыту үшін мемлекеттік меншіктің пайдаланылмайтын объектілерін және олар алып жатқан жер учаскелерін кейіннен меншікке өтеусіз бере отырып, шағын және орта кәсіпкерлік субъектілеріне мүліктік жалдауға (жалға) немесе сенімгерлік басқаруға беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z1954" w:id="345"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z1954" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) кәсiпкерлiк ортаға, инвестициялық ахуалға және жеке кәсiпкерлiктi дамытудың инфрақұрылымына талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z1955" w:id="346"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z1955" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) жеке кәсіпкерлік субъектілеріне әдіснамалық көмек көрсетуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z1956" w:id="347"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z2282" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173-1) мемлекеттің ішкі және сыртқы саясатының Қазақстан Республикасының Президенті айқындаған негізгі бағыттары мен мемлекеттің әлеуметтік-экономикалық саясатының, оның қорғаныс қабілетінің, қауіпсіздігінің, қоғамдық тәртіпті қамтамасыз етудің Қазақстан Республикасының Үкіметі әзірлеген негізгі бағыттары негізінде және оларды орындау үшін Қазақстан Республикасының заңнамасына сәйкес жеке кәсіпкерлікті мемлекеттік қолдау және дамыту саласындағы мемлекеттік саясатты қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z2283" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173-2) Қазақстан Республикасы Кәсіпкерлік кодексінің мақсаттарына және Қазақстан Республикасының заңнамасына сәйкес жеке кәсіпкерлікті мемлекеттік қолдау және дамыту саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z1956" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) кәсіпкерлік субъектілері және әлеуметтік кәсіпкерлік субъектілерінің тізілімдерін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z2157" w:id="348"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z2157" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174-1) кәсіпкерлік субъектілерінің тізілімін жүргізу және пайдалану қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z2158" w:id="349"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z2158" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174-2) жұмыскерлердің жылдық орташа санын және жылдық орташа табысты есептеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z1957" w:id="350"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z1957" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) әлеуметтік кәсіпкерлік субъектілерінің тізілімін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z1958" w:id="351"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z1958" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) әлеуметтік кәсіпкерлік субъектілерінің тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z1959" w:id="352"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z1959" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) әлеуметтік кәсіпкерлік субъектілерінің тізілімін жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z2284" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177-1) Қазақстан Республикасы Кәсіпкерлік кодексінің мақсаттарына және Қазақстан Республикасының заңнамасына сәйкес кәсіпкерлікті мемлекеттік реттеу саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11130,930 +12154,930 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1961" w:id="353"/>
+    <w:bookmarkStart w:name="z1961" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) мемлекеттік органдардың, ұлттық холдингтердің, ұлттық даму институттарының және өзге де ұйымдардың әлеуметтік кәсіпкерлікті дамыту бастамаларын қолдауды жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z2159" w:id="354"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z2159" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179-1) жеке кәсіпкерлік субъектілерінің бірлестіктері мен өзге де коммерциялық емес ұйымдарды аккредиттеуден өткізу тәртібін, оның ішінде аккредиттеу туралы куәліктің нысанын, аккредиттеудің күшін жою негіздері мен тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z1962" w:id="355"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z1962" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) жеке кәсiпкерлiк субъектілері бірлестіктері мен өзге де коммерциялық емес ұйымдарды аккредиттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z1963" w:id="356"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z1963" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) Қазақстан Республикасының Ұлттық кәсіпкерлер палатасына және сараптама кеңестеріне кәсіпкерлік субъектілерінің мүдделерін қозғайтын консультативтік құжатты немесе нормативтік құқықтық актінің тиісті жобасын сараптама қорытындыларын алу үшін, оның ішінде оларды мүдделі мемлекеттік органдармен әрбір келесі келісу кезінде ашық нормативтік құқықтық актілердің интернет-порталында орналастырғаны туралы хабарлама жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z1964" w:id="357"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z1964" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) кәсiпкерлiкті мемлекеттік реттеу саласындағы мемлекеттік бақылау және қадағалау тиімділігі мониторингін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z1965" w:id="358"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z1965" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) жеке кәсiпкерлiктi дамыту саласында халықаралық ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z1966" w:id="359"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z1966" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) жеке кәсiпкерлiктi дамыту мен қолдау жөнiндегi мемлекеттiк саясатты насихаттау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z1967" w:id="360"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z1967" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) республика өңiрлерiнде шағын кәсiпкерлiк инфрақұрылымын қалыптастыру мен дамытуға ықпал ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z1968" w:id="361"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z1968" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) жеке кәсіпкерлік субъектілеріне мемлекеттік қолдау көрсету кезінде талаптардың сақталуы тұрғысынан жеке кәсіпкерлік субъектілерін қолдау саласындағы мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z2108" w:id="362"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z2108" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186-1) жеке кәсіпкерлік субъектілерін және кәсіпкерлік бастамасы бар халықты мемлекеттік қолдау шараларының тиімділігін талдауды жүзеге асыру әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z2184" w:id="363"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z2184" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186-2) Қазақстан Республикасының Кәсіпкерлік кодексінiң 85-2-бабына сәйкес мемлекеттiк органдарға қатысты кәсіпкерлік субъектілерін қорғау саласындағы мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z2185" w:id="364"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z2185" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186-3) кәсіпкерлік субъектілерін қорғау саласындағы мерзімдік тексерулер жүргізудің жартыжылдық жоспарларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z2186" w:id="365"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z2186" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186-4) кәсіпкерлік субъектілерін қорғау саласындағы мерзімдік тексерулер жүргізудің жартыжылдық жоспарының нысанын, тексерулерді тағайындау, ұзарту, тоқтата тұру және қайта бастау туралы актілердің нысандарын, тексеру мерзімін ұзарту туралы хабарламаның нысанын, мерзімдік, жоспардан тыс тексерудің және қашықтан бақылаудың нәтижелері туралы қорытындының нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z1969" w:id="366"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z1969" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) шағын және орта кәсiпкерлiктiң Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің инновациялық, инвестициялық және индустриялық даму саласындағы құжаттарын iске асыруға қатысуы үшiн жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z1970" w:id="367"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z1970" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) инвесторлар, грант берушi халықаралық ұйымдар үшiн жеке кәсiпкерлiктi қолдау мен дамыту мәселелерiнде жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z1971" w:id="368"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z1971" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) мемлекеттік қызметшілер мен өзге де адамдарды реттеушілік әсерді талдауды енгізу мен жүзеге асыру мәселелері бойынша оқытуды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z1972" w:id="369"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z1972" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) жеке кәсіпкерлік субъектілерінің қызметін мемлекеттік бақылау (қадағалау) саласындағы басқа мемлекеттік органдардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z1973" w:id="370"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z1973" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) облыстың, республикалық маңызы бар қалалардың, астананың кәсіпкерлік саласындағы басшылықты жүзеге асыратын жергілікті атқарушы органдарының реттеушілік әсерді талдау жөніндегі жұмыстың жай-күйі туралы есептерін қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z1974" w:id="371"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z1974" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) ерлер мен әйелдердің тең құқықтарын және тең мүмкіндіктерін қамтамасыз ету жөніндегі мемлекеттік саясатты іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z1975" w:id="372"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z1975" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) бағаларына мемлекеттік реттеу белгіленетін мұнай өнімдерін бөлшек саудада өткізуге арналған шекті бағаны айқындау тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z1976" w:id="373"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1976" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) тауарлық газды ішкі нарықта көтерме саудада өткізудің шекті бағаларын, сондай-ақ сұйытылған мұнай газын өнім беру жоспары шеңберінде тауар биржаларынан тыс көтерме және бөлшек саудада өткізудің шекті бағаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z2119" w:id="374"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z2119" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-1) мұнай-газ-химия өнімдерін өндіру жөніндегі инвестициялық жобаны іске асыру мақсатында тауарлық газды өнеркәсіптік өндірісте отын және (немесе) шикізат ретінде пайдалану үшін сатып алатын өнеркәсіптік тұтынушы-инвестор үшін ішкі нарықта тауарлық газды көтерме саудада өткізудің шекті бағаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z2120" w:id="375"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z2120" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-2) алдағы жылға ішкі нарықта кейіннен ірі коммерциялық тұтынушыларға және цифрлық майнингті жүзеге асыратын тұлғаларға немесе цифрлық майнингті жүзеге асыру үшін электр энергиясын өндіру жөніндегі тұлғаларға өткізуге арналған тауарлық газды көтерме саудада өткізудің шекті бағаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z2121" w:id="376"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z2121" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-3) реттеліп көрсетілетін қызметтерді ұсыну кезінде технологиялық циклде пайдаланылатын мүлікті теңгерімге және (немесе) сенімгерлік басқаруға беру жоспарын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z2122" w:id="377"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z2122" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-4) коммуналдық меншіктегі кемінде жылына екі жүз мың жолаушы легімен операциялық шығындарды жабу үшін кірістердің жеткілікті деңгейін қамтамасыз етпейтін әуежайларды субсидиялау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z2123" w:id="378"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z2123" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-5) квазимемлекеттік сектор субъектілеріндегі сыбайлас жемқорлыққа қарсы комплаенс-қызметтер туралы үлгілік ережені келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z1977" w:id="379"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z1977" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) байқау кеңесі мүшелерінің қызметін бағалау және мемлекеттік кәсіпорынның байқау кеңесі мүшелеріне сыйақы төлеу лимитін айқындау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z1978" w:id="380"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z1978" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) екінші санаттағы рұқсаттар алуға арналған өтініштер нысандарын, екінші санаттағы рұқсаттар нысандарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z1979" w:id="381"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1979" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) Заңмен рұқсат беру тәртібі енгізілген рұқсат беру рәсімдерін жүзеге асыру қағидаларын және қызметті немесе іс-әрекеттерді (операцияларды) жүзеге асыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z1980" w:id="382"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1980" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) хабарламалар нысандарын және мемлекеттік органдардың хабарламаларды қабылдау қағидаларын бекіту, хабарламалар қабылдауды жүзеге асыратын мемлекеттік органдарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z1981" w:id="383"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1981" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z1982" w:id="384"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1982" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) реттеушілік әсерге талдау жүргізу және оны пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2087" w:id="386"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z2086" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-1) талаптар тізілімін қалыптастыру және жүргізу кезінде нормативтік құқықтық актінің немесе Қазақстан Республикасының заңнамасына сәйкес міндетті талаптар қамтылатын өзге де құжаттың, Қазақстан Республикасы нормативтік құқықтық актісі жобасының, Қазақстан Республикасы Мемлекеттік жоспарлау жүйесі құжаты жобасының немесе Қазақстан Республикасының заңнамасына сәйкес міндетті талаптар қамтылатын өзге де құжат жобасының Қазақстан Республикасы Кәсіпкерлік кодексінің 9, 11, 80, 81-1 және 82-баптарының талаптарына сәйкестігін растауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z2087" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-2) кәсіпкерлік саласындағы міндетті талаптар тізілімін жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z2099" w:id="387"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z2099" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       200-3) реттеушілік актілері кәсіпкерлік саласындағы міндетті талаптар тізіліміне енгізілуге жататын кәсіпкерлік қызметті реттеу салаларын айқындау жөнінде ұсыныстар тұжырымдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z2100" w:id="388"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z2100" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-4) реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z2160" w:id="389"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z2160" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-5) кәсіпкерлік мәселелері жөніндегі сараптама кеңестері туралы үлгілік ережені бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z2161" w:id="390"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z2161" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-6) жеке кәсіпкерлік субъектілерінің мүдделерін қозғайтын, орталық мемлекеттік, жергілікті өкілді және атқарушы органдар әзірлейтін нормативтік құқықтық актілердің, Қазақстан Республикасы халықаралық шарттарының жобаларын, мемлекеттік жоспарлау саласындағы құқықтық актілердің жобаларын, сондай-ақ Қазақстан Республикасы қатысушы болуға ниеттенетін халықаралық шарттардың жобаларын сараптама кеңестерінің қарауын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z2162" w:id="391"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z2162" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-7) жеке кәсіпкерлік субъектілерін дамыту үшін кедергілерді жою мақсатында экономика салаларының жұмыс істеуіне талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z2163" w:id="392"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z2163" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-8) жеке кәсіпкерлік субъектілеріне ішкі және сыртқы нарықтардың жай-күйі туралы экономикалық ақпарат беруді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z2164" w:id="393"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z2164" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-9) туындының сипатына немесе оны пайдалану ерекшелiктерiне (жұртшылық алдында, оның iшiнде радиода және телевизияда орындауға, туындыны механикалық, магниттiк немесе өзге де жазба арқылы қайта шығаруға, көшiрмелеуге, туындыны автордың келісімінсіз жеке мақсатта қайта шығаруға және басқа да жағдайларға) байланысты мүлiктiк (айрықша) құқықтарды жеке тәртіппен iс жүзiнде жүзеге асыру мүмкiн болмаған жағдайларда, авторлық сыйақының ең төмен мөлшерлемелерін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z2165" w:id="394"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z2165" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-10) орындауларды немесе фонограммаларды пайдалану сипатына (жұртшылық алдында, оның iшiнде радиода және телевизияда орындауға, туындыны механикалық, магниттiк немесе өзге де жазба арқылы қайта шығаруға, көшiрмелеуге, орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта қайта шығаруға және басқа да жағдайларға) байланысты мүлiктiк (айрықша) құқықтарды жеке тәртiппен iс жүзiнде жүзеге асыру мүмкiн болмаған жағдайларда орындаушылар мен фонограмма шығарушыларға сыйақының ең төмен мөлшерлемелерін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z2166" w:id="395"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z2166" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-11) мемлекеттік қаржылай қолдау тәртібін, нысандарын, мемлекеттік қаржылай қолдауға жататын жеке кәсіпкерлік субъектілері қызметін жүзеге асыратын экономика саласын (салаларын), мемлекеттік қаржылай қолдау көрсету үшін тартылатын заңды (заңды) тұлғаны (тұлғаларды), қаржылай қолдау мөлшерлерін және мемлекеттік қаржылай қолдау көрсету үшін қажетті басқа да шарттарды келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z2167" w:id="396"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z2167" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-12) мемлекеттік қаржылай қолдау тәртібін, нысандарын, мемлекеттік қаржылай қолдауға жататын жеке кәсіпкерлік субъектілері қызметін жүзеге асыратын экономика саласын (салаларын), мемлекеттік қаржылай қолдау көрсету үшін тартылатын заңды (заңды) тұлғаны (тұлғаларды), қаржылай қолдау мөлшерлерін және мемлекеттік қаржылай қолдау көрсету үшін қажетті басқа да шарттарды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkEnd w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-13) жеке кәсіпкерлік субъектілеріне бірнеше салалық мемлекеттік органның құзыретіне жататын экономиканың әртүрлі салаларында ұсынылатын мемлекеттік қаржылай және мүліктік қолдау тәртібін, нысандарын, мөлшерін және оларға қолдау көрсетуге қажетті басқа да шарттарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12082,730 +13106,730 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-15) реттеуші мемлекеттік органдар айқындайтын реттеушілік актілерге кейіннен талдау жүргізу мерзімдерін келісу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-16) энергия беруші ұйымдар күнтізбелік бір жылда бір тұтынушыға шаққанда ажырату санының орташа көрсеткішінен және күнтізбелік бір жылда бір тұтынушыға шаққанда ажырату ұзақтығының орташа көрсеткішінен асырған жағдайда тұтынушы пайдаланған электр энергиясы үшін бұрын жүргізілген соманы қайта есептеу және (немесе) қайтару арқылы электр қондырғыларының белгіленген қуаты 200 кВт-қа дейінгі кәсіпкерлік субъектілеріне автоматты түрде өтеу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2257" w:id="397"/>
+    <w:bookmarkStart w:name="z2257" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-17) сыйақы түрлерін, оның мөлшерлемелерін айқындау және белгілеу тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z1983" w:id="398"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z1983" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) лицензияны және (немесе) лицензияға қосымшаны, лицензия нысанын және (немесе) лицензияға қосымшаны алу және қайта ресімдеу үшін өтініштер нысандарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z1984" w:id="399"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z1984" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) Министрлік реттейтін саладағы мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z1985" w:id="400"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z1985" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) Министрлік құзыреті шегінде жеке және заңды тұлғалардың қызметіне бақылау мен қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z1986" w:id="401"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z1986" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) орталық және жергілікті атқарушы органдардың тиісті салада (аяда) мемлекеттік саясатты іске асыру жөніндегі қызметін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z1987" w:id="402"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z1987" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) қоғамдық кеңес құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z1988" w:id="403"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z1988" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) қоғамдық кеңестің ұсынымдарын қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z1989" w:id="404"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z1989" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) қоғамдық кеңесті қалыптастыру жөніндегі жұмыс тобының құрамындағы өкілдіктің дербес құрамын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z1990" w:id="405"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z1990" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) қоғамдық кеңесті қалыптастыру жөніндегі жұмыс тобының құрамын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z1991" w:id="406"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z1991" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) қоғамдық кеңесті қалыптастыру жөніндегі жұмыс тобының құрамындағы өкілдік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z1992" w:id="407"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z1992" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) қоғамдық кеңестің қызметін ұйымдық қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z1993" w:id="408"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z1993" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) министрліктердің өкілеттіктеріне жататын мәселелер бойынша орталық және жергілікті атқарушы органдардың қызметін бақылау және қадағалау функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z1994" w:id="409"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z1994" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) Министрліктің құзыреті шегінде стратегиялық, реттеушілік, іске асыру және бақылау-қадағалау функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z1995" w:id="410"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z1995" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) реттелетін саладағы тәуекелдерді басқаруды бағалау жүйесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z1996" w:id="411"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z1996" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) жұмыстың сапасы мен өнімділігін арттыру мақсатында өз қызметінің бағыттары бойынша ішкі бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z1997" w:id="412"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z1997" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) Министрлікте, ведомствода және оның аумақтық бөлімшелерінде, ведомстволық бағынысты ұйымдарда басқару жүйесінің жұмыс істеуін бағалауды ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z1998" w:id="413"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z1998" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) Мемлекеттік-жекешелік әріптестікті дамыту орталығын мемлекеттік-жекешелік әріптестік жобаларының іске асырылуын бағалауды, жекеше әріптесті айқындау бойынша тікелей келіссөздер кезінде мемлекеттік-жекешелік әріптестік жобасына бизнес-жоспарға, бағдарламалық мемлекеттік-жекешелік әріптестік шеңберінде үлгілік конкурстық құжаттама негізінде бекітілетін конкурстық құжаттаманы қоспағанда, мемлекеттік-жекешелік әріптестік жобасының конкурстық (аукциондық) құжаттамасына сараптамалар жүргізу үшін, оның ішінде оларға тиісті өзгерістер және (немесе) толықтырулар енгізу кезінде тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z2168" w:id="414"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z2168" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216-1) Мемлекеттік-жекешелік әріптестікті дамыту орталығының мақсаттарын, міндеттерін және қызмет түрлерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z2258" w:id="415"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z2258" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       216-2) мемлекеттік-жекешелік әріптестік жобаларын консультативтік сүйемелдеуді, сондай-ақ "Мемлекеттік-жекешелік әріптестік туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8) тармақшасына сәйкес сараптама жасауды жүзеге асыратын заңды тұлғаларды аккредиттеуді жүзеге асыру және аккредиттеу туралы куәліктен айыру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z2259" w:id="416"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z2259" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       216-3) мемлекеттік-жекешелік әріптестік жобаларын консультативтік сүйемелдеуді, сондай-ақ "Мемлекеттік-жекешелік әріптестік туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сараптама жасауды жүзеге асыратын адамдарды аккредиттеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z2260" w:id="417"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z2260" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216-4) мемлекет кепілгерлігін беру тәртібін, сондай-ақ мемлекет кепілгерлігі шартының нысанын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z1999" w:id="418"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z1999" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) республикалық мемлекеттік-жекешелік әріптестік жобалары бойынша, сондай-ақ республикалық және жергілікті ерекше маңызды мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік-жекешелік әріптестік жобасының конкурстық (аукциондық) құжаттамасын, оның ішінде оған тиісті өзгерістер және (немесе) толықтырулар енгізілген кезде келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z2124" w:id="419"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z2124" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-1) мемлекеттік-жекешелік әріптестік жобасының конкурстық құжаттамасына сараптама жүргізу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z2125" w:id="420"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z2125" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-2) мемлекеттік-жекешелік әріптестік жобаларын іске асыру жөніндегі ұсыныстарды қалыптастыру үшін әлеуметтік-экономикалық міндеттердің тізбесін қалыптастыру және жариялау тәртібін және мемлекеттік-жекешелік әріптестіктің жоспарланатын және іске асырылатын жобаларын ақпараттық қамтамасыз ету, оның ішінде мемлекеттік-жекешелік әріптестік веб-порталын пайдалану арқылы тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z2126" w:id="421"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z2126" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-3) мемлекеттік-жекешелік әріптестік объектілерінің оларға қатысты жекеше әріптесті айқындау жөніндегі конкурс жабық болуы мүмкін тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z2127" w:id="422"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z2127" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-4) тиісті саланың орталық уәкілетті органдары, жергілікті атқарушы органдар мемлекеттік бекітетін жеке бастаманы іске асыру шеңберінде конкурстық (аукциондық) құжаттаманы келісу және сараптау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z2128" w:id="423"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z2128" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-5) тиісті саланың орталық уәкілетті мемлекеттік органдары, жергілікті атқарушы органдар бекітетін жекеше бастаманы іске асыру шеңберіндегі конкурстық (аукциондық) құжаттаманы келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z2261" w:id="424"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z2261" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       217-6) "Мемлекеттік-жекешелік әріптестік туралы" Қазақстан Республикасы Заңының 31-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, жекеше әріптесті айқындау жөніндегі конкурс (аукцион) тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z2000" w:id="425"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z2000" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) мемлекеттік-жекешелік әріптестіктің әртүрлі кезеңдерінде туындайтын тәуекелдердің болжамды тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z2001" w:id="426"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z2001" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) мемлекеттік-жекешелік әріптестік жобаларын жоспарлау, жекеше әріптесті айқындау жөнінде конкурс (аукцион) және тікелей келіссөздер жүргізу, мемлекеттік-жекешелік әріптестік шарттарының мониторингін жүргізу, мемлекеттік-жекешелік әріптестік жобаларының іске асырылу мониторингін жүргізу және бағалау мәселелерін қамтитын мемлекеттік-жекешелік әріптестік жобаларын жоспарлау және іске асыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z2262" w:id="427"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z2262" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219-1) жекеше әріптесті айқындау бойынша тікелей келіссөздер кезінде республикалық мемлекеттік-жекешелік әріптестік жобасының конкурстық (аукциондық) құжаттамасына салалық қорытындыны, мемлекеттік-жекешелік әріптестік жобасына бизнес-жоспар дайындауды жүзеге асыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkEnd w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12834,190 +13858,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2129" w:id="428"/>
+    <w:bookmarkStart w:name="z2129" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-1) салаларды (аяны) дамыту тұжырымдамалары, ұлттық жобалар шеңберінде жекеше әріптесті айқындаудың және мемлекеттік-жекешелік әріптестік шартын жасасудың тиісті саланың мемлекеттік органы әзірлеген тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z2130" w:id="429"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z2130" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-2) мемлекеттік-жекешелік әріптестік жобаларының әлеуметтік-экономикалық тиімділігін бағалау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z2131" w:id="430"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z2131" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-3) мемлекеттік-жекешелік әріптестік жобаларын бөлу және олардың тәуекелдерін бағалау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z2132" w:id="431"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z2132" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-4) мемлекеттік-жекешелік әріптестік жобалары бойынша шарттық мемлекеттік міндеттемелерді есепке алу әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z2003" w:id="432"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z2003" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) мемлекеттік-жекешелік әріптестік объектілерін мемлекеттік меншікке қабылдау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z2004" w:id="433"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z2004" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) соттардың заңды күшіне енген шешімдері негізінде қалыптастырылатын жосықсыз әлеуетті жекеше әріптестердің тізбесін жүргізу және бұл тізбені өзінің интернет-ресурсында орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z2005" w:id="434"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z2005" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) мемлекеттік-жекешелік әріптестік жобасын ерекше маңызды мемлекеттік-жекешелік әріптестік жобасына жатқызу өлшемшарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkEnd w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13046,250 +14070,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2133" w:id="435"/>
+    <w:bookmarkStart w:name="z2133" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224-1) мемлекеттік-жекешелік әріптестік веб-порталының операторын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z2263" w:id="436"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z2263" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224-2) мемлекеттік-жекешелік әріптестік веб-порталын пайдалану қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z2007" w:id="437"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z2007" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) тиісті кезеңге арналған мемлекеттік кепілдікпен мемлекеттік емес қарыздардың қаражаты есебінен қаржыландыруға ұсынылатын инвестициялық жобалардың және (немесе) инвестициялық бағдарламалардың тізбесін қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z2008" w:id="438"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z2008" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) өңірлердің инвестициялық тартымдылығын бағалау әдістемесін және біріздендірілген инвестициялық стандартты әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z2009" w:id="439"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z2009" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) жергілікті өзін-өзі басқарудың аумақтық кеңестері туралы үлгілік ережені бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z2010" w:id="440"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z2010" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) өзін-өзі реттейтін ұйымдардың тізілімін жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z2011" w:id="441"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z2011" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) тиісті саладағы (аядағы) өзін-өзі реттейтін ұйымдардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z2012" w:id="442"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z2012" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) міндетті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттарын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z2013" w:id="443"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z2013" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) тиісті салада немесе мемлекеттік басқару саласында өзін-өзі реттеу мәселелері бойынша нормативтік құқықтық актілердің жобаларын әзірлеу және келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z2195" w:id="444"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z2195" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231-1) ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйыммен қызмет нәтижелерін тану туралы келісім жасасу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkEnd w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13318,410 +14342,526 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2015" w:id="445"/>
+    <w:bookmarkStart w:name="z2015" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) реттеуші мемлекеттік органдарға реттеушілік әсерді талдауды жүзеге асыру мәселелері бойынша әдістемелік көмек көрсету және олардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z2016" w:id="446"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z2016" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) реттеушілік әсерге баламалы талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z2017" w:id="447"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z2017" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) ашық деректердің интернет-порталында қазақ және орыс тілдерінде ақпарат орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z2018" w:id="448"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z2018" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) ашық бюджеттердің интернет-порталында ақпарат орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z2019" w:id="449"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z2019" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) ашық нормативтік құқықтық актілердің интернет-порталында ақпарат орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z2020" w:id="450"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z2020" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) ашық бюджеттердің интернет-порталында ақпарат орналастыру тәртібін белгілейтін нормативтік құқықтық актіні келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z2021" w:id="451"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z2021" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) ақпараттың сапасына және уақтылы берілуіне ішкі бақылау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z2022" w:id="452"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z2022" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық мүлкінің құрамына берілетін аудандық коммуналдық мүліктің үлгілік тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z2023" w:id="453"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z2023" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың және олардың еншілес, тәуелді және Қазақстан Республикасының Үкіметі бекітетін тізбе бойынша олармен үлестес болып табылатын өзге де заңды тұлғалардың активтерін бәсекелес ортаға беруден Қазақстан Республикасының Ұлттық қорына түсетін түсімдердің тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z2111" w:id="454"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z2111" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241-1) мемлекеттік активтер мен квазимемлекеттік секторды басқару жөніндегі ұлттық баяндаманы қалыптастыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z2169" w:id="455"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z2169" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       241-2) дауыс беретін акцияларының елу пайыздан астамы меншік немесе сенімгерлік басқару құқығымен ұлттық басқарушы холдингке тиесілі, оларға қатысты "Инвестициялық және венчурлік қорлар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қолданылмайтын ұйымдардың тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z2024" w:id="456"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 241-2) тармақшамен толықтыру көзделген - ҚР Үкіметінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 886</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2024" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) квазимемлекеттік сектордың сыртқы қарыздарының көлемін келісу қағидаларын бюджетті атқару жөніндегі орталық уәкілетті органмен бірлесіп бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z2025" w:id="457"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z2025" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты туралы үлгі ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z2170" w:id="458"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z2170" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       243-1) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының 18-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген әлеуметтік қолдау шараларын ұсыну тәртібі мен мөлшерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z2026" w:id="459"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z2026" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244) жергілікті қоғамдастық жиналысының үлгі регламентін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z2027" w:id="460"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z2027" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) Қазақстан Республикасының Үкіметі мен халықаралық қаржы ұйымдары арасындағы әріптестік туралы негіздемелік келісімдер шеңберінде халықаралық қаржы ұйымдарымен бірлесіп жүзеге асырылатын Қазақстан Республикасының орнықты дамуы мен өсуіне жәрдемдесу жөніндегі жобаларды іріктеу және үйлестіру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkEnd w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13750,550 +14890,590 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2029" w:id="461"/>
+    <w:bookmarkStart w:name="z2029" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) Қазақстан Республикасының Үкіметі мен Халықаралық Қайта Құру және Даму Банкі іске асыратын Бірлескен экономикалық зерттеулер бағдарламасын іске асыру жөніндегі әдістемелік ұсынымды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z2030" w:id="462"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z2030" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстарды дайындау және уәкілетті органға енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z2031" w:id="463"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z2031" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z2032" w:id="464"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z2032" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z2033" w:id="465"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z2033" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z2034" w:id="466"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z2034" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) сыртқы (көрнекі) жарнаманы елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте, жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнде, елді мекендерден тыс үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнен тыс жерлерде орналастыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z2035" w:id="467"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z2286" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      252-1) "Жарнама туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсаттарына және Қазақстан Республикасының заңнамасына сәйкес жарнама саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z2035" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z2036" w:id="468"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z2036" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254) мәдени, спорттық және спорттық-бұқаралық іс-шаралардың афишаларын орналастыру үшін арнайы бөлінген орындар тізбесін бекіту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z2037" w:id="469"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z2037" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z2038" w:id="470"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z2038" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) Қазақстан Республикасының жұмылдыру жоспарын және тиісті кезеңге арналған тауарларды өндіру, жұмыстарды орындау және қызметтер көрсету жоспарын мемлекеттік органдардың қатысуымен әзірлеу, мемлекеттік органдардың, облыстар, республикалық маңызы бар қалалар мен астана әкімдіктерінің жұмылдыру жоспарларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z2039" w:id="471"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z2039" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) мемлекеттік органдардың жұмылдыру даярлығы саласындағы қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z2040" w:id="472"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z2040" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) жұмылдыру даярлығы және жұмылдыру саласында ғылыми және әдістемелік қамтамасыз етуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z2041" w:id="473"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z2041" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) жұмылдыру органдары мамандарының біліктілігін арттыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z2042" w:id="474"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z2042" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) жұмылдыру тапсырыстары бар ұйымдар банкрот болған, қайта ұйымдастырылған, таратылған, олардың жұмыс бейіні өзгерген кезде мемлекеттік органдардың ұсынуы бойынша Қазақстан Республикасының Үкіметіне белгіленген жұмылдыру тапсырыстарын алып тастау және беру туралы ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z2043" w:id="475"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z2043" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) Қазақстан Республикасында жұмылдыру даярлығы және жұмылдыру қағидалары мен Қазақстан Республикасының Үкіметіне жыл сайынғы баяндамада белгіленген тәртіппен Қазақстан Республикасының жұмылдыру дайындығын бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z2044" w:id="476"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z2044" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) әскери-экономикалық және командалық-штабтық оқулар өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z2045" w:id="477"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z2045" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) мемлекеттік органдар мен ұйымдардың әскери міндеттілерді броньдау бойынша жұмысын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z2046" w:id="478"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z2046" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) жұмылдыру дайындығы мен жұмылдыру саласында мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z2171" w:id="479"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z2171" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264-1) жұмылдыру органдары туралы үлгілік ережені бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z2172" w:id="480"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z2172" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264-2) жұмылдыру, соғыс жағдайы кезеңінде және соғыс уақытында Қазақстан Республикасының аумағындағы әскери-көліктік міндеттілік қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z2173" w:id="481"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z2173" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264-3) экономика салаларынан Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың, арнаулы мемлекеттік органдардың жұмылдыру қажеттіліктерін айқындау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z2047" w:id="482"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z2047" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) қару-жарақ пен әскери техника бұйымдарына, аса маңызды азаматтық өнімдерге арналған техникалық құжаттаманың, сондай-ақ қатері жоғары объектілерге, халықтың тіршілігін қамтамасыз ету жүйелеріне және ұлттық игілік болып табылатын объектілерге арналған жобалық құжаттаманың сақтандыру қорын жасау және сақтау саласындағы қызметті үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z2048" w:id="483"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z2048" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) қару-жарақ пен әскери техника бұйымдарына, аса маңызды азаматтық өнімдерге арналған техникалық құжаттаманың, сондай-ақ қатерлілігі жоғары объектілерге, халықтың тіршілігін қамтамасыз ету жүйелері мен ұлттық игілік болып табылатын объектілерге арналған жобалық құжаттаманың сақтандыру қорын жасау, сақтау мен пайдалану қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z2049" w:id="484"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z2049" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) Қазақстан Республикасының Үкіметін хабардар ету мақсатында жарты жылдың қорытындысы бойынша – есепті жылдың 25 шілдесіне дейін, жылдың қорытындысы бойынша есепті жылдан кейінгі жылдың 25 қаңтарына дейін мемлекеттік материалдық резервтің материалдық құндылықтарын, жұмылдыру резервінің дәрілік заттары мен медициналық бұйымдарын, азық-түлік тауарларын есепке алу жөнінде ақпарат жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z2050" w:id="485"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z2050" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) Министрліктің құзыреті шегінде консультативтік-кеңесші органдар қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14450,430 +15630,430 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2054" w:id="486"/>
+    <w:bookmarkStart w:name="z2054" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) ақпараттандыру саласындағы басшылықты жүзеге асыратын орталық уәкілетті органмен бірлесіп, Қазақстан Республикасының Ұлттық кәсіпкерлер палатасымен келісу бойынша мемлекеттік органдар мен ұйымдардың бизнес-әріптестердің тізілімімен интеграциялануға жататын ақпараттандыру объектілерінің тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z2055" w:id="487"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z2055" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) бизнес-әріптестердің тізілімін жасау, жүргізу және пайдалану тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z2174" w:id="488"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z2174" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273-1) Қазақстан Республикасының Ұлттық кәсіпкерлер палатасына төленетін міндетті мүшелік жарналардың шекті мөлшерлерін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z2056" w:id="489"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z2056" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) зерттеулердің, консалтингтік көрсетілетін қызметтердің құнын белгілеу тәртібін бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z2264" w:id="490"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z2264" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274-1) мемлекеттік тапсырманың құнын белгілеу тәртібін бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z2265" w:id="491"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z2265" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274-2) ведомстволық бюджет комиссиясын құру, оның жұмыс органын айқындау және ол туралы ережені, құзыреті мен құрамын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z2057" w:id="492"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z2057" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) бюджеттік субсидиялардың экономикалық әсерін айқындау тәртібін бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z2088" w:id="493"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z2088" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-1) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z2089" w:id="494"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z2089" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-2) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z2090" w:id="495"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z2090" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-3) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың асырылуы жөнінде ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z2091" w:id="496"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z2091" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-4) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z2092" w:id="497"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z2092" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-5) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z2093" w:id="498"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z2093" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-6) өздерінің құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z2094" w:id="499"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z2094" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-7) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z2095" w:id="500"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z2095" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-8) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z2096" w:id="501"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z2096" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-9) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z2097" w:id="502"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z2097" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-10) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z2101" w:id="503"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z2101" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-11) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z2058" w:id="504"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z2058" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) орталық атқарушы органдарға Қазақстан Республикасының Конституциясымен, заңдарымен, Президенті мен Үкіметінің актілерімен жүктелген өзге де функциялар мен бағыттарды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkEnd w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15455,629 +16635,747 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 14.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 627</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+        <w:t xml:space="preserve">; 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қол қойылған күнінен бастап қолданысқа енгізіледі және 01.01.2024 бастап туындаған құқықтық қатынастарға қолданылады); 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 886</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1164</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгiзiледi) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2059" w:id="505"/>
+    <w:bookmarkStart w:name="z2059" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z2060" w:id="506"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z2060" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікті басқаруды бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z2061" w:id="507"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z2061" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z2062" w:id="508"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z2062" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары (бірінші вице-министр, вице-министрлер) болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z2063" w:id="509"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z2063" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z2064" w:id="510"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z2064" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамаға сәйкес Министрлік қызметкерлерін қызметке тағайындайды және қызметтен босатады, өз құзыретіне жататын еңбек қатынастарының мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z2065" w:id="511"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z2065" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ведомстволардың құзыретін және өзге мемлекеттік органдармен өзара іс-қимыл жасау тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z2066" w:id="512"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z2066" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қызметінде өзінің бақылауындағы ведомстволардың басшыларын қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z2067" w:id="513"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z2067" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамалық актілерінде көзделген жағдайларда аппарат басшысымен келісу бойынша ведомстволар басшыларының орынбасарларын лауазымға тағайындайды және лауазымнан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z2068" w:id="514"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z2068" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңнамада белгіленген тәртіппен еңбек қатынастарының мәселелері оның құзыретіне жатқызылған Министрліктің қызметкерлеріне тәртіптік жаза мен көтермелеу шараларын қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z2069" w:id="515"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z2069" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ведомстволардың актілерінің әрекетін толық немесе бір бөлігінде тоқтатады немесе тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z2070" w:id="516"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z2070" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Министрдің бұйрықтарына қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkEnd w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2071" w:id="517"/>
+    <w:bookmarkStart w:name="z2071" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z2072" w:id="518"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z2072" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Министрліктің аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z2073" w:id="519"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z2073" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z2074" w:id="520"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z2074" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkEnd w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2075" w:id="521"/>
+    <w:bookmarkStart w:name="z2075" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z2076" w:id="522"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z2076" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрлік өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z2077" w:id="523"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z2077" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z2078" w:id="524"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z2078" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z2079" w:id="525"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z2079" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомствосының қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z2080" w:id="526"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгеріс енгізілді - ҚР Үкіметінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2080" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Экономикалық зерттеулер институты" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z2081" w:id="527"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z2081" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстандық мемлекеттік-жеке меншік әріптестік орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2083" w:id="529"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z2082" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Бәйтерек" ұлттық инвестициялық холдингі" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z2083" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы республикалық мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkEnd w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық экономика министрлігінің "Микрография ғылыми-зерттеу институты" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2084" w:id="530"/>
+    <w:bookmarkStart w:name="z2084" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің мемлекеттік мекемелері – аумақтық бөлімшелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkEnd w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді – ҚР Үкіметінің 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16458,64 +17756,64 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Ұлытау облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1731" w:id="531"/>
+      <w:bookmarkStart w:name="z1731" w:id="567"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkEnd w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16546,611 +17844,611 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекітілген</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1118" w:id="532"/>
+      <w:bookmarkStart w:name="z1118" w:id="568"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің кейбір шешімдеріне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkEnd w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1120" w:id="533"/>
+    <w:bookmarkStart w:name="z1120" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z1121" w:id="534"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z1121" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z1122" w:id="535"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z1122" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Экономикалық даму және сауда министрлігіне" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z1123" w:id="536"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z1123" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Өңірлік даму министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетіне" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z1124" w:id="537"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z1124" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1125" w:id="538"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z1125" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігінің Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитетіне";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z1126" w:id="539"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z1126" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірі 264-9-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z1127" w:id="540"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z1127" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "264-9 "Қазақстанның тұрғын үй-коммуналдық шаруашылығын жаңғырту және дамыту орталығы" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z1128" w:id="541"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z1128" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Бәсекелестікті қорғау агенттігіне (Монополияға қарсы агенттік)" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z1129" w:id="542"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z1129" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z1130" w:id="543"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z1130" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетіне";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1131" w:id="544"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z1131" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Өңірлік даму министрлігіне" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z1132" w:id="545"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z1132" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы бөліммен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z1133" w:id="546"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z1133" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігіне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z1134" w:id="547"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z1134" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       360. "Экономикалық зерттеулер институты" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z1135" w:id="548"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z1135" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       361. "Қазақстандық мемлекеттік-жеке меншік әріптестік орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z1136" w:id="549"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z1136" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362. "Сауда саясатын дамыту орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z1137" w:id="550"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z1137" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       363. "Астана ЭКСПО-2017" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z1138" w:id="551"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z1138" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Күші жойылды - ҚР Үкіметінің 31.08.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 497</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z1148" w:id="552"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z1148" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Күші жойылды - ҚР Үкіметінің 28.08.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 683</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z1209" w:id="553"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z1209" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Күші жойылды - ҚР Үкіметінің 29.08.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 487</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkEnd w:id="589"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17242,420 +18540,420 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1011 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1218" w:id="554"/>
+    <w:bookmarkStart w:name="z1218" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Қазақстан Республикасы Статистика </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>агентігінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қайта аталатын аумақтық органдары – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z1219" w:id="555"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z1219" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ақмола облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Ақмола облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z1220" w:id="556"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z1220" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ақтөбе облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Ақтөбе облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z1221" w:id="557"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z1221" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Алматы облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Алматы облысы Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z1222" w:id="558"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z1222" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Атырау облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Атырау облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z1223" w:id="559"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z1223" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Шығыс Қазақстан облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Шығыс Қазақстан облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z1224" w:id="560"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z1224" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жамбыл облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Жамбыл облысы Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z1225" w:id="561"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z1225" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Батыс Қазақстан облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Батыс Қазақстан облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z1226" w:id="562"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z1226" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қарағанды облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Қарағанды облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z1227" w:id="563"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z1227" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қызылорда облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Қызылорда облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z1228" w:id="564"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z1228" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қостанай облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Қостанай облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z1229" w:id="565"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z1229" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Маңғыстау облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Маңғыстау облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z1230" w:id="566"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z1230" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Павлодар облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Павлодар облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z1231" w:id="567"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z1231" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Солтүстiк Қазақстан облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Солтүстік Қазақстан облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z1232" w:id="568"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z1232" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Оңтүстiк Қазақстан облысының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Оңтүстік Қазақстан облысының Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z1233" w:id="569"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z1233" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Астана қаласының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Астана қаласы Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z1234" w:id="570"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z1234" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Алматы қаласының Статистика департаментi Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті Алматы қаласы Статистика департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkEnd w:id="606"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -17673,5199 +18971,5199 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1235" w:id="571"/>
+          <w:bookmarkStart w:name="z1235" w:id="607"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="571"/>
+          <w:bookmarkEnd w:id="607"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1236" w:id="572"/>
+          <w:bookmarkStart w:name="z1236" w:id="608"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="572"/>
+          <w:bookmarkEnd w:id="608"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1237" w:id="573"/>
+          <w:bookmarkStart w:name="z1237" w:id="609"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2014 жылғы 24 қыркүйектегі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="573"/>
+          <w:bookmarkEnd w:id="609"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1238" w:id="574"/>
+          <w:bookmarkStart w:name="z1238" w:id="610"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 1011 қаулысына </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="574"/>
+          <w:bookmarkEnd w:id="610"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1239" w:id="575"/>
+          <w:bookmarkStart w:name="z1239" w:id="611"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="575"/>
+          <w:bookmarkEnd w:id="611"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1240" w:id="576"/>
+    <w:bookmarkStart w:name="z1240" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің қайта аталатын аумақтық органдары – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z1241" w:id="577"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1241" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z1242" w:id="578"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1242" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Ақкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақкөл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z1243" w:id="579"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1243" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Аршалы аудандық Тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Аршалы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z1244" w:id="580"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z1244" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Астрахан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Астрахан аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z1245" w:id="581"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1245" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Атбасар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Атбасар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z1246" w:id="582"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1246" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Бұланды аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Бұланды аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z1247" w:id="583"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1247" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Егіндікөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Егіндікөл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z1248" w:id="584"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z1248" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы тұтынушылардың құқықтарын қорғау департаменті Еңбекшілдер аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Еңбекшілдер аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z1249" w:id="585"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z1249" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Ерейментау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Ерейментау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z1250" w:id="586"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1250" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z1251" w:id="587"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z1251" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Жақсы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Жақсы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z1252" w:id="588"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z1252" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Жарқайың аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Жарқайың аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z1253" w:id="589"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z1253" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Зеренді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Зеренді аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z1254" w:id="590"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1254" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Қорғалжын аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Қорғалжын аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z1255" w:id="591"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1255" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Сандықтау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Сандықтау аудандық тұтынушылардың құқықтарын қорғау басқармасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z1256" w:id="592"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z1256" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Степногорск аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Степногорск аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z1257" w:id="593"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z1257" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Көкшетау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Көкшетау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z1258" w:id="594"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z1258" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Целиноград аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Целиноград аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z1259" w:id="595"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z1259" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Шортанды аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Шортанды аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z1260" w:id="596"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z1260" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақмола облысы Тұтынушылардың құқықтарын қорғау департаменті Бурабай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақмола облысы Тұтынушылардың құқықтарын қорғау департаментінің Бурабай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z1261" w:id="597"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z1261" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z1262" w:id="598"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z1262" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Ақтөбе қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтөбе қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z1263" w:id="599"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z1263" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Әйтеке би аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Әйтеке би аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z1264" w:id="600"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z1264" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Алға аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Алға аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z1265" w:id="601"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z1265" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Байғанин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Байғанин аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z1266" w:id="602"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z1266" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Ырғыз аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Ырғыз аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z1267" w:id="603"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z1267" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Қарғалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарғалы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z1268" w:id="604"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z1268" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Қобда аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Қобда аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z1269" w:id="605"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z1269" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Мәртөк аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Мәртөк аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z1270" w:id="606"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z1270" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Мұғалжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Мұғалжар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z1271" w:id="607"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z1271" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Темір аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Темір аудандық тұтынушылардың құқықтарын қорғау басқармасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z1272" w:id="608"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z1272" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Ойыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Ойыл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z1273" w:id="609"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z1273" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Хромтау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Хромтау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z1274" w:id="610"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z1274" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаменті Шалқар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Ақтөбе облысы Тұтынушылардың құқықтарын қорғау департаментінің Шалқар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z1275" w:id="611"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z1275" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z1276" w:id="612"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z1276" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Ақсу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақсу аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z1277" w:id="613"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z1277" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Алакөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Алакөл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z1278" w:id="614"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z1278" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Балқаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Балқаш аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z1279" w:id="615"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z1279" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Еңбекшіқазақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Еңбекшіқазақ аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z1280" w:id="616"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z1280" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Ескелді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Ескелді аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z1281" w:id="617"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z1281" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z1282" w:id="618"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z1282" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Іле аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Іле аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z1283" w:id="619"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z1283" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Қарасай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарасай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z1284" w:id="620"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z1284" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Қаратал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаратал аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z1285" w:id="621"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z1285" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Кербұлақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Кербұлақ аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z1286" w:id="622"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z1286" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Көксу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Көксу аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z1287" w:id="623"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z1287" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Панфилов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Панфилов аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z1288" w:id="624"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z1288" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Райымбек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Райымбек аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z1289" w:id="625"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z1289" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Сарқант аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарқант аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z1290" w:id="626"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z1290" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Талғар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Талғар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z1291" w:id="627"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z1291" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Ұйғыр аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұйғыр аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z1292" w:id="628"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z1292" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Қапшағай қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Қапшағай қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z1293" w:id="629"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z1293" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Талдықорған қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Талдықорған қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z1294" w:id="630"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z1294" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы облысы Тұтынушылардың құқықтарын қорғау департаменті Текелі қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы облысы Тұтынушылардың құқықтарын қорғау департаментінің Текелі қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z1295" w:id="631"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z1295" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z1296" w:id="632"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z1296" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Атырау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Атырау қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z1297" w:id="633"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z1297" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Жылыой аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Жылыой аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z1298" w:id="634"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z1298" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Индер аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Индер аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z1299" w:id="635"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z1299" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Исатай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Исатай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z1300" w:id="636"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z1300" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Қызылқоға аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылқоға аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z1301" w:id="637"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z1301" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Құрманғазы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Құрманғазы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z1302" w:id="638"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z1302" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Мақат аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Мақат аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z1303" w:id="639"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z1303" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау облысы Тұтынушылардың құқықтарын қорғау департаменті Махамбет аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Атырау облысы Тұтынушылардың құқықтарын қорғау департаментінің Махамбет аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z1304" w:id="640"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z1304" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z1305" w:id="641"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z1305" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Өскемен қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Өскемен қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z1306" w:id="642"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z1306" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Семей қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Семей қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z1307" w:id="643"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z1307" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Аягөз қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Аягөз қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z1308" w:id="644"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z1308" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Абай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Абай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z1309" w:id="645"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z1309" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Бесқарағай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бесқарағай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z1310" w:id="646"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z1310" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Бородулиха аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бородулиха аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z1311" w:id="647"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z1311" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Глубокое аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Глубокое аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z1312" w:id="648"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z1312" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Жарма аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жарма аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z1313" w:id="649"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1313" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Зайсан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Зайсан аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z1314" w:id="650"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1314" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Зырян аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Зырян аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z1315" w:id="651"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1315" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Катон-Қарағай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Катон-Қарағай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z1316" w:id="652"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z1316" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Көкпекті аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Көкпекті аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z1317" w:id="653"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z1317" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Курчатов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Курчатов аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z1318" w:id="654"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1318" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Күршім аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Күршім аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z1319" w:id="655"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1319" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Риддер қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Риддер қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z1320" w:id="656"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1320" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Тарбағатай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тарбағатай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z1321" w:id="657"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1321" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Ұлан аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұлан аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z1322" w:id="658"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z1322" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Үржар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Үржар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z1323" w:id="659"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z1323" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Шемонаиха аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Шығыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шемонаиха аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z1324" w:id="660"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z1324" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z1325" w:id="661"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z1325" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Тараз қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Тараз қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z1326" w:id="662"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z1326" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Байзақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Байзақ аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z1327" w:id="663"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z1327" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Т. Рысқұлов атындағы ауданының тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Т. Рысқұлов атындағы ауданының тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z1328" w:id="664"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z1328" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z1329" w:id="665"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z1329" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Жуалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Жуалы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z1330" w:id="666"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z1330" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Қордай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Қордай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z1331" w:id="667"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z1331" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Мерке аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Мерке аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z1332" w:id="668"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z1332" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Мойынқұм аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Мойынқұм аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z1333" w:id="669"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z1333" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Сарысу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарысу аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z1334" w:id="670"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z1334" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Талас аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Талас аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z1335" w:id="671"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z1335" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаменті Шу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Жамбыл облысы Тұтынушылардың құқықтарын қорғау департаментінің Шу аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z1336" w:id="672"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z1336" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z1337" w:id="673"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z1337" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Орал қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Орал қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z1338" w:id="674"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z1338" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Ақжайық аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақжайық аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z1339" w:id="675"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1339" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Бөкейорда аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бөкейорда аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z1340" w:id="676"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z1340" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Бөрлі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бөрлі аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z1341" w:id="677"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z1341" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Жаңақала аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңақала аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z1342" w:id="678"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z1342" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Жәнібек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы тұтынушылардың құқықтарын қорғау департаментінің Жәнібек аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z1343" w:id="679"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z1343" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Зеленов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Зеленов аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z1344" w:id="680"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z1344" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Казталов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Казталов аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z1345" w:id="681"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z1345" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаратөбе аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаратөбе аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z1346" w:id="682"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z1346" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырым аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырым аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z1347" w:id="683"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z1347" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тасқала аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тасқала аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z1348" w:id="684"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z1348" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Теректі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Теректі аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z1349" w:id="685"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z1349" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шыңғырлау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Батыс Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шыңғырлау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z1350" w:id="686"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z1350" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z1351" w:id="687"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z1351" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Абай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Абай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z1352" w:id="688"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z1352" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z1353" w:id="689"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z1353" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Бұқар жырау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Бұқар жырау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z1354" w:id="690"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z1354" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z1355" w:id="691"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z1355" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарқаралы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарқаралы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z1356" w:id="692"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z1356" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Қазыбек би атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Қазыбек би атындағы ауданның тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z1357" w:id="693"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z1357" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Октябрь ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарағанды қаласы Октябрь ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z1358" w:id="694"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z1358" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Нұра аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Нұра аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z1359" w:id="695"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z1359" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Осакаров аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Осакаров аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z1360" w:id="696"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z1360" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұлытау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұлытау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z1361" w:id="697"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z1361" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шет аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шет аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z1362" w:id="698"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z1362" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Балқаш қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Балқаш қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z1363" w:id="699"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z1363" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жезқазған қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Жезқазған қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z1364" w:id="700"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z1364" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаражал қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Қаражал қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z1365" w:id="701"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z1365" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Приозерск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Приозерск қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z1366" w:id="702"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z1366" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Саран қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Саран қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z1367" w:id="703"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z1367" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Сәтбаев қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Сәтбаев қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z1368" w:id="704"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z1368" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Теміртау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Теміртау қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z1369" w:id="705"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z1369" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шахтинск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қарағанды облысы Тұтынушылардың құқықтарын қорғау департаментінің Шахтинск қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z1370" w:id="706"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z1370" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Қостанай облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z1371" w:id="707"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z1371" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Алтынсарин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Алтынсарин аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z1372" w:id="708"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z1372" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Амангелді аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Амангелді аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z1373" w:id="709"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z1373" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Әулиекөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Әулиекөл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z1374" w:id="710"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z1374" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Денисов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Денисов аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z1375" w:id="711"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z1375" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жангелдин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жангелдин аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z1376" w:id="712"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z1376" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жітіқара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Жітіқара аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z1377" w:id="713"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z1377" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қамысты аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қамысты аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z1378" w:id="714"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z1378" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарабалық аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарабалық аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z1379" w:id="715"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z1379" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарасу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарасу аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z1380" w:id="716"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z1380" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Меңдіқара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Меңдіқара аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z1381" w:id="717"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z1381" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Наурызым аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Наурызым аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z1382" w:id="718"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z1382" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыкөл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z1383" w:id="719"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z1383" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Таранов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Таранов аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z1384" w:id="720"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z1384" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұзынкөл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Ұзынкөл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z1385" w:id="721"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z1385" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Федоров аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Федоров аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z1386" w:id="722"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z1386" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Арқалық аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Арқалық аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z1387" w:id="723"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z1387" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z1388" w:id="724"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z1388" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Қостанай қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z1389" w:id="725"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z1389" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Лисаковск қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Лисаковск қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z1390" w:id="726"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z1390" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Рудный қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қостанай облысы Тұтынушылардың құқықтарын қорғау департаментінің Рудный қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z1391" w:id="727"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z1391" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z1392" w:id="728"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z1392" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Арал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Арал аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z1393" w:id="729"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z1393" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазалы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазалы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z1394" w:id="730"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z1394" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қармақшы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қармақшы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z1395" w:id="731"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z1395" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жалағаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жалағаш аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z1396" w:id="732"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z1396" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырдария аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Сырдария аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z1397" w:id="733"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z1397" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Шиелі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Шиелі аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z1398" w:id="734"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z1398" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңақорған аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңақорған аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z1399" w:id="735"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z1399" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылорда қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Қызылорда облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылорда қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z1400" w:id="736"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z1400" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z1401" w:id="737"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z1401" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтау қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z1402" w:id="738"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z1402" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаөзен қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Жаңаөзен қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z1403" w:id="739"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z1403" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z1404" w:id="740"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z1404" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Түпқараған аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Түпқараған аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z1405" w:id="741"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z1405" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Бейнеу аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Бейнеу аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z1406" w:id="742"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z1406" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарақия аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Қарақия аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z1407" w:id="743"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z1407" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Мұнайлы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Маңғыстау облысы Тұтынушылардың құқықтарын қорғау департаментінің Мұнайлы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z1408" w:id="744"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z1408" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z1409" w:id="745"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z1409" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z1410" w:id="746"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z1410" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақсу қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақсу қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z1411" w:id="747"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z1411" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Екібастұз қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Екібастұз қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z1412" w:id="748"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z1412" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Баянауыл қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Баянауыл қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z1413" w:id="749"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z1413" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігі Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақтоғай аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z1414" w:id="750"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z1414" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       174. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Железин аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Железин аудандық тұтынушылардың құқықтарын қорғау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z1415" w:id="751"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z1415" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ертіс аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Ертіс аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z1416" w:id="752"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z1416" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Қашыр аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Қашыр аудандық тұтынушылардың құқықтарын қорғау басқармасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z1417" w:id="753"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z1417" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Лебяжі аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Лебяжі аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z1418" w:id="754"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z1418" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Май аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Май аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z1419" w:id="755"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z1419" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар аудандық тұтынушылардың құқықтарын қорғау басқармасы - Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Павлодар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1420" w:id="756"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z1420" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Успен аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Успен аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1421" w:id="757"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z1421" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Шарбақты аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Павлодар облысы Тұтынушылардың құқықтарын қорғау департаментінің Шарбақты аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1422" w:id="758"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z1422" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1423" w:id="759"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z1423" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Петропавл қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Петропавл қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z1424" w:id="760"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z1424" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Айыртау аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Айыртау аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z1425" w:id="761"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z1425" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ақжар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z1426" w:id="762"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z1426" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Аққайың аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Аққайың аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z1427" w:id="763"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z1427" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ғабит Мүсірепов атындағы ауданның тұтынушылар құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ғабит Мүсірепов атындағы ауданныңтұтынушылар құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z1428" w:id="764"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z1428" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Есіл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z1429" w:id="765"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z1429" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылжар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қызылжар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z1430" w:id="766"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z1430" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мағжан Жұмабаев ауданының тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мағжан Жұмабаев ауданының тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z1431" w:id="767"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z1431" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Жамбыл аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z1432" w:id="768"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z1432" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мамлют аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мамлют аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z1433" w:id="769"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z1433" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тайынша аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тайынша аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z1434" w:id="770"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z1434" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тимирязев аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Тимирязев аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z1435" w:id="771"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z1435" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Уәлиханов аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Уәлиханов аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z1436" w:id="772"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z1436" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шал ақын аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Солтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шал ақын аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z1437" w:id="773"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z1437" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       197. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментіне. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z1438" w:id="774"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z1438" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Арыс аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Арыс қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z1439" w:id="775"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z1439" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бәйдібек аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Бәйдібек аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z1440" w:id="776"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z1440" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазығұрт аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Қазығұрт аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z1441" w:id="777"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z1441" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мақтаарал аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Мақтаарал аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z1442" w:id="778"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z1442" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Отарар аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Отырар аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z1443" w:id="779"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z1443" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ордабасы аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Ордабасы аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z1444" w:id="780"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z1444" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сайрам аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сайрам аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z1445" w:id="781"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z1445" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыағаш аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Сарыағаш аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z1446" w:id="782"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z1446" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Созақ аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Созақ аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z1447" w:id="783"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z1447" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Төле би аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Төле би аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z1448" w:id="784"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z1448" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түлкібас аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түлкібас аудандық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z1449" w:id="785"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z1449" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шардара аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шардара аудандық тұтынушылардың құқықтарын қорғау басқармасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z1450" w:id="786"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z1450" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Абай ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Абай ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z1451" w:id="787"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z1451" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Әл-Фараби аудандық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Әл-Фараби ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z1452" w:id="788"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z1452" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Еңбекші ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Шымкент қаласы Еңбекші ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z1453" w:id="789"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z1453" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Кентау қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Кентау қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z1454" w:id="790"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z1454" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түркістан қалалық тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Оңтүстік Қазақстан облысы Тұтынушылардың құқықтарын қорғау департаментінің Түркістан қалалық тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z1455" w:id="791"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z1455" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласының Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Алматы қаласының Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z1456" w:id="792"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z1456" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       216. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Алатау ауданы тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Алатау ауданы тұтынушылардың құқықтарын қорғау басқармасына. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z1457" w:id="793"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z1457" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласы Тұтынушылардың құқықтарын қорғау департаменті Алматы қаласы Әуезов ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Әуезов ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z1458" w:id="794"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z1458" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласы Тұтынушылардың құқықтарын қорғау департаменті Алматы қаласы Алмалы ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Алмалы ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z1459" w:id="795"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z1459" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласы Тұтынушылардың құқықтарын қорғау департаменті Алматы қаласы Бостандық ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Бостандық ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z1460" w:id="796"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z1460" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласы Тұтынушылардың құқықтарын қорғау департаменті Алматы қаласы Жетісу ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Жетісу ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z1461" w:id="797"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z1461" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласы Тұтынушылардың құқықтарын қорғау департаменті Алматы қаласы Медеу ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Медеу ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z1462" w:id="798"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z1462" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Алматы қаласы Тұтынушылардың құқықтарын қорғау департаменті Алматы қаласы Түрксіб ауданы тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Алматы қаласы Тұтынушылардың құқықтарын қорғау департаментінің Алматы қаласы Түрксіб ауданы тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z1463" w:id="799"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z1463" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Астана қаласы Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Астана қаласының Тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z1464" w:id="800"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z1464" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі Тұтынушылардың құқықтарын қорғау департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z1465" w:id="801"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z1465" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Ақтөбе бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Ақтөбе бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z1466" w:id="802"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z1466" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Алматы бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Алматы бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z1467" w:id="803"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z1467" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атбасар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атбасар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z1468" w:id="804"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z1468" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атырау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Атырау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z1469" w:id="805"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1469" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жамбыл бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жамбыл бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z1470" w:id="806"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1470" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230. Қазақстан Республикасы Көліктегі тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Жаңаарқа бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z1471" w:id="807"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1471" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Защита бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Защита бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z1472" w:id="808"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z1472" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қарағанды бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қарағанды бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z1473" w:id="809"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z1473" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Көкшетау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Көкшетау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z1474" w:id="810"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z1474" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі Тұтынушылардың құқықтарын қорғау департаментінің Қостанай бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қостанай бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z1475" w:id="811"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z1475" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қызылорда бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Қызылорда бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z1476" w:id="812"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z1476" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Маңғыстау бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z1477" w:id="813"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z1477" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Павлодар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы - Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Павлодар бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z1478" w:id="814"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z1478" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Семей бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Семей бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z1479" w:id="815"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z1479" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Орал бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Орал бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z1480" w:id="816"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z1480" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Көліктегі тұтынушылардың құқықтарын қорғау комитетінің Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Шымкент бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитеті Көліктегі тұтынушылардың құқықтарын қорғау департаментінің Шымкент бөлімшелік көліктегі тұтынушылардың құқықтарын қорғау басқармасына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkEnd w:id="852"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -22883,606 +24181,596 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1481" w:id="817"/>
+          <w:bookmarkStart w:name="z1481" w:id="853"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="817"/>
+          <w:bookmarkEnd w:id="853"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1482" w:id="818"/>
+          <w:bookmarkStart w:name="z1482" w:id="854"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="818"/>
+          <w:bookmarkEnd w:id="854"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1483" w:id="819"/>
+          <w:bookmarkStart w:name="z1483" w:id="855"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2014 жылғы 24 қыркүйектегі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="819"/>
+          <w:bookmarkEnd w:id="855"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1484" w:id="820"/>
+          <w:bookmarkStart w:name="z1484" w:id="856"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 1011қаулысына </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="820"/>
+          <w:bookmarkEnd w:id="856"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1485" w:id="821"/>
+          <w:bookmarkStart w:name="z1485" w:id="857"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="821"/>
+          <w:bookmarkEnd w:id="857"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1486" w:id="822"/>
+      <w:bookmarkStart w:name="z1486" w:id="858"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің </w:t>
-      </w:r>
+        <w:t>Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің қайта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қайта</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>аталатын обаға қарсы күрес станциялары – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1488" w:id="823"/>
+    <w:bookmarkStart w:name="z1488" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Арал теңізі обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Арал теңізі обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z1489" w:id="824"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1489" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Ақтөбе обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Ақтөбе обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z1490" w:id="825"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1490" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Атырау обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Атырау обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z1491" w:id="826"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1491" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Жамбыл обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Жамбыл обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z1492" w:id="827"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z1492" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Қызылорда обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Қызылорда обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z1493" w:id="828"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z1493" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Маңғыстау обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Маңғыстау обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z1494" w:id="829"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z1494" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Орал обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Орал обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z1495" w:id="830"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z1495" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Талдықорған обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Талдықорған обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z1496" w:id="831"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z1496" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің Шымкент обаға қарсы күрес станциясы Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Шымкент обаға қарсы күрес станциясына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkEnd w:id="867"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -23500,876 +24788,876 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1497" w:id="832"/>
+          <w:bookmarkStart w:name="z1497" w:id="868"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="832"/>
+          <w:bookmarkEnd w:id="868"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1498" w:id="833"/>
+          <w:bookmarkStart w:name="z1498" w:id="869"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="833"/>
+          <w:bookmarkEnd w:id="869"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1499" w:id="834"/>
+          <w:bookmarkStart w:name="z1499" w:id="870"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2014 жылғы 24 кыркүйектегі  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="834"/>
+          <w:bookmarkEnd w:id="870"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1500" w:id="835"/>
+          <w:bookmarkStart w:name="z1500" w:id="871"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 1011 қаулысына </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="835"/>
+          <w:bookmarkEnd w:id="871"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1501" w:id="836"/>
+          <w:bookmarkStart w:name="z1501" w:id="872"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="836"/>
+          <w:bookmarkEnd w:id="872"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1502" w:id="837"/>
+      <w:bookmarkStart w:name="z1502" w:id="873"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің қайта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkEnd w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аталатын республикалық мемлекеттік кәсіпорындарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1504" w:id="838"/>
+    <w:bookmarkStart w:name="z1504" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Атырау облыстық санитариялық-эпидемиологиялық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Атырау облыстық санитариялық-эпидемиологиялық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z1505" w:id="839"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z1505" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Маңғыстау облыстық санитариялық-эпидемиологиялық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Маңғыстау облыстық санитариялық-эпидемиологиялық сараптама орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z1506" w:id="840"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z1506" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Ақмола облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Ақмола облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z1507" w:id="841"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z1507" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Ақтөбе облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Ақтөбе облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1508" w:id="842"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z1508" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Алматы облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Алматы облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z1509" w:id="843"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z1509" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Шығыс Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Шығыс Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z1510" w:id="844"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z1510" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Жамбыл облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Жамбыл облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z1511" w:id="845"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z1511" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Батыс Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Батыс Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z1512" w:id="846"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z1512" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Қарағанды облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Қарағанды облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z1513" w:id="847"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z1513" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Қостанай облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Қостанай облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z1514" w:id="848"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z1514" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Қызылорда облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Қызылорда облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z1515" w:id="849"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z1515" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Павлодар облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Павлодар облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z1516" w:id="850"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z1516" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Солтүстік Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Солтүстік Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z1517" w:id="851"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z1517" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Оңтүстік Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Оңтүстік Қазақстан облыстық санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z1518" w:id="852"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z1518" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Алматы қаласының санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Алматы қаласының санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z1519" w:id="853"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z1519" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Астана қаласының санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Астана қаласының санитариялық-эпидемиологиялық сараптама орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z1520" w:id="854"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z1520" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Орал қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Орал қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z1521" w:id="855"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z1521" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Петропавл қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Петропавл қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z1522" w:id="856"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z1522" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Алматы қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Алматы қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z1523" w:id="857"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z1523" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Шымкент қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Шымкент қалалық дезинфекция станциясы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z1524" w:id="858"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z1524" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Хамза Жұматов атындағы Гигиена және эпидемиология ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорны – Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Хамза Жұматов атындағы Гигиена және эпидемиология ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z1525" w:id="859"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z1525" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық инфекциялар ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорны – Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық инфекциялар ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z1526" w:id="860"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z1526" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің "Санитариялық-эпидемиологиялық сараптама және мониторинг ғылыми-практикалық орталығы" республикалық мемлекеттік қазыналық кәсіпорны Қазақстан Республикасы Ұлттық экономика министрлігі Тұтынушылардың құқықтарын қорғау комитетінің "Санитариялық-эпидемиологиялық сараптама және мониторинг ғылыми-практикалық орталығы" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkEnd w:id="896"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -24387,399 +25675,399 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1527" w:id="861"/>
+          <w:bookmarkStart w:name="z1527" w:id="897"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="861"/>
+          <w:bookmarkEnd w:id="897"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1528" w:id="862"/>
+          <w:bookmarkStart w:name="z1528" w:id="898"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="862"/>
+          <w:bookmarkEnd w:id="898"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1529" w:id="863"/>
+          <w:bookmarkStart w:name="z1529" w:id="899"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2014 жылғы 24 қыркүйектегі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="863"/>
+          <w:bookmarkEnd w:id="899"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1530" w:id="864"/>
+          <w:bookmarkStart w:name="z1530" w:id="900"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 1011 қаулысына </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="864"/>
+          <w:bookmarkEnd w:id="900"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1531" w:id="865"/>
+          <w:bookmarkStart w:name="z1531" w:id="901"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="865"/>
+          <w:bookmarkEnd w:id="901"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1532" w:id="866"/>
+      <w:bookmarkStart w:name="z1532" w:id="902"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс, тұрғын үй-коммуналдық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkEnd w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шаруашылық істері комитетінің және Қазақстан Республикасы Өңірлік даму</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24787,148 +26075,148 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>министрлігінің Жер ресурстарын басқару комитетінің қайта аталатын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>республикалық мемлекеттік кәсіпорындарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1536" w:id="867"/>
+    <w:bookmarkStart w:name="z1536" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің "Жобаларды мемлекеттiк ведомстводан тыс сараптау" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны ("Мемсараптау РМК") Қазақстан Республикасы Ұлттық экономика министрлігі Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитетінің "Жобаларды мемлекеттік ведомстводан тыс сараптау" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсiпорнына ("Мемсараптама" РМК).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z1537" w:id="868"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z1537" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің "Жер кадастры ғылыми-өндiрiстiк орталығы" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны Қазақстан Республикасы Ұлттық экономика министрлігі Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитетінің "Жер кадастры ғылыми-өндiрiстiк орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттiк кәсiпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z1538" w:id="869"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z1538" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің "Ауыл шаруашылығы аэрофотогеодезиялық іздестіру мемлекеттік институты (АЭІМИ)" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны Қазақстан Республикасы Ұлттық экономика министрлігі Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитетінің "Ауыл шаруашылығы аэрофотогеодезиялық іздестіру мемлекеттік институты (АЭІМИ)" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkEnd w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің "Қазгеодезия" республикалық мемлекеттiк қазыналық кәсiпорны Қазақстан Республикасы Ұлттық экономика министрлігі Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитетінің "Қазгеодезия" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1539" w:id="870"/>
+    <w:bookmarkStart w:name="z1539" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің "Ұлттық картографиялық-геодезиялық қоры" республикалық мемлекеттiк қазыналық кәсiпорны Қазақстан Республикасы Ұлттық экономика министрлігі Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитетінің "Ұлттық картографиялық-геодезиялық қоры" республикалық мемлекеттік қазыналық кәсіпорнына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkEnd w:id="906"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -24946,70 +26234,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1540" w:id="871"/>
+          <w:bookmarkStart w:name="z1540" w:id="907"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="871"/>
+          <w:bookmarkEnd w:id="907"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25074,589 +26362,599 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1542" w:id="872"/>
+          <w:bookmarkStart w:name="z1542" w:id="908"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2014 жылғы 24 қыркүйектегі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="872"/>
+          <w:bookmarkEnd w:id="908"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1543" w:id="873"/>
+          <w:bookmarkStart w:name="z1543" w:id="909"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 1011 қаулысына </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="873"/>
+          <w:bookmarkEnd w:id="909"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1544" w:id="874"/>
+          <w:bookmarkStart w:name="z1544" w:id="910"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="874"/>
+          <w:bookmarkEnd w:id="910"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1545" w:id="875"/>
+    <w:bookmarkStart w:name="z1545" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің аумақтық органдары – мемлекеттік мекемелері мен Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің аумақтық органдары – мемлекеттік мекемелері Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің аумақтық органдары – мемлекеттік мекемелеріне бірігу жолымен қайта ұйымдастырылатын тізбесі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z1546" w:id="876"/>
+        <w:t xml:space="preserve">Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің аумақтық органдары – мемлекеттік мекемелері мен Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің аумақтық органдары – мемлекеттік мекемелері Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің аумақтық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдары – мемлекеттік мекемелеріне бірігу жолымен қайта ұйымдастырылатын тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z1546" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Ақмола облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Ақмола облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Ақмола облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z1547" w:id="877"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z1547" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Ақтөбе облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Ақтөбе облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Ақтөбе облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z1548" w:id="878"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z1548" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Алматы облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Алматы облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Алматы облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z1549" w:id="879"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z1549" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Атырау облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Атырау облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Атырау облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z1550" w:id="880"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z1550" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Шығыс Қазақстан облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Шығыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Шығыс Қазақстан облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z1551" w:id="881"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z1551" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Жамбыл облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Жамбыл облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Жамбыл облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z1552" w:id="882"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z1552" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Батыс Қазақстан облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Батыс Қазақстан облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Батыс Қазақстан облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z1553" w:id="883"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z1553" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Қарағанды облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Қарағанды облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Қарағанды облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z1554" w:id="884"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z1554" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Қостанай облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Қостанай облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Қостанай облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z1555" w:id="885"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z1555" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Қызылорда облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Қызылорда облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Қызылорда облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z1556" w:id="886"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z1556" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Маңғыстау облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Маңғыстау облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Маңғыстау облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z1557" w:id="887"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z1557" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Павлодар облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Павлодар облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Павлодар облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z1558" w:id="888"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z1558" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Солтүстік Қазақстан облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Солтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Солтүстік Қазақстан облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z1559" w:id="889"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z1559" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Оңтүстік Қазақстан облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Оңтүстік Қазақстан облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Оңтүстік Қазақстан облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z1560" w:id="890"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z1560" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Астана қаласы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Астана қаласы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Астана қаласы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z1561" w:id="891"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z1561" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Алматы қаласы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Алматы қаласы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Алматы қаласы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkEnd w:id="927"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -25674,719 +26972,729 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1562" w:id="892"/>
+          <w:bookmarkStart w:name="z1562" w:id="928"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="892"/>
+          <w:bookmarkEnd w:id="928"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1563" w:id="893"/>
+          <w:bookmarkStart w:name="z1563" w:id="929"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="893"/>
+          <w:bookmarkEnd w:id="929"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1564" w:id="894"/>
+          <w:bookmarkStart w:name="z1564" w:id="930"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2014 жылғы 24 кыркүектегі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="894"/>
+          <w:bookmarkEnd w:id="930"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1565" w:id="895"/>
+          <w:bookmarkStart w:name="z1565" w:id="931"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 1011қаулысына</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="895"/>
+          <w:bookmarkEnd w:id="931"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1566" w:id="896"/>
+          <w:bookmarkStart w:name="z1566" w:id="932"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="896"/>
+          <w:bookmarkEnd w:id="932"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1567" w:id="897"/>
+    <w:bookmarkStart w:name="z1567" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің таратылатын аумақтық органдары – мемлекеттік мекемелерінің тізбесі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z1568" w:id="898"/>
+        <w:t xml:space="preserve">Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің таратылатын аумақтық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдары – мемлекеттік мекемелерінің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z1568" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Астана қаласы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z1569" w:id="899"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z1569" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Алматы қаласы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z1570" w:id="900"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z1570" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Ақмола облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z1571" w:id="901"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z1571" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Ақтөбе облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z1572" w:id="902"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z1572" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Алматы облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z1573" w:id="903"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1573" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Атырау облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z1574" w:id="904"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1574" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Шығыс Қазақстан облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z1575" w:id="905"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1575" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Жамбыл облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z1576" w:id="906"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1576" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Батыс Қазақстан облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z1577" w:id="907"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z1577" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Қарағанды облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z1578" w:id="908"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1578" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Қостанай облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z1579" w:id="909"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1579" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Қызылорда облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z1580" w:id="910"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1580" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Маңғыстау облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z1581" w:id="911"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1581" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Павлодар облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z1582" w:id="912"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1582" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Солтүстік Қазақстан облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z1583" w:id="913"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1583" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Оңтүстік Қазақстан облысы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkEnd w:id="949"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26484,128 +27792,128 @@
               <w:t>№ 1011 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1589" w:id="914"/>
+      <w:bookmarkStart w:name="z1589" w:id="950"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkEnd w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>комитетінің таратылатын аумақтық жер инспекциялары –</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1592" w:id="915"/>
+    <w:bookmarkStart w:name="z1592" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің Ақмола облысы бойынша аумақтық жер инспекциясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkEnd w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің Ақтөбе облысы бойынша аумақтық жер инспекциясы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26814,70 +28122,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің Солтүстік Қазақстан облысы бойынша аумақтық жер инспекциясы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің Павлодар облысы бойынша аумақтық жер инспекциясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1593" w:id="916"/>
+    <w:bookmarkStart w:name="z1593" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Өңірлік даму министрлігі Жер ресурстарын басқару комитетінің Шығыс Қазақстан облысы бойынша аумақтық жер инспекциясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkEnd w:id="952"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27177,51 +28485,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1599" w:id="917"/>
+    <w:bookmarkStart w:name="z1599" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27296,212 +28604,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешiмдерiнiң</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тiзбесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z1600" w:id="918"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1600" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., №41, 528-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z1601" w:id="919"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1601" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Статистика агенттiгiнiң мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., № 51, 683-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z1602" w:id="920"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1602" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 5 тамыздағы № 814 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 32, 435-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z1603" w:id="921"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1603" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 10 қазандағы № 1010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 37, 518-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z1604" w:id="922"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1604" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтыру енгiзу туралы" Қазақстан Республикасы Үкіметінің 2006 жылғы 27 ақпандағы № 134 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27516,892 +28824,892 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2006 ж., № 7, 58-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z1605" w:id="923"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1605" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2006 жылғы 12 қазандағы № 982 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2006 ж., № 37, 414-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z1606" w:id="924"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1606" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 және 2006 жылғы 18 тамыздағы № 781 қаулыларына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2006 жылғы 27 желтоқсандағы № 1290 қаулысы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2006 ж., № 50, 536-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z1607" w:id="925"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z1607" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 19 қаңтардағы № 39 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 1, 13-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z1608" w:id="926"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1608" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасы Экономика және бюджеттiк жоспарлау министрлiгiнiң "Экономикалық зерттеулер институты" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 26 қаңтардағы № 61 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 2, 26-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z1609" w:id="927"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z1609" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 11 қазандағы № 926 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 37, 428-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z1610" w:id="928"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1610" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 11 қазандағы № 928 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 38, 431-құжат). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z1611" w:id="929"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1611" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2007 жылғы 12 қазандағы № 943 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 38, 439-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z1612" w:id="930"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z1612" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің (Монополияға қарсы агенттік) мәселелері" туралы Қазақстан Республикасы Үкіметінің 2008 жылғы 15 ақпандағы № 141 қаулысы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1)-тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 7, 79-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z1613" w:id="931"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1613" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің кейбір мәселелері" туралы Қазақстан Республикасы Үкіметінің 2008 жылғы 11 наурыздағы № 237 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 14, 127-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z1614" w:id="932"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1614" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің (Монополияға қарсы агенттік) кейбір мәселелері" туралы Қазақстан Республикасы Үкіметінің 2008 жылғы 22 тамыздағы № 763 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістердің 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 35, 374-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z1615" w:id="933"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1615" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Концессия мәселелері жөнінде мамандандырылған ұйым құру туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 17 шілдедегі № 693 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 33, 343-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z1616" w:id="934"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1616" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасы Президентінің 2008 жылғы 13 қазандағы № 669 Жарлығын іске асыру жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 17 қазандағы № 962 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 41, 458-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1617" w:id="935"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1617" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасы Статистика агенттiгiнiң мәселелері" туралы Қазақстан Республикасы Үкіметінің 2008 жылғы 14 қарашадағы № 1063 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1618" w:id="936"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1618" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Бәсекелестік саясатты дамыту және қорғау орталығы" акционерлік қоғамын құру туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 2 желтоқсандағы № 1127 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 45, 515-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1619" w:id="937"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1619" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасы Үкіметінің 2008 жылғы 15 ақпандағы № 141 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 9 ақпандағы № 124 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 10, 52-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1620" w:id="938"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1620" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 3 наурыздағы № 237 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 13, 92-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1621" w:id="939"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1621" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Қазақстан Республикасы Үкіметінің 2008 жылғы 15 ақпандағы № 141 қаулысына толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 7 қазандағы № 1540 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 41, 402-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1622" w:id="940"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1622" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 қаулысына толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 30 желтоқсандағы № 2292 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 4, 42-құжат). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1623" w:id="941"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1623" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 30 желтоқсандағы № 2305 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 4, 54-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z1624" w:id="942"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1624" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Қазақстан Республикасы Үкіметінің 2007 жылғы 12 қазандағы № 943 қаулысына өзгеріс пен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 30 қаңтардағы № 48 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 8, 102-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z1625" w:id="943"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1625" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. "Қазақстан Республикасы Экономикалық даму және сауда министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 31 наурыздағы № 254 қаулысы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 25-26, 200-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z1626" w:id="944"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1626" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 17 маусымдағы № 600 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28416,332 +29724,332 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 39, 338-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1627" w:id="945"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1627" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. "Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына толықтырулар мен өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 12 қарашадағы № 1192 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 60, 592-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1628" w:id="946"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1628" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. "Қазақстан Республикасы Үкіметінің 2008 жылғы 15 ақпандағы № 141 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 20 желтоқсандағы № 1372 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 6, 70-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1629" w:id="947"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1629" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. "Қазақстан Республикасы Экономикалық даму және сауда министрлігінің "Арнайы бағдарламалардың ғылыми-әдістемелік орталығы" республикалық мемлекеттік қазыналық кәсіпорнын тарату және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 19 мамырдағы № 544 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 39, 480-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1630" w:id="948"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1630" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 18 шілдедегі № 820 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 47, 643-құжат). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1631" w:id="949"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1631" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. "Қазақстан Республикасы Статистика агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 26 шілдедегі № 861 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 50, 673-құжат). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1632" w:id="950"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1632" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 26 шілдедегі № 858 қаулысы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 50, 671-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1633" w:id="951"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1633" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2011 жылғы 10 тамыздағы № 136 Жарлығын іске асырудың кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 23 қыркүйектегі № 1090 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 54, 778-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1634" w:id="952"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1634" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. "Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2011 жылғы 10 тамыздағы № 136 Жарлығын іске асыру жөніндегі шаралар туралы және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 25 қазандағы № 1204 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28776,1131 +30084,1131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 57, 820-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1635" w:id="953"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1635" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. "Кейбір акционерлік қоғамдар акцияларының пакеттерін мемлекеттік органдарға сенімгерлік басқаруға және иелену мен пайдалану құқығын беру туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 28 қазандағы № 1224 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 59, 835-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1636" w:id="954"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1636" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. "Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2007 жылғы 12 қазандағы № 943 қаулысына толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 31 қазандағы № 1244 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 59, 843-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1637" w:id="955"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1637" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. "Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2007 жылғы 12 қазандағы № 943 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 14 қарашадағы № 1335 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2012 ж., № 2, 42-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1638" w:id="956"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1638" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. "Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің (Монополияға қарсы агенттік) кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 31 желтоқсандағы № 1743 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2012 ж., № 20, 299-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1639" w:id="957"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1639" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. "Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2007 жылғы 12 қазандағы № 943 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 29 желтоқсандағы № 1817 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 10, 197-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1640" w:id="958"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1640" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. "Қазақстан Республикасының Экономикалық даму және сауда министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 29 желтоқсандағы № 1808 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 9, 188-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z1641" w:id="959"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1641" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. "Қазақстан Республикасы Бәсекелестiктi қорғау агенттiгiнің (Монополияға қарсы агенттiк) мәселелері" туралы Қазақстан Республикасы Үкіметінің 2008 жылғы 15 ақпандағы № 141 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 29 желтоқсандағы № 1818 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 10, 198-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1642" w:id="960"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z1642" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. "Астана ЭКСПО-2017" ұлттық компаниясы" акционерлiк қоғамын құру туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 15 қаңтардағы № 11 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 11, 202-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z1643" w:id="961"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z1643" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. "Қазақстан Республикасы Өңірлік даму министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2013 жылғы 8 ақпандағы № 109 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 14, 259-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z1644" w:id="962"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z1644" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 12 ақпандағы № 126 қаулысы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 15, 271-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z1645" w:id="963"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z1645" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. "Қазақстан Республикасы Статистика агенттiгiнiң мәселелерi" Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 19 ақпандағы № 154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 16, 289-құжат). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z1646" w:id="964"/>
+    <w:bookmarkEnd w:id="999"/>
+    <w:bookmarkStart w:name="z1646" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. "Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 14 мамырдағы № 484 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 32, 494-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z1647" w:id="965"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z1647" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. "Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 30 мамырдағы № 556 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 35, 527-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1648" w:id="966"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1648" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. "Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2007 жылғы 12 қазандағы № 943 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 5 шілдедегі № 693 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 40, 594-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1649" w:id="967"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1649" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. "Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің (Монополияға қарсы агенттік) мәселелері" туралы Қазақстан Республикасы Үкіметінің 2008 жылғы 15 ақпандағы № 141 және "Мемлекеттік монополия субъектісі өндіретін және өткізетін тауарларға баға белгiлеу қағидаларын бекіту туралы" 2013 жылғы 20 ақпандағы № 159 қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 5 шілдедегі № 694 қаулысы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 40, 595-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z1650" w:id="968"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z1650" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. "Қазақстан Республикасы Өңірлік даму министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2013 жылғы 8 ақпандағы № 109 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 2 тамыздағы № 767 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 43, 636-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z1651" w:id="969"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z1651" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. "Қазақстан Республикасы Статистика агенттiгiнiң мәселелерi" Қазақстан Республикасы Үкіметінің 2004 жылғы 31 желтоқсандағы № 1460 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 5 тамыздағы № 790 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 44, 652-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1652" w:id="970"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z1652" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. "Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 3 қазандағы № 1051 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 58, 795-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z1653" w:id="971"/>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z1653" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. "Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2007 жылғы 12 қазандағы № 943 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 29 қарашадағы № 1267 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 67, 900-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1654" w:id="972"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1654" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 4 желтоқсандағы № 1305 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 69, 920-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1655" w:id="973"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z1655" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. "Қазақстан Республикасы Өңірлік даму министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2013 жылғы 8 ақпандағы № 109 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 19 желтоқсандағы № 1343 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 71, 943-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1656" w:id="974"/>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z1656" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. "Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 31 желтоқсандағы № 1475 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 77, 1009-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1657" w:id="975"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z1657" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. "Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2013 жылғы 31 желтоқсандағы № 1538 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 79, 1049-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1658" w:id="976"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z1658" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. "Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2013 жылғы 31 желтоқсандағы № 1538 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 79, 1049-құжат). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1659" w:id="977"/>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1659" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. "Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1116 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 2 сәуірдегі № 303 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 25, 198-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1660" w:id="978"/>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z1660" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 30 сәуірдегі № 427 қаулысымен бекітілген Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 31, 276-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z1661" w:id="979"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1661" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. "Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2013 жылғы 31 желтоқсандағы № 1538 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 5 мамырдағы № 455 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 33, 300-құжат). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkEnd w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30000,55 +31308,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>