--- v1 (2026-03-04)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d2b0b67" w14:textId="d2b0b67">
+    <w:p w14:paraId="84c5d97" w14:textId="84c5d97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5465,51 +5465,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданыста</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> болады - ҚР Үкіметінің 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1164</w:t>
+        <w:t>№ 1064</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -16685,51 +16685,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 886</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1164</w:t>
+        <w:t>№ 1064</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -24526,51 +24526,61 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1486" w:id="858"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің қайта</w:t>
+        <w:t xml:space="preserve">Қазақстан Республикасы Тұтынушылардың құқықтарын қорғау агенттігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аталатын обаға қарсы күрес станциялары – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1488" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -26577,61 +26587,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің аумақтық органдары – мемлекеттік мекемелері мен Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің аумақтық органдары – мемлекеттік мекемелері Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің аумақтық </w:t>
-[...9 lines deleted...]
-        <w:t>органдары – мемлекеттік мекемелеріне бірігу жолымен қайта ұйымдастырылатын тізбесі</w:t>
+        <w:t>Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің аумақтық органдары – мемлекеттік мекемелері мен Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің аумақтық органдары – мемлекеттік мекемелері Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің аумақтық органдары – мемлекеттік мекемелеріне бірігу жолымен қайта ұйымдастырылатын тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="911"/>
     <w:bookmarkStart w:name="z1546" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Бәсекелестікті қорғау агенттігінің Ақмола облысы бойынша департаменті және Қазақстан Республикасы Табиғи монополияларды реттеу агенттігінің Ақмола облысы бойынша департаменті Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу және бәсекелестікті қорғау комитетінің Ақмола облысы бойынша департаментіне бірігу жолымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="912"/>
     <w:bookmarkStart w:name="z1547" w:id="913"/>
     <w:p>
@@ -27317,61 +27317,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің таратылатын аумақтық </w:t>
-[...9 lines deleted...]
-        <w:t>органдары – мемлекеттік мекемелерінің тізбесі</w:t>
+        <w:t>Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің таратылатын аумақтық органдары – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="933"/>
     <w:bookmarkStart w:name="z1568" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Өңірлік даму министрлігі Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің Астана қаласы бойынша Мемлекеттік сәулет-құрылыс бақылау және лицензиялау департаменті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="934"/>
     <w:bookmarkStart w:name="z1569" w:id="935"/>
     <w:p>