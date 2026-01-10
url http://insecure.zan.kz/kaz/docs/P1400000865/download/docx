--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1b74dab" w14:textId="1b74dab">
+    <w:p w14:paraId="cc2ef7e" w14:textId="cc2ef7e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -110,319 +110,619 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2014 жылғы 31 шілдедегі № 865 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қаулының тақырыбы жаңа редакцияда көзделген - ҚР Үкіметінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - ҚР Үкіметінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 32) тармақшасына сәйкес Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР Үкіметінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау пункттеріне шығындарды өтеу, сондай-ақ мемлекеттік материалдық резервтің төтенше жағдайлар мен олардың салдарларының алдын алу және оларды жою, нарыққа реттеушілік ықпал ету, босқындарға көмек көрсету және гуманитарлық көмек көрсету үшін пайдаланылған материалдық құндылықтары үшін шығындарды өтеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5476"/>
-        <w:gridCol w:w="6824"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Премьер-Министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 К. Мәсімов</w:t>
@@ -565,51 +865,157 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 865 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - ҚР Үкіметінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік материалдық резервтің материалдық құндылықтарын</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -666,919 +1072,919 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>шығындарды өтеу қағидалары</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау пункттеріне шығындарды өтеу, сондай-ақ мемлекеттік материалдық резервтің төтенше жағдайлар мен олардың салдарының алдын алу және оларды жою, нарыққа реттеушілік ықпал ету, босқындарға көмек көрсету және гуманитарлық көмек көрсету үшін пайдаланылған материалдық құндылықтары үшін шығындарды өтеу қағидалары (бұдан әрі – Қағидалар) "Төтенше жағдай туралы" 2003 жылғы 8 ақпандағы Қазақстан Республикасының Заңына және "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасының Заңына сәйкес әзірленді және мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау пункттеріне шығындарды өтеу, сондай-ақ мемлекеттік материалдық резервтің төтенше жағдайлар мен олардың салдарының алдын алу және оларды жою, нарыққа реттеушілік ықпал ету, босқындарға көмек көрсету және гуманитарлық көмек көрсету үшін пайдаланылған материалдық құндылықтары үшін шығындарды өтеу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
-[...15 lines deleted...]
-      1. Осы Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау пункттеріне шығындарды өтеу, сондай-ақ мемлекеттік материалдық резервтің төтенше жағдайлар мен олардың салдарының алдын алу және оларды жою, нарыққа реттеушілік ықпал ету, босқындарға көмек көрсету және гуманитарлық көмек көрсету үшін пайдаланылған материалдық құндылықтары үшін шығындарды өтеу қағидалары (бұдан әрі – Қағидалар) "Төтенше жағдай туралы" 2003 жылғы 8 ақпандағы Қазақстан Республикасының Заңына және "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасының Заңына сәйкес әзірленді және мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау пункттеріне шығындарды өтеу, сондай-ақ мемлекеттік материалдық резервтің төтенше жағдайлар мен олардың салдарының алдын алу және оларды жою, нарыққа реттеушілік ықпал ету, босқындарға көмек көрсету және гуманитарлық көмек көрсету үшін пайдаланылған материалдық құндылықтары үшін шығындарды өтеу тәртібін айқындайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Үкіметінің 19.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 938</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік материалдық резерв саласындағы уәкілетті орган (бұдан әрі - уәкілетті орган) - атқарушылық және бақылау функцияларын, сондай-ақ мемлекеттік материалдық резерв жүйесіне басшылықты жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органның ведомствосы (бұдан әрі – ведомство) – мемлекеттік материалдық резерв саласындағы іске асыру функцияларын жүзеге асыратын уәкілетті органның құрылымдық бөлімшесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Үкіметінің 19.12.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 09.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 935</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтауды мемлекеттік материалдық резерв жүйесінің ведомстволық бағынысты ұйымдары (бұдан әрі – ведомстволық бағынысты ұйымдар) мен мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау пункттері (бұдан әрі – сақтау пункттері) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік материалдық резервтің материалдық құндылықтарын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сақтау пункттерінің шығындарын өтеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ведомстволық бағынысты ұйымдар мен сақтау пункттері мемлекеттік материалдық резервтің материалдық құндылықтарын сақтауды ведомствомен жасасқан мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау және сақтауға байланысты қызметтер көрсету шарты (бұдан әрі – сақтау шарты) негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Үкіметінің 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 935</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтауға салу кезінде сақтау шарты Қазақстан Республикасының азаматтық заңнамасына сәйкес жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау жөніндегі шығындарды өтеу осы мақсаттарға республикалық бюджетте көзделген қаражат есебінен және шегінде тиісті бюджеттік бағдарлама (кіші бағдарлама) бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік материалдық резервтің материалдық құндылықтары броннан шығарылған жағдайда, оларды сақтау жөніндегі шығындарды өтеу материалдық құндылықтарды толық шығарып болғанға дейін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік материалдық резервті сақтау жөніндегі бюджеттік бағдарламаның (кіші бағдарламаның) әкімшісі ретінде уәкілетті орган әрекет етеді, ол жыл сайын алдағы жоспарлы кезеңге арналған бюджеттік өтінімді бюджеттік жоспарлау жөніндегі уәкілетті органға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Үкіметінің 09.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Осы бағдарлама (кіші бағдарлама) бойынша шығыстардың сомасы бюджеттік жоспарлау жөніндегі уәкілетті орган айқындайтын бюджеттік өтінімді жасау және ұсыну тәртібіне сәйкес, оның ішінде жыл сайын ведомстволық бағынысты ұйымдар мен сақтау пункттері ұсынатын материалдық құндылықтарды ұстауға және сақтауға жұмсалатын шығындар есебі негізінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Үкіметінің 09.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік материалдық резервтің төтенше жағдайлар</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мен олардың салдарларының алдын алу және оларды жою, нарыққа</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>реттеушілік ықпал ету, босқындарға көмек көрсету және</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>гуманитарлық көмек көрсету үшін пайдаланылған материалдық</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>құндылықтары үшін шығындарды өтеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік материалдық резервтің төтенше жағдайлар мен олардың салдарының алдын алу және оларды жою, нарыққа реттеушілік ықпал ету, босқындарға көмек көрсету және гуманитарлық көмек көрсету үшін пайдаланылған материалдық құндылықтары үшін шығындарды өтеу Қазақстан Республикасы Үкіметінің қаулысымен бекітілген Қазақстан Республикасы Үкіметінің және жергілікті атқарушы органдардың резервтерін пайдалану тәртібіне сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Үкіметінің 19.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 938</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Төтенше жағдайларды жою және гуманитарлық көмек көрсету үшін мемлекеттік материалдық резервтен шығарылған материалдық құндылықтар үшін шығындарды өтеу Қазақстан Республикасы Үкіметінің шешімі негізінде Қазақстан Республикасы Үкіметінің төтенше резервінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Төтенше жағдайлардың алдын алу және салдарларын жою, нарыққа реттеушілік ықпал ету және босқындарға көмек көрсету үшін мемлекеттік материалдық резервтен шығарылған материалдық құндылықтар үшін шығындарды өтеу Қазақстан Республикасы Үкіметінің шешімі негізінде шұғыл шығындарға арналған Қазақстан Республикасы Үкіметінің резервінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік материалдық резервтен броннан шығару тәртібімен шығарылған материалдық құндылықтар үшін шығындарды, сондай-ақ материалдық құндылықтарды жөнелтуді ұйымдастыру шығыстары мен жеткізу кезіндегі іссапар шығыстарын өтеу мемлекеттік материалдық резервтің материалдық құндылықтарын броннан шығару туралы шешім қабылданған күннен бастап жиырма төрт ай ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 09.04.2015 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Үкіметінің 02.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 641</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғаш ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
-[...557 lines deleted...]
-      12. Мемлекеттік материалдық резервтен броннан шығару тәртібімен шығарылған материалдық құндылықтар үшін шығындарды, сондай-ақ материалдық құндылықтарды жөнелтуді ұйымдастыру шығыстары мен жеткізу кезіндегі іссапар шығыстарын өтеу мемлекеттік материалдық резервтің материалдық құндылықтарын броннан шығару туралы шешім қабылданған күннен бастап жиырма төрт ай ішінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Материалдық құндылықтар үшін шығындарды өтеуге ақша бөлу туралы Қазақстан Республикасының Үкіметі шешімінің жобасын дайындауды уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...80 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте шығындарды өтеу сомасын айқындау үшін статистика органдары, сондай-ақ оларды нарықта өткізуді жүзеге асыратын заңды тұлғалар беретін ұқсас тауарлардың құны туралы деректер ескеріледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -1688,254 +2094,254 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 865 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Мемлекеттік резервті сақтауды жүзеге асыратын шаруашылық жүргізуші субъектілердің шығындарын өтеу, сондай-ақ төтенше жағдайлардың алдын алу және олардың зардаптарын жою, нарыққа реттеушілік ықпал ету және ізгілік көмек көрсету үшін шығарылатын мемлекеттік резервтің материалдық құндылықтары үшін шығындарды өтеу ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 30 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 556 қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 23, 262-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне толықтырулар мен өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 11 қазандағы № 1050 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Үкіметінің "Мемлекеттік резервті сақтауды жүзеге асыратын шаруашылық жүргізуші субъектілердің шығындарын өтеу, сондай-ақ төтенше жағдайлардың алдын алу және олардың зардаптарын жою, нарыққа реттеушілік ықпал ету және ізгілік көмек көрсету үшін шығарылатын мемлекеттік резервтің материалдық құндылықтары үшін шығындарды өтеу ережесін бекіту туралы" 2007 жылғы 30 маусымдағы № 556 және "Бюджеттің атқарылуы және оған кассалық қызмет көрсету ережесін бекіту туралы" 2009 жылғы 26 ақпандағы № 220 қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 2 сәуірдегі № 306 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 25, 200-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2261,31 +2667,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>